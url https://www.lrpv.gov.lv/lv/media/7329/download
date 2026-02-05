--- v0 (2025-10-06)
+++ v1 (2026-02-05)
@@ -9,213 +9,206 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="745F7FDF" w14:textId="77777777" w:rsidR="003154CD" w:rsidRPr="00390B71" w:rsidRDefault="003154CD" w:rsidP="003154CD">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="745F7FE0" w14:textId="62CAC9DD" w:rsidR="00DA410F" w:rsidRPr="00390B71" w:rsidRDefault="00DA410F" w:rsidP="004A4B4A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00390B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Apliecinājums ar goda vārdu, ja MVU pieteikuma iesniegšanai izmanto ārēja pārstāvja pakalpojumus </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6881B716" w14:textId="2C54F3FF" w:rsidR="008C20B0" w:rsidRPr="00390B71" w:rsidRDefault="00011161" w:rsidP="008C20B0">
+    <w:p w14:paraId="6881B716" w14:textId="5EDA9458" w:rsidR="008C20B0" w:rsidRPr="00390B71" w:rsidRDefault="00011161" w:rsidP="008C20B0">
       <w:pPr>
         <w:pStyle w:val="HeaderBoxes"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00390B71">
         <w:t>Atsauce: UZAICINĀJUMS IESNIEGT PRIEKŠLIKUMUS NR. </w:t>
       </w:r>
       <w:r w:rsidRPr="00390B71">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00390B71">
         <w:t>GR/001/</w:t>
       </w:r>
       <w:r w:rsidR="000969EF">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F151FB">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00390B71">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">— </w:t>
       </w:r>
       <w:r w:rsidRPr="00390B71">
-        <w:t>MVU fonds “</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> for Business”</w:t>
+        <w:t xml:space="preserve">MVU fonds </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA73B05" w14:textId="77777777" w:rsidR="00F10DB9" w:rsidRPr="005D1C2C" w:rsidRDefault="00F10DB9" w:rsidP="00F10DB9">
       <w:pPr>
         <w:pStyle w:val="HeaderBoxes"/>
         <w:pBdr>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1C2C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Šo apliecinājumu paraksta MVU (“pieteikuma iesniedzējs”), kā arī ārējais pārstāvis gadījumos, kad pieteikumu uzaicinājumam iesniegt priekšlikumus iesniedz jebkura trešā persona.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C90268D" w14:textId="602F02A4" w:rsidR="00F10DB9" w:rsidRPr="005D1C2C" w:rsidRDefault="00F10DB9" w:rsidP="00F10DB9">
+    <w:p w14:paraId="5C90268D" w14:textId="19AD83C6" w:rsidR="00F10DB9" w:rsidRPr="005D1C2C" w:rsidRDefault="00F10DB9" w:rsidP="00F10DB9">
       <w:pPr>
         <w:pStyle w:val="HeaderBoxes"/>
         <w:pBdr>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1C2C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Parakstītā apliecinājuma skenētu kopiju augšupielādē MVU fonda lietotāja vidē (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D1C2C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>User</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005D1C2C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Area</w:t>
       </w:r>
       <w:r w:rsidRPr="005D1C2C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>). Pēc augšupielādes šis apliecinājums būs derīgs visiem turpmākajiem MVU pieteikumiem cita veida kuponam (20</w:t>
       </w:r>
       <w:r w:rsidR="000969EF">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F151FB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005D1C2C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>. gada uzaicinājuma iesniegt priekšlikumus ietvaros), tāpēc tas jāiesniedz tikai vienu reizi neatkarīgi no pieteikumu skaita.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2123D31B" w14:textId="77777777" w:rsidR="00F10DB9" w:rsidRPr="005D1C2C" w:rsidRDefault="00F10DB9" w:rsidP="00F10DB9">
       <w:pPr>
         <w:pStyle w:val="HeaderBoxes"/>
         <w:pBdr>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1C2C">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -574,51 +567,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00390B71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>paziņo, ka pieteikuma iesniedzējs ir tiesīgs iesniegt pieteikumu saskaņā ar kritērijiem, kas noteikti uzaicinājumā iesniegt priekšlikumus;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00146DF0" w:rsidRPr="00390B71" w14:paraId="298EA8DA" w14:textId="77777777" w:rsidTr="00146DF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10093" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7D2F5C" w14:textId="60A2D4A8" w:rsidR="00146DF0" w:rsidRPr="00390B71" w:rsidRDefault="00146DF0" w:rsidP="00146DF0">
+          <w:p w14:paraId="3C7D2F5C" w14:textId="660E2039" w:rsidR="00146DF0" w:rsidRPr="00390B71" w:rsidRDefault="00146DF0" w:rsidP="00146DF0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00390B71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">paziņo, ka neietilpst kādā no izslēgšanas kategorijām, kas noteiktas šādos </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00390B71">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -804,51 +797,72 @@
               </w:rPr>
               <w:t xml:space="preserve">apstiprina, ka ir izlasījis un piekrīt </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00390B71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>granta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00390B71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> piešķiršanas nosacījumiem, un apliecina, ka, nosūtot pieteikumu, tā personas dati tiks apstrādāti saskaņā ar paziņojumu par privātumu un Regulu (ES) 2018/1725.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66C6B06B" w14:textId="6F6AE404" w:rsidR="00146DF0" w:rsidRPr="00390B71" w:rsidRDefault="00146DF0" w:rsidP="00D0218B">
+    <w:p w14:paraId="66C6B06B" w14:textId="6F6AE404" w:rsidR="00146DF0" w:rsidRDefault="00146DF0" w:rsidP="00D0218B">
+      <w:pPr>
+        <w:pStyle w:val="HeaderBoxes"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459BE4CA" w14:textId="77777777" w:rsidR="00F151FB" w:rsidRPr="00390B71" w:rsidRDefault="00F151FB" w:rsidP="00D0218B">
       <w:pPr>
         <w:pStyle w:val="HeaderBoxes"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="2" w:type="dxa"/>
@@ -1016,70 +1030,70 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8210"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0020618A" w:rsidRPr="00390B71" w:rsidSect="005E41BC">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="748" w:bottom="720" w:left="720" w:header="357" w:footer="278" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F79088A" w14:textId="77777777" w:rsidR="00C73CC1" w:rsidRPr="00390B71" w:rsidRDefault="00C73CC1">
       <w:r w:rsidRPr="00390B71">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="63E473FB" w14:textId="77777777" w:rsidR="00C73CC1" w:rsidRPr="00390B71" w:rsidRDefault="00C73CC1">
       <w:r w:rsidRPr="00390B71">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1122,135 +1136,135 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="745F8084" w14:textId="77777777" w:rsidR="00D94500" w:rsidRPr="00390B71" w:rsidRDefault="00D94500" w:rsidP="00D94500">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00390B71">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00390B71">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00390B71">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006C2903" w:rsidRPr="00390B71">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00390B71">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7789B697" w14:textId="77777777" w:rsidR="00C73CC1" w:rsidRPr="00390B71" w:rsidRDefault="00C73CC1">
       <w:r w:rsidRPr="00390B71">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D4B437A" w14:textId="77777777" w:rsidR="00C73CC1" w:rsidRPr="00390B71" w:rsidRDefault="00C73CC1">
       <w:r w:rsidRPr="00390B71">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="745F8085" w14:textId="056A810B" w:rsidR="00BB4C9D" w:rsidRPr="00390B71" w:rsidRDefault="00BB4C9D" w:rsidP="002420CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="1"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F32C732E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="010963E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95A69F44"/>
@@ -4788,60 +4802,60 @@
   <w:num w:numId="36" w16cid:durableId="1458794132">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1727298423">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="299389309">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1312520559">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="282344061">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1662927206">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1816800599">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="NORMAL"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00DA410F"/>
     <w:rsid w:val="000000DA"/>
     <w:rsid w:val="000049DC"/>
     <w:rsid w:val="00011161"/>
@@ -4907,50 +4921,51 @@
     <w:rsid w:val="002F3DC7"/>
     <w:rsid w:val="002F4244"/>
     <w:rsid w:val="002F6390"/>
     <w:rsid w:val="002F6DF5"/>
     <w:rsid w:val="002F7CFD"/>
     <w:rsid w:val="0030756A"/>
     <w:rsid w:val="00311E5F"/>
     <w:rsid w:val="003154CD"/>
     <w:rsid w:val="003219D0"/>
     <w:rsid w:val="0032421C"/>
     <w:rsid w:val="00327EBE"/>
     <w:rsid w:val="003350CA"/>
     <w:rsid w:val="0034434A"/>
     <w:rsid w:val="00350FCF"/>
     <w:rsid w:val="00357A64"/>
     <w:rsid w:val="00357CC2"/>
     <w:rsid w:val="00360DC9"/>
     <w:rsid w:val="003672B3"/>
     <w:rsid w:val="003761DA"/>
     <w:rsid w:val="00376455"/>
     <w:rsid w:val="00381D24"/>
     <w:rsid w:val="00384EE5"/>
     <w:rsid w:val="00386C7F"/>
     <w:rsid w:val="00387A05"/>
     <w:rsid w:val="00390B71"/>
+    <w:rsid w:val="0039360D"/>
     <w:rsid w:val="003974B8"/>
     <w:rsid w:val="003A6F49"/>
     <w:rsid w:val="003B478B"/>
     <w:rsid w:val="003B6ACF"/>
     <w:rsid w:val="003C1064"/>
     <w:rsid w:val="003C2C86"/>
     <w:rsid w:val="003E38BD"/>
     <w:rsid w:val="003F11F5"/>
     <w:rsid w:val="003F28A5"/>
     <w:rsid w:val="004070CE"/>
     <w:rsid w:val="0040714B"/>
     <w:rsid w:val="00436C87"/>
     <w:rsid w:val="00437501"/>
     <w:rsid w:val="00451876"/>
     <w:rsid w:val="00452424"/>
     <w:rsid w:val="00454881"/>
     <w:rsid w:val="00457FD9"/>
     <w:rsid w:val="00466AA5"/>
     <w:rsid w:val="004917A1"/>
     <w:rsid w:val="004A4B4A"/>
     <w:rsid w:val="004B1983"/>
     <w:rsid w:val="004D4F4A"/>
     <w:rsid w:val="004D4F81"/>
     <w:rsid w:val="004D75EE"/>
     <w:rsid w:val="004E6BFA"/>
@@ -4970,50 +4985,51 @@
     <w:rsid w:val="005B251C"/>
     <w:rsid w:val="005C3436"/>
     <w:rsid w:val="005C51BE"/>
     <w:rsid w:val="005C6293"/>
     <w:rsid w:val="005E41BC"/>
     <w:rsid w:val="005E5268"/>
     <w:rsid w:val="00613B89"/>
     <w:rsid w:val="00614653"/>
     <w:rsid w:val="00635002"/>
     <w:rsid w:val="00661972"/>
     <w:rsid w:val="00665309"/>
     <w:rsid w:val="00670A9C"/>
     <w:rsid w:val="00687450"/>
     <w:rsid w:val="00692C7C"/>
     <w:rsid w:val="00693DC0"/>
     <w:rsid w:val="00696481"/>
     <w:rsid w:val="006A5BCA"/>
     <w:rsid w:val="006B3E16"/>
     <w:rsid w:val="006C2903"/>
     <w:rsid w:val="006C5DA3"/>
     <w:rsid w:val="006C715E"/>
     <w:rsid w:val="006E194A"/>
     <w:rsid w:val="006F2DF6"/>
     <w:rsid w:val="006F3EB0"/>
     <w:rsid w:val="006F3FDA"/>
+    <w:rsid w:val="007005F6"/>
     <w:rsid w:val="00712156"/>
     <w:rsid w:val="00722FF6"/>
     <w:rsid w:val="00730771"/>
     <w:rsid w:val="007311F3"/>
     <w:rsid w:val="00737EDB"/>
     <w:rsid w:val="0075012E"/>
     <w:rsid w:val="00754EEF"/>
     <w:rsid w:val="0076741A"/>
     <w:rsid w:val="00777AA8"/>
     <w:rsid w:val="00782AF2"/>
     <w:rsid w:val="00792D15"/>
     <w:rsid w:val="0079629D"/>
     <w:rsid w:val="00797829"/>
     <w:rsid w:val="007A6857"/>
     <w:rsid w:val="007C07BC"/>
     <w:rsid w:val="007C10CF"/>
     <w:rsid w:val="007C1171"/>
     <w:rsid w:val="007D7A5F"/>
     <w:rsid w:val="007F4460"/>
     <w:rsid w:val="0080161A"/>
     <w:rsid w:val="00810432"/>
     <w:rsid w:val="00824154"/>
     <w:rsid w:val="0084444D"/>
     <w:rsid w:val="00847486"/>
     <w:rsid w:val="00855A0B"/>
@@ -5152,98 +5168,99 @@
     <w:rsid w:val="00DF53BD"/>
     <w:rsid w:val="00E05762"/>
     <w:rsid w:val="00E060D8"/>
     <w:rsid w:val="00E12354"/>
     <w:rsid w:val="00E2030C"/>
     <w:rsid w:val="00E21446"/>
     <w:rsid w:val="00E33977"/>
     <w:rsid w:val="00E44D17"/>
     <w:rsid w:val="00E54678"/>
     <w:rsid w:val="00E6004E"/>
     <w:rsid w:val="00E64269"/>
     <w:rsid w:val="00E73267"/>
     <w:rsid w:val="00E733BB"/>
     <w:rsid w:val="00E840B2"/>
     <w:rsid w:val="00E922FA"/>
     <w:rsid w:val="00EA2843"/>
     <w:rsid w:val="00EA3B2A"/>
     <w:rsid w:val="00EA7244"/>
     <w:rsid w:val="00EC047A"/>
     <w:rsid w:val="00EC2C0A"/>
     <w:rsid w:val="00EC5131"/>
     <w:rsid w:val="00ED2817"/>
     <w:rsid w:val="00ED2FD1"/>
     <w:rsid w:val="00F00EDA"/>
     <w:rsid w:val="00F10DB9"/>
+    <w:rsid w:val="00F151FB"/>
     <w:rsid w:val="00F20094"/>
     <w:rsid w:val="00F23CCC"/>
     <w:rsid w:val="00F31BF8"/>
     <w:rsid w:val="00F33FD8"/>
     <w:rsid w:val="00F3433B"/>
     <w:rsid w:val="00F41043"/>
     <w:rsid w:val="00F477B7"/>
     <w:rsid w:val="00F613D0"/>
     <w:rsid w:val="00F62A2C"/>
     <w:rsid w:val="00F632A4"/>
     <w:rsid w:val="00F82CD4"/>
     <w:rsid w:val="00F85AE7"/>
     <w:rsid w:val="00FC5A1D"/>
     <w:rsid w:val="00FC6083"/>
     <w:rsid w:val="00FD2C3B"/>
     <w:rsid w:val="00FD737F"/>
     <w:rsid w:val="00FF34E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="745F7FDD"/>
   <w15:docId w15:val="{DD9814FE-5413-42A3-A215-E9284F17B877}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6262,74 +6279,74 @@
       <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:kern w:val="28"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F62A2C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1160269484">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euipo.europa.eu/tunnel-web/secure/webdav/guest/document_library/contentPdfs/about_euipo/Grants/GR_001_25/Exclusion_situations_lv.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euipo.europa.eu/tunnel-web/secure/webdav/guest/document_library/contentPdfs/about_euipo/Grants/GR_001_26/Exclusion_situations_lv.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6598,122 +6615,58 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...62 lines deleted...]
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="EUIPO Document" ma:contentTypeID="0x0101000141C57828344989A6CCB039844FCA3B" ma:contentTypeVersion="1" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="84a7f6b9a9324c93f7c429fe637c4145">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0e656187-b300-4fb0-8bf4-3a50f872073c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d82bb511108d8e269345fc9bd5c1ab5b" ns2:_="">
     <xsd:import namespace="0e656187-b300-4fb0-8bf4-3a50f872073c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Document_x0020_Identification_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:Description" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" targetNamespace="0e656187-b300-4fb0-8bf4-3a50f872073c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:element name="Document_x0020_Identification_x0020_Number" ma:readOnly="true" ma:index="8" nillable="true" ma:displayName="Document Identification Number" ma:internalName="Document_x0020_Identification_x0020_Number">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
 </xsd:restriction>
       </xsd:simpleType>
@@ -6735,145 +6688,209 @@
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content-Type" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation/>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="lastPrinted" minOccurs="0" maxOccurs="1" type="xsd:dateTime"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Document_x0020_Identification_x0020_Number xmlns="0e656187-b300-4fb0-8bf4-3a50f872073c">0140164341</Document_x0020_Identification_x0020_Number>
+    <Description xmlns="0e656187-b300-4fb0-8bf4-3a50f872073c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE8DF1CF-2FCC-479D-9B01-C172A8068A0F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4AE9F9D-EDD2-4202-83AD-1AFABF9EEA54}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9272942-6954-41DB-8744-0CE5565BE23F}">
-[...30 lines deleted...]
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CE007BF-3791-4025-8B4B-31785741EBF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0e656187-b300-4fb0-8bf4-3a50f872073c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/internal/2005/internalDocumentation"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26AD6258-FE6D-48EE-A48B-36ABF70EDF5D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10394E11-1358-4329-AC76-F84290914D80}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9272942-6954-41DB-8744-0CE5565BE23F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="0e656187-b300-4fb0-8bf4-3a50f872073c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>382</Words>
-  <Characters>2179</Characters>
+  <Words>378</Words>
+  <Characters>2156</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
+  <Lines>17</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CDT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2556</CharactersWithSpaces>
+  <CharactersWithSpaces>2529</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>1</dc:title>
   <dc:creator>CDT</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Order">
     <vt:lpwstr>34000.0000000000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101005FA727FAEFA61D4AA459DC37C31B31B5</vt:lpwstr>