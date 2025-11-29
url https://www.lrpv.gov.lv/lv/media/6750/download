--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -2,386 +2,389 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="4962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001521A0" w14:paraId="5B517E80" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="6649B9E2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16DB818E" w14:textId="27473445" w:rsidR="001521A0" w:rsidRDefault="00DB09EE">
+          <w:p w14:paraId="2DCB9854" w14:textId="0E266912" w:rsidR="001521A0" w:rsidRDefault="00F92702">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C53728B" wp14:editId="7AF1BF5C">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AF5E450" wp14:editId="107C5DC8">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-384175</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-176530</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="388620" cy="913765"/>
-                      <wp:effectExtent l="2540" t="635" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="1982206532" name="Text Box 7"/>
+                      <wp:docPr id="687546246" name="Tekstlodziņš 21"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="388620" cy="913765"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="5D75B199" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                                <w:p w14:paraId="2AB34CB3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                       <w:szCs w:val="12"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                       <w:szCs w:val="12"/>
                                     </w:rPr>
                                     <w:t>AIZPILDA</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="072B1F11" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                                <w:p w14:paraId="3B923B61" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                       <w:szCs w:val="12"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                       <w:szCs w:val="12"/>
                                     </w:rPr>
                                     <w:t>PATENTU VALDE</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="1C53728B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:shapetype w14:anchorId="5AF5E450" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-30.25pt;margin-top:-13.9pt;width:30.6pt;height:71.95pt;z-index:-251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzU8xd4AEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Icx3YEy0GaIEWB&#10;9AGk/QCKIiWiEpdd0pb8911SjuO2t6IXguRSszOzo+3t2HfsoNAbsCXPZ3POlJVQG9uU/Pu3x3cb&#10;znwQthYdWFXyo/L8dvf2zXZwhVpAC12tkBGI9cXgSt6G4Ios87JVvfAzcMpSUQP2ItARm6xGMRB6&#10;32WL+XyVDYC1Q5DKe7p9mIp8l/C1VjJ80dqrwLqSE7eQVkxrFddstxVFg8K1Rp5oiH9g0QtjqekZ&#10;6kEEwfZo/oLqjUTwoMNMQp+B1kaqpIHU5PM/1Dy3wqmkhczx7myT/3+w8vPh2X1FFsb3MNIAkwjv&#10;nkD+8MzCfStso+4QYWiVqKlxHi3LBueL06fRal/4CFINn6CmIYt9gAQ0auyjK6STEToN4Hg2XY2B&#10;Sbq82mxWC6pIKt3kV+vVdeogipePHfrwQUHP4qbkSDNN4OLw5EMkI4qXJ7GXhUfTdWmunf3tgh7G&#10;m0Q+8p2Yh7Ea6XUUUUF9JBkIU0wo1rSJ62JNBAdKScn9z71AxVn30ZIbN/lyGWOVDsvrdRSCl5Xq&#10;siKsbIHCFzibtvdhiuLeoWlaajb5b+GOHNQmqXsldqJOSUiiT6mNUbs8p1ev/9buFwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAIftZxvfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0iE6VJpOCMQkLmgrcOCWNqataJzSZGv39pjTuNnyp9/fn29m14sjjqHzpCFZKhBItbcdNRre&#10;354XdyBCNGRN7wk1nDDApri8yE1m/UR7PJaxERxCITMa2hiHTMpQt+hMWPoBiW9ffnQm8jo20o5m&#10;4nDXy5VSqXSmI/7QmgEfW6y/y4PT8FG9nvr9cPOpuullN29/duXTttH6+mp+uAcRcY5nGP70WR0K&#10;dqr8gWwQvYZFqm4Z5WG15g5MrEFUzCVpArLI5f8CxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAM1PMXeABAACjAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAh+1nG98AAAAIAQAADwAAAAAAAAAAAAAAAAA6BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape id="Tekstlodziņš 21" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-30.25pt;margin-top:-13.9pt;width:30.6pt;height:71.95pt;z-index:-251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzU8xd4AEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Icx3YEy0GaIEWB&#10;9AGk/QCKIiWiEpdd0pb8911SjuO2t6IXguRSszOzo+3t2HfsoNAbsCXPZ3POlJVQG9uU/Pu3x3cb&#10;znwQthYdWFXyo/L8dvf2zXZwhVpAC12tkBGI9cXgSt6G4Ios87JVvfAzcMpSUQP2ItARm6xGMRB6&#10;32WL+XyVDYC1Q5DKe7p9mIp8l/C1VjJ80dqrwLqSE7eQVkxrFddstxVFg8K1Rp5oiH9g0QtjqekZ&#10;6kEEwfZo/oLqjUTwoMNMQp+B1kaqpIHU5PM/1Dy3wqmkhczx7myT/3+w8vPh2X1FFsb3MNIAkwjv&#10;nkD+8MzCfStso+4QYWiVqKlxHi3LBueL06fRal/4CFINn6CmIYt9gAQ0auyjK6STEToN4Hg2XY2B&#10;Sbq82mxWC6pIKt3kV+vVdeogipePHfrwQUHP4qbkSDNN4OLw5EMkI4qXJ7GXhUfTdWmunf3tgh7G&#10;m0Q+8p2Yh7Ea6XUUUUF9JBkIU0wo1rSJ62JNBAdKScn9z71AxVn30ZIbN/lyGWOVDsvrdRSCl5Xq&#10;siKsbIHCFzibtvdhiuLeoWlaajb5b+GOHNQmqXsldqJOSUiiT6mNUbs8p1ev/9buFwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAIftZxvfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0iE6VJpOCMQkLmgrcOCWNqataJzSZGv39pjTuNnyp9/fn29m14sjjqHzpCFZKhBItbcdNRre&#10;354XdyBCNGRN7wk1nDDApri8yE1m/UR7PJaxERxCITMa2hiHTMpQt+hMWPoBiW9ffnQm8jo20o5m&#10;4nDXy5VSqXSmI/7QmgEfW6y/y4PT8FG9nvr9cPOpuullN29/duXTttH6+mp+uAcRcY5nGP70WR0K&#10;dqr8gWwQvYZFqm4Z5WG15g5MrEFUzCVpArLI5f8CxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAM1PMXeABAACjAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAh+1nG98AAAAIAQAADwAAAAAAAAAAAAAAAAA6BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                         <w:txbxContent>
-                          <w:p w14:paraId="5D75B199" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="2AB34CB3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>AIZPILDA</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="072B1F11" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="3B923B61" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>PATENTU VALDE</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>SAŅEMŠANAS</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="485E0E25" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="769FAA00" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>SAŅEMŠANAS DATUMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="606EE544" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="356D04EB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="195E49B5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="326281D7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="001521A0">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="513E5CBA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="081BE01D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5070" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001521A0" w14:paraId="7A7133A2" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="0DD5EE2F" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="66999417" w14:textId="291D1C77" w:rsidR="000E6C2F" w:rsidRDefault="00C46DC3">
+          <w:p w14:paraId="30716532" w14:textId="2067309F" w:rsidR="000E6C2F" w:rsidRDefault="00C46DC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PATENTU VALDEI</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidR="00F92702" w:rsidRPr="00F92702">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Citadeles iela 6A</w:t>
+            </w:r>
             <w:r w:rsidR="000E6C2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raiņa bulvāris 15, Rīga, LV-1050 </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="60781958" w14:textId="09A3A911" w:rsidR="001521A0" w:rsidRDefault="000E6C2F" w:rsidP="000E6C2F">
+              <w:t>, Rīga, LV-10</w:t>
+            </w:r>
+            <w:r w:rsidR="00F92702">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000E6C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0943EC89" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000E6C2F" w:rsidP="000E6C2F">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Latvija</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">E-pasts: </w:t>
             </w:r>
@@ -395,355 +398,355 @@
                 </w:rPr>
                 <w:t>pasts@lrpv.gov.lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Tālr.:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>+371 67099600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="697426A1" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="725F5F4B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47F0A603" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="631F2D35" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="761D9F46" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="3E162392" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="5F3F5E02" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="21807ECD" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="27FAE567" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="4FD7B67B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:pStyle w:val="Virsraksts2"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>LŪDZU REĢISTRĒT DIZAINPARAUGU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="43BA8278" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="2AB87FA7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D065868" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="598D4A73" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="177A53EB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="1C6DFEAA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="80" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF21272" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="42CF6DEA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="160" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>VIENA DIZAINPARAUGA PIETEIKUMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="394B0298" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="00A1EBF7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="652C1460" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="0305F4C0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="80" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67169E75" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="168B1D61" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="140" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69C9EACF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="71F2CB7C" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(28)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0241EE28" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="0A753C33" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="240" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KOMPLEKSS PIETEIKUMS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="365A17AC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="4E933696" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DIZAINPARAUGU SKAITS PIETEIKUMĀ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -793,269 +796,269 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0DAF5B49" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+    <w:p w14:paraId="5EE6238B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4536" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="283"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001521A0" w14:paraId="10C15C54" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="7E61C97C" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4DBFBC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="3DEE69E8" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:ind w:left="1451"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>IESNIEGUMS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>PAR DIZAINPARAUGA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>REĢISTRĀCIJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="3F63350D" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="0A26CC00" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="64FFAB80" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="087BA2F2" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="1451"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>DESIGN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>APPLICATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="2FF85D2D" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="20B40044" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF70E9C" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="0D6CC451" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="68EADD78" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="43549425" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661B4D67" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="347AE3F5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:ind w:left="743" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJA ŠIFRS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40756240" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="6987EAC5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="0" w:name="txtRef"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7247186C" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="1E466D52" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtRef"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Please use references"/>
                   <w:textInput>
                     <w:maxLength w:val="12"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="txtRef"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1114,347 +1117,324 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> IF Check1  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C80EC02" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="0EDCAFE5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="153F2F25" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="1EC432E0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34005D28" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="67E07046" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="001521A0">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="1134" w:equalWidth="0">
             <w:col w:w="4820" w:space="283"/>
             <w:col w:w="4536"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D02A2A6" w14:textId="30742917" w:rsidR="001521A0" w:rsidRDefault="00DB09EE">
+    <w:p w14:paraId="28401069" w14:textId="11B85EA3" w:rsidR="001521A0" w:rsidRDefault="00F92702">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="14"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02759389" wp14:editId="1DED376E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2644C547" wp14:editId="0C1B632D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>175895</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>58420</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="274320" cy="227965"/>
-                <wp:effectExtent l="635" t="3810" r="1270" b="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="711196888" name="Text Box 14"/>
+                <wp:docPr id="13152774" name="Tekstlodziņš 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="274320" cy="227965"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
-                        <a:extLst>
-[...17 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="52AAEDE7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="459B34DC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="02759389" id="Text Box 14" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:13.85pt;margin-top:4.6pt;width:21.6pt;height:17.95pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAg0yHz4QEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXayrsAb4sWyfZ1zzzn3ZHs99h07KPQGbMlXiyVnykqojW1K/u3r/Zt3&#10;nPkgbC06sKrkR+X59e71q+3gCpVDC12tkBGI9cXgSt6G4Ios87JVvfALcMpSUQP2ItARm6xGMRB6&#10;32X5cnmZDYC1Q5DKe7q9m4p8l/C1VjJ81tqrwLqSE7eQVkxrFddstxVFg8K1Rs40xD+w6IWx1PQE&#10;dSeCYHs0f0H1RiJ40GEhoc9AayNV0kBqVss/1Dy1wqmkhczx7mST/3+w8vHw5L4gC+N7GGmASYR3&#10;DyC/e2bhthW2UTeIMLRK1NR4FS3LBueL+dNotS98BKmGT1DTkMU+QAIaNfbRFdLJCJ0GcDyZrsbA&#10;JF3mm/XbnCqSSnm+ubq8SB1E8fyxQx8+KOhZ3JQcaaYJXBwefIhkRPH8JPaycG+6Ls21s79d0MN4&#10;k8hHvhPzMFYjM/WsLGqpoD6SGoQpLZRu2rSAPzkbKCkl9z/2AhVn3UdLjlyt1usYrXRYX2yiGDyv&#10;VOcVYSVBlTxwNm1vwxTHvUPTtNRpmoGFG3JRm6TwhdVMn9KQhM/JjXE7P6dXL//X7hcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQDe4vqd2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyD&#10;tZW4UbtRS5qQTYVAXEGUthI3N94mUeN1FLtN+HvMCY6jGb15xWaynbjS4FvHCIu5AkFcOdNyjbD7&#10;fL1fg/BBs9GdY0L4Jg+b8vam0LlxI3/QdRtqESHsc43QhNDnUvqqIav93PXEsTu5weoQ41BLM+gx&#10;wm0nE6UepNUtx4dG9/TcUHXeXizC/u30dViq9/rFrvrRTUqyzSTi3Wx6egQRaAp/Y/jVj+pQRqej&#10;u7DxokNI0jQuEbIERKxTlYE4IixXC5BlIf/rlz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAINMh8+EBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA3uL6ndsAAAAGAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="2644C547" id="Tekstlodziņš 19" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:13.85pt;margin-top:4.6pt;width:21.6pt;height:17.95pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAg0yHz4QEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXayrsAb4sWyfZ1zzzn3ZHs99h07KPQGbMlXiyVnykqojW1K/u3r/Zt3&#10;nPkgbC06sKrkR+X59e71q+3gCpVDC12tkBGI9cXgSt6G4Ios87JVvfALcMpSUQP2ItARm6xGMRB6&#10;32X5cnmZDYC1Q5DKe7q9m4p8l/C1VjJ81tqrwLqSE7eQVkxrFddstxVFg8K1Rs40xD+w6IWx1PQE&#10;dSeCYHs0f0H1RiJ40GEhoc9AayNV0kBqVss/1Dy1wqmkhczx7mST/3+w8vHw5L4gC+N7GGmASYR3&#10;DyC/e2bhthW2UTeIMLRK1NR4FS3LBueL+dNotS98BKmGT1DTkMU+QAIaNfbRFdLJCJ0GcDyZrsbA&#10;JF3mm/XbnCqSSnm+ubq8SB1E8fyxQx8+KOhZ3JQcaaYJXBwefIhkRPH8JPaycG+6Ls21s79d0MN4&#10;k8hHvhPzMFYjM/WsLGqpoD6SGoQpLZRu2rSAPzkbKCkl9z/2AhVn3UdLjlyt1usYrXRYX2yiGDyv&#10;VOcVYSVBlTxwNm1vwxTHvUPTtNRpmoGFG3JRm6TwhdVMn9KQhM/JjXE7P6dXL//X7hcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQDe4vqd2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyD&#10;tZW4UbtRS5qQTYVAXEGUthI3N94mUeN1FLtN+HvMCY6jGb15xWaynbjS4FvHCIu5AkFcOdNyjbD7&#10;fL1fg/BBs9GdY0L4Jg+b8vam0LlxI3/QdRtqESHsc43QhNDnUvqqIav93PXEsTu5weoQ41BLM+gx&#10;wm0nE6UepNUtx4dG9/TcUHXeXizC/u30dViq9/rFrvrRTUqyzSTi3Wx6egQRaAp/Y/jVj+pQRqej&#10;u7DxokNI0jQuEbIERKxTlYE4IixXC5BlIf/rlz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAINMh8+EBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA3uL6ndsAAAAGAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="52AAEDE7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                    <w:p w14:paraId="459B34DC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>*</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5900"/>
         <w:gridCol w:w="162"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001521A0" w14:paraId="1D7E4DF9" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="0881A9B7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AEDBD27" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="3CC263F6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(54)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t>IZSTRĀDĀJUMA NOSAUKUMS, KURĀ DIZAINPARAUGU PAREDZĒTS ĪSTENOT VAI IEKĻAUT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="43DC8278" w14:textId="77777777">
+      <w:bookmarkStart w:id="1" w:name="Text3"/>
+      <w:tr w:rsidR="001521A0" w14:paraId="6B4DA40C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1191"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="118203E7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="715880AF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7513"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1486,307 +1466,262 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="1AB3A520" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="0ABB40C7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D860F5B" w14:textId="27E9FA96" w:rsidR="001521A0" w:rsidRDefault="00DB09EE">
+          <w:p w14:paraId="1C9B3E8C" w14:textId="1999056F" w:rsidR="001521A0" w:rsidRDefault="00F92702">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="000223D8" wp14:editId="0359D26B">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37510411" wp14:editId="35625D10">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>3938270</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>234315</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="635" t="1270" r="1270" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="119402421" name="Text Box 15"/>
+                      <wp:docPr id="682545576" name="Tekstlodziņš 17"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="6F0DD06F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                                <w:p w14:paraId="4FBE8F64" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="000223D8" id="Text Box 15" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:310.1pt;margin-top:18.45pt;width:21.6pt;height:17.95pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBBk8d4gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8gOM4jUXia+51m5Sv59rpugJviBfL9nXOPefck/X12Hdib5AsuFIuZnMpjNNQW7ct5bev92/e&#10;SUFBuVp14EwpD4bk9eb1q/XgC5NDC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jguNoC9CnzEbVajGhi9&#10;77J8Pr/MBsDaI2hDxLd3U1FuEn7TGB0+Nw2ZILpSMreQVkxrFddss1bFFpVvrT7SUP/AolfWcdMT&#10;1J0KSuzQ/gXVW41A0ISZhj6DprHaJA2sZjH/Q81Tq7xJWtgc8ieb6P/B6sf9k/+CIozvYeQBJhHk&#10;H0B/J+HgtlVua24QYWiNqrnxIlqWDZ6K46fRaiooglTDJ6h5yGoXIAGNDfbRFdYpGJ0HcDiZbsYg&#10;NF/mq+XbnCuaS3m+urq8SB1U8fyxRwofDPQibkqJPNMErvYPFCIZVTw/ib0c3NuuS3Pt3G8X/DDe&#10;JPKR78Q8jNUobM3NY9+opYL6wGoQprRwunnTAv6UYuCklJJ+7BQaKbqPjh25WiyXMVrpsLxYRTF4&#10;XqnOK8pphiplkGLa3oYpjjuPdttyp2kGDm7YxcYmhS+sjvQ5DUn4Mbkxbufn9Orl/9r8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAIkjbAt4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhNWkwbsqkQiCuohVbi5sbbJCJeR7HbhL/HnOC4mqeZt8V6cp040xBazwi3MwWCuPK25Rrh&#10;4/3lZgkiRMPWdJ4J4ZsCrMvLi8Lk1o+8ofM21iKVcMgNQhNjn0sZqoacCTPfE6fs6AdnYjqHWtrB&#10;jKncdTJTSktnWk4LjenpqaHqa3tyCLvX4+d+od7qZ3fXj35Skt1KIl5fTY8PICJN8Q+GX/2kDmVy&#10;OvgT2yA6BJ2pLKEIc70CkQCt5wsQB4T7bAmyLOT/D8ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAIEGTx3iAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACJI2wLeAAAACQEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="37510411" id="Tekstlodziņš 17" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:310.1pt;margin-top:18.45pt;width:21.6pt;height:17.95pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBBk8d4gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8gOM4jUXia+51m5Sv59rpugJviBfL9nXOPefck/X12Hdib5AsuFIuZnMpjNNQW7ct5bev92/e&#10;SUFBuVp14EwpD4bk9eb1q/XgC5NDC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jguNoC9CnzEbVajGhi9&#10;77J8Pr/MBsDaI2hDxLd3U1FuEn7TGB0+Nw2ZILpSMreQVkxrFddss1bFFpVvrT7SUP/AolfWcdMT&#10;1J0KSuzQ/gXVW41A0ISZhj6DprHaJA2sZjH/Q81Tq7xJWtgc8ieb6P/B6sf9k/+CIozvYeQBJhHk&#10;H0B/J+HgtlVua24QYWiNqrnxIlqWDZ6K46fRaiooglTDJ6h5yGoXIAGNDfbRFdYpGJ0HcDiZbsYg&#10;NF/mq+XbnCuaS3m+urq8SB1U8fyxRwofDPQibkqJPNMErvYPFCIZVTw/ib0c3NuuS3Pt3G8X/DDe&#10;JPKR78Q8jNUobM3NY9+opYL6wGoQprRwunnTAv6UYuCklJJ+7BQaKbqPjh25WiyXMVrpsLxYRTF4&#10;XqnOK8pphiplkGLa3oYpjjuPdttyp2kGDm7YxcYmhS+sjvQ5DUn4Mbkxbufn9Orl/9r8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAIkjbAt4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhNWkwbsqkQiCuohVbi5sbbJCJeR7HbhL/HnOC4mqeZt8V6cp040xBazwi3MwWCuPK25Rrh&#10;4/3lZgkiRMPWdJ4J4ZsCrMvLi8Lk1o+8ofM21iKVcMgNQhNjn0sZqoacCTPfE6fs6AdnYjqHWtrB&#10;jKncdTJTSktnWk4LjenpqaHqa3tyCLvX4+d+od7qZ3fXj35Skt1KIl5fTY8PICJN8Q+GX/2kDmVy&#10;OvgT2yA6BJ2pLKEIc70CkQCt5wsQB4T7bAmyLOT/D8ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAIEGTx3iAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACJI2wLeAAAACQEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="6F0DD06F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="4FBE8F64" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52C06D81" wp14:editId="247C62FD">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A15E0C2" wp14:editId="54C556AD">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>361315</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>224155</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="0" t="635" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="856639495" name="Text Box 13"/>
+                      <wp:docPr id="1340730591" name="Tekstlodziņš 15"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="3311F3BD" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                                <w:p w14:paraId="145BBA54" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="52C06D81" id="Text Box 13" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:28.45pt;margin-top:17.65pt;width:21.6pt;height:17.95pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhSLrx4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IVJ24Ey0GaIEWB&#10;9AGk/YAVRVlEJS67pC25X98l5Thueyt6IUguNTszO1rfjH0n9pq8QVvKxWwuhbYKa2O3pfz29eHN&#10;Wyl8AFtDh1aX8qC9vNm8frUeXKFzbLGrNQkGsb4YXCnbEFyRZV61ugc/Q6ctFxukHgIfaZvVBAOj&#10;912Wz+dX2YBUO0Klvefb+6koNwm/abQKn5vG6yC6UjK3kFZKaxXXbLOGYkvgWqOONOAfWPRgLDc9&#10;Qd1DALEj8xdUbxShxybMFPYZNo1ROmlgNYv5H2qeWnA6aWFzvDvZ5P8frPq0f3JfSITxHY48wCTC&#10;u0dU372weNeC3epbIhxaDTU3XkTLssH54vhptNoXPoJUw0eseciwC5iAxob66ArrFIzOAzicTNdj&#10;EIov89XyIueK4lKer66vLlMHKJ4/duTDe429iJtSEs80gcP+0YdIBornJ7GXxQfTdWmunf3tgh/G&#10;m0Q+8p2Yh7EahalLeRH7Ri0V1gdWQzilhdPNmxbppxQDJ6WU/scOSEvRfbDsyPViuYzRSofl5SqK&#10;ofNKdV4BqxiqlEGKaXsXpjjuHJlty52mGVi8ZRcbkxS+sDrS5zQk4cfkxridn9Orl/9r8wsAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJKgSbPdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m&#10;/IfNI/EmuwULUvpKjMarRhQTbkv30TZ23zbdhdZ/73LS42QmM9/k29G24kK9bxwjJDMFgrh0puEK&#10;4fPj5e4BhA+ajW4dE8IPedgWk5tcZ8YN/E6XXahELGGfaYQ6hC6T0pc1We1nriOO3sn1Voco+0qa&#10;Xg+x3LZyrtRSWt1wXKh1R081ld+7s0XYv54OX/fqrXq2aTe4UUm2a4l4Ox0fNyACjeEvDFf8iA5F&#10;ZDq6MxsvWoR0uY5JhEW6AHH1lUpAHBFWyRxkkcv/B4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACFIuvHjAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJKgSbPdAAAACAEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="3A15E0C2" id="Tekstlodziņš 15" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:28.45pt;margin-top:17.65pt;width:21.6pt;height:17.95pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhSLrx4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IVJ24Ey0GaIEWB&#10;9AGk/YAVRVlEJS67pC25X98l5Thueyt6IUguNTszO1rfjH0n9pq8QVvKxWwuhbYKa2O3pfz29eHN&#10;Wyl8AFtDh1aX8qC9vNm8frUeXKFzbLGrNQkGsb4YXCnbEFyRZV61ugc/Q6ctFxukHgIfaZvVBAOj&#10;912Wz+dX2YBUO0Klvefb+6koNwm/abQKn5vG6yC6UjK3kFZKaxXXbLOGYkvgWqOONOAfWPRgLDc9&#10;Qd1DALEj8xdUbxShxybMFPYZNo1ROmlgNYv5H2qeWnA6aWFzvDvZ5P8frPq0f3JfSITxHY48wCTC&#10;u0dU372weNeC3epbIhxaDTU3XkTLssH54vhptNoXPoJUw0eseciwC5iAxob66ArrFIzOAzicTNdj&#10;EIov89XyIueK4lKer66vLlMHKJ4/duTDe429iJtSEs80gcP+0YdIBornJ7GXxQfTdWmunf3tgh/G&#10;m0Q+8p2Yh7EahalLeRH7Ri0V1gdWQzilhdPNmxbppxQDJ6WU/scOSEvRfbDsyPViuYzRSofl5SqK&#10;ofNKdV4BqxiqlEGKaXsXpjjuHJlty52mGVi8ZRcbkxS+sDrS5zQk4cfkxridn9Orl/9r8wsAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJKgSbPdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m&#10;/IfNI/EmuwULUvpKjMarRhQTbkv30TZ23zbdhdZ/73LS42QmM9/k29G24kK9bxwjJDMFgrh0puEK&#10;4fPj5e4BhA+ajW4dE8IPedgWk5tcZ8YN/E6XXahELGGfaYQ6hC6T0pc1We1nriOO3sn1Voco+0qa&#10;Xg+x3LZyrtRSWt1wXKh1R081ld+7s0XYv54OX/fqrXq2aTe4UUm2a4l4Ox0fNyACjeEvDFf8iA5F&#10;ZDq6MxsvWoR0uY5JhEW6AHH1lUpAHBFWyRxkkcv/B4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACFIuvHjAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJKgSbPdAAAACAEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="3311F3BD" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="145BBA54" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1887,66 +1822,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="40BE86F3" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="001521A0" w14:paraId="21DDF318" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78D26CE0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="4CB0C372" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -2107,104 +2042,104 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:sym w:font="Arial" w:char="2013"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BA7CCAE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="3446CC40" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F63FA11" w14:textId="77777777" w:rsidR="005C10B4" w:rsidRDefault="007B7E9E" w:rsidP="005C10B4">
+          <w:p w14:paraId="1B1672F1" w14:textId="77777777" w:rsidR="005C10B4" w:rsidRDefault="007B7E9E" w:rsidP="005C10B4">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ADRESE, VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(KODS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="297D2343" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="005C10B4" w:rsidP="005C10B4">
+          <w:p w14:paraId="47444A29" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="005C10B4" w:rsidP="005C10B4">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C10B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>(JURIDISKĀS PERSONAS NORĀDA SAVU JURIDISKO ADR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
@@ -2218,135 +2153,135 @@
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>– DEKLARĒTĀS DZĪVESVIETAS ADR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>ESI, ĀRVALSTU FIZISKĀS PERSONAS </w:t>
             </w:r>
             <w:r w:rsidRPr="005C10B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>– PASTĀVĪGĀS DZĪVESVIETAS ADRESI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="7B7D5B9F" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="001521A0" w14:paraId="79528995" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="684BE84C" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="5AC39E48" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="431BAB83" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="1D9C23B3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="178F9CC1" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="0A1240F4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="45EDB8F1" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="001521A0" w14:paraId="6980FEEE" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1330D5DB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="6E751B21" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2407,51 +2342,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5388E609" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="1D9EA086" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -2506,362 +2441,318 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="58847F1A" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="001521A0" w14:paraId="3EA84206" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BDCCEF1" w14:textId="6FACF7B6" w:rsidR="001521A0" w:rsidRDefault="00DB09EE">
+          <w:p w14:paraId="14C0F0E4" w14:textId="5379063C" w:rsidR="001521A0" w:rsidRDefault="00F92702">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DC8AEFF" wp14:editId="3D548CDE">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="745C517C" wp14:editId="4A0C4327">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>3912870</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>31115</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="3810" t="4445" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="9522869" name="Text Box 20"/>
+                      <wp:docPr id="831043129" name="Tekstlodziņš 13"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="5F258769" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                                <w:p w14:paraId="30C89757" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3DC8AEFF" id="Text Box 20" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:308.1pt;margin-top:2.45pt;width:21.6pt;height:17.95pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCq+Ma4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07QhW1nUdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMVXiyVnykpojG0r/u3r/Zt3&#10;nPkgbCN6sKriB+X59fb1q83oSpVDB32jkBGI9eXoKt6F4Mos87JTg/ALcMpSUQMOItAR26xBMRL6&#10;0Gf5cnmZjYCNQ5DKe7q9m4t8m/C1VjJ81tqrwPqKE7eQVkxrHddsuxFli8J1Rh5piH9gMQhjqekJ&#10;6k4EwXZo/oIajETwoMNCwpCB1kaqpIHUrJZ/qHnqhFNJC5nj3ckm//9g5eP+yX1BFqb3MNEAkwjv&#10;HkB+98zCbSdsq24QYeyUaKjxKlqWjc6Xx0+j1b70EaQeP0FDQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k3SZr4u3OVUklfJ8fXV5kTqI8vljhz58UDCwuKk40kwTuNg/+BDJiPL5Sexl4d70fZprb3+7oIfx&#10;JpGPfGfmYaonZpqKF7Fv1FJDcyA1CHNaKN206QB/cjZSUiruf+wEKs76j5YcuVoVRYxWOhQX6ygG&#10;zyv1eUVYSVAVD5zN29swx3Hn0LQddZpnYOGGXNQmKXxhdaRPaUjCj8mNcTs/p1cv/9f2FwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhANNe+AzcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/QdrkbhRu1UaNWmcqgJxBVFopd7ceJtExOsodpvw9ywnOI5mNPOm2E6uEzccQutJw2KuQCBV3rZU&#10;a/j8eHlcgwjRkDWdJ9TwjQG25eyuMLn1I73jbR9rwSUUcqOhibHPpQxVg86Eue+R2Lv4wZnIcqil&#10;HczI5a6TS6VS6UxLvNCYHp8arL72V6fh8Ho5HRP1Vj+7VT/6SUlymdT64X7abUBEnOJfGH7xGR1K&#10;Zjr7K9kgOg3pIl1yVEOSgWA/XWUJiDNrtQZZFvL/gfIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAgqvjGuMBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA0174DNwAAAAIAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="745C517C" id="Tekstlodziņš 13" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:308.1pt;margin-top:2.45pt;width:21.6pt;height:17.95pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCq+Ma4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07QhW1nUdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMVXiyVnykpojG0r/u3r/Zt3&#10;nPkgbCN6sKriB+X59fb1q83oSpVDB32jkBGI9eXoKt6F4Mos87JTg/ALcMpSUQMOItAR26xBMRL6&#10;0Gf5cnmZjYCNQ5DKe7q9m4t8m/C1VjJ81tqrwPqKE7eQVkxrHddsuxFli8J1Rh5piH9gMQhjqekJ&#10;6k4EwXZo/oIajETwoMNCwpCB1kaqpIHUrJZ/qHnqhFNJC5nj3ckm//9g5eP+yX1BFqb3MNEAkwjv&#10;HkB+98zCbSdsq24QYeyUaKjxKlqWjc6Xx0+j1b70EaQeP0FDQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k3SZr4u3OVUklfJ8fXV5kTqI8vljhz58UDCwuKk40kwTuNg/+BDJiPL5Sexl4d70fZprb3+7oIfx&#10;JpGPfGfmYaonZpqKF7Fv1FJDcyA1CHNaKN206QB/cjZSUiruf+wEKs76j5YcuVoVRYxWOhQX6ygG&#10;zyv1eUVYSVAVD5zN29swx3Hn0LQddZpnYOGGXNQmKXxhdaRPaUjCj8mNcTs/p1cv/9f2FwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhANNe+AzcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/QdrkbhRu1UaNWmcqgJxBVFopd7ceJtExOsodpvw9ywnOI5mNPOm2E6uEzccQutJw2KuQCBV3rZU&#10;a/j8eHlcgwjRkDWdJ9TwjQG25eyuMLn1I73jbR9rwSUUcqOhibHPpQxVg86Eue+R2Lv4wZnIcqil&#10;HczI5a6TS6VS6UxLvNCYHp8arL72V6fh8Ho5HRP1Vj+7VT/6SUlymdT64X7abUBEnOJfGH7xGR1K&#10;Zjr7K9kgOg3pIl1yVEOSgWA/XWUJiDNrtQZZFvL/gfIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAgqvjGuMBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA0174DNwAAAAIAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="5F258769" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="30C89757" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="304CEDCF" wp14:editId="09FB27CE">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14AEE82D" wp14:editId="15A02844">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>178435</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>8890</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="3175" t="1270" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="715316977" name="Text Box 16"/>
+                      <wp:docPr id="768365962" name="Tekstlodziņš 11"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="5EE2726F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                                <w:p w14:paraId="5792FFB5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="304CEDCF" id="Text Box 16" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:14.05pt;margin-top:.7pt;width:21.6pt;height:17.95pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAi5Rb24gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8gOM4jUXia+51m5Sv59rpugJviBfL9nXOPefck/X12Hdib5AsuFIuZnMpjNNQW7ct5bev92/e&#10;SUFBuVp14EwpD4bk9eb1q/XgC5NDC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jguNoC9CnzEbVajGhi9&#10;77J8Pr/MBsDaI2hDxLd3U1FuEn7TGB0+Nw2ZILpSMreQVkxrFddss1bFFpVvrT7SUP/AolfWcdMT&#10;1J0KSuzQ/gXVW41A0ISZhj6DprHaJA2sZjH/Q81Tq7xJWtgc8ieb6P/B6sf9k/+CIozvYeQBJhHk&#10;H0B/J+HgtlVua24QYWiNqrnxIlqWDZ6K46fRaiooglTDJ6h5yGoXIAGNDfbRFdYpGJ0HcDiZbsYg&#10;NF/mq+XbnCuaS3m+urq8SB1U8fyxRwofDPQibkqJPNMErvYPFCIZVTw/ib0c3NuuS3Pt3G8X/DDe&#10;JPKR78Q8jNUobF3K1DdqqaA+sBqEKS2cbt60gD+lGDgppaQfO4VGiu6jY0euFstljFY6LC9WUQye&#10;V6rzinKaoUoZpJi2t2GK486j3bbcaZqBgxt2sbFJ4QurI31OQxJ+TG6M2/k5vXr5vza/AAAA//8D&#10;AFBLAwQUAAYACAAAACEA7q9Ow9sAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOzU7CQBSF9ya+&#10;w+SSuJOZUhQsnRKjcYsBhcTd0Lm0jZ07TWeg9e25rnR5fnLOl69H14oL9qHxpCGZKhBIpbcNVRo+&#10;P97ulyBCNGRN6wk1/GCAdXF7k5vM+oG2eNnFSvAIhcxoqGPsMilDWaMzYeo7JM5OvncmsuwraXsz&#10;8Lhr5UypR+lMQ/xQmw5faiy/d2enYb85fR3m6r16dQ/d4EclyT1Jre8m4/MKRMQx/pXhF5/RoWCm&#10;oz+TDaLVMFsm3GR/DoLjRZKCOGpIFynIIpf/8YsrAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhACLlFvbiAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAO6vTsPbAAAABgEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="14AEE82D" id="Tekstlodziņš 11" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:14.05pt;margin-top:.7pt;width:21.6pt;height:17.95pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAi5Rb24gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8gOM4jUXia+51m5Sv59rpugJviBfL9nXOPefck/X12Hdib5AsuFIuZnMpjNNQW7ct5bev92/e&#10;SUFBuVp14EwpD4bk9eb1q/XgC5NDC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jguNoC9CnzEbVajGhi9&#10;77J8Pr/MBsDaI2hDxLd3U1FuEn7TGB0+Nw2ZILpSMreQVkxrFddss1bFFpVvrT7SUP/AolfWcdMT&#10;1J0KSuzQ/gXVW41A0ISZhj6DprHaJA2sZjH/Q81Tq7xJWtgc8ieb6P/B6sf9k/+CIozvYeQBJhHk&#10;H0B/J+HgtlVua24QYWiNqrnxIlqWDZ6K46fRaiooglTDJ6h5yGoXIAGNDfbRFdYpGJ0HcDiZbsYg&#10;NF/mq+XbnCuaS3m+urq8SB1U8fyxRwofDPQibkqJPNMErvYPFCIZVTw/ib0c3NuuS3Pt3G8X/DDe&#10;JPKR78Q8jNUobF3K1DdqqaA+sBqEKS2cbt60gD+lGDgppaQfO4VGiu6jY0euFstljFY6LC9WUQye&#10;V6rzinKaoUoZpJi2t2GK486j3bbcaZqBgxt2sbFJ4QurI31OQxJ+TG6M2/k5vXr5vza/AAAA//8D&#10;AFBLAwQUAAYACAAAACEA7q9Ow9sAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOzU7CQBSF9ya+&#10;w+SSuJOZUhQsnRKjcYsBhcTd0Lm0jZ07TWeg9e25rnR5fnLOl69H14oL9qHxpCGZKhBIpbcNVRo+&#10;P97ulyBCNGRN6wk1/GCAdXF7k5vM+oG2eNnFSvAIhcxoqGPsMilDWaMzYeo7JM5OvncmsuwraXsz&#10;8Lhr5UypR+lMQ/xQmw5faiy/d2enYb85fR3m6r16dQ/d4EclyT1Jre8m4/MKRMQx/pXhF5/RoWCm&#10;oz+TDaLVMFsm3GR/DoLjRZKCOGpIFynIIpf/8YsrAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhACLlFvbiAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAO6vTsPbAAAABgEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="5EE2726F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="5792FFB5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="038676B4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="48E61B0B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="00388FC3" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="001521A0" w14:paraId="08376820" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5900" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E0CEC9F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="57F9AF87" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -2898,105 +2789,105 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DIZAINERI </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00DE8A59" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="20CFB599" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="746E3219" w14:textId="77777777" w:rsidR="005C10B4" w:rsidRDefault="007B7E9E" w:rsidP="005C10B4">
+          <w:p w14:paraId="5B76631B" w14:textId="77777777" w:rsidR="005C10B4" w:rsidRDefault="007B7E9E" w:rsidP="005C10B4">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ADRESE, VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(KODS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4284EB02" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="005C10B4" w:rsidP="005C10B4">
+          <w:p w14:paraId="67C4E94F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="005C10B4" w:rsidP="005C10B4">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C10B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>(JURIDISKĀS PERSONAS NORĀDA SAVU JURIDISKO ADR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
@@ -3010,135 +2901,135 @@
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>– DEKLARĒTĀS DZĪVESVIETAS ADR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>ESI, ĀRVALSTU FIZISKĀS PERSONAS </w:t>
             </w:r>
             <w:r w:rsidRPr="005C10B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>– PASTĀVĪGĀS DZĪVESVIETAS ADRESI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="26704A7C" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="001521A0" w14:paraId="6AFC4DDF" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="775"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5900" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14EFCBC3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="50A240BB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E68B9DA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="7B9A2D1B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22AEC961" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="64C16994" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="096B23E7" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="001521A0" w14:paraId="30150C79" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="3677"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CE62C06" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="6C444E8F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3210,51 +3101,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6533A5C3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="1386A92E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3320,534 +3211,511 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="5ABCF543" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="001521A0" w14:paraId="3BC396E7" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E4D0445" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="328C51BA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BA9C37B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="4C282942" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="02AAE483" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="42D6EB5B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E19F24B" w14:textId="1E6779A5" w:rsidR="001521A0" w:rsidRDefault="00DB09EE">
+          <w:p w14:paraId="5980F229" w14:textId="03555B02" w:rsidR="001521A0" w:rsidRDefault="00F92702">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="336124D4" wp14:editId="463FF359">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="150DD001" wp14:editId="6F7F57BA">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-211455</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>234950</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="3810" t="2540" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="420461976" name="Text Box 19"/>
+                      <wp:docPr id="1676348120" name="Tekstlodziņš 9"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="75CF78FB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                                <w:p w14:paraId="73ECE6A0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="336124D4" id="Text Box 19" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-16.65pt;margin-top:18.5pt;width:21.6pt;height:17.95pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDMHgY4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07Sha1nUdBqbhpDG&#10;QBr7AMexE4vE11y7TcrXc+10XWFviBfL9nXOPefck83V2Hdsr9AbsCVfzOacKSuhNrYp+dP3u3cf&#10;OPNB2Fp0YFXJD8rzq+3bN5vBFSqHFrpaISMQ64vBlbwNwRVZ5mWreuFn4JSlogbsRaAjNlmNYiD0&#10;vsvy+XyVDYC1Q5DKe7q9nYp8m/C1VjJ81dqrwLqSE7eQVkxrFddsuxFFg8K1Rh5piH9g0QtjqekJ&#10;6lYEwXZoXkH1RiJ40GEmoc9AayNV0kBqFvO/1Dy2wqmkhczx7mST/3+w8mH/6L4hC+NHGGmASYR3&#10;9yB/eGbhphW2UdeIMLRK1NR4ES3LBueL46fRal/4CFINX6CmIYtdgAQ0auyjK6STEToN4HAyXY2B&#10;SbrM18v3OVUklfJ8fbm6SB1E8fyxQx8+KehZ3JQcaaYJXOzvfYhkRPH8JPaycGe6Ls21s39c0MN4&#10;k8hHvhPzMFYjM3XJV7Fv1FJBfSA1CFNaKN20aQF/cTZQUkruf+4EKs66z5YcuVwslzFa6bC8WEcx&#10;eF6pzivCSoIqeeBs2t6EKY47h6ZpqdM0AwvX5KI2SeELqyN9SkMSfkxujNv5Ob16+b+2vwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGrQAcPcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOxamwYoCZlUCMQWRHlI7Nx4mkTE4yh2m/D3DCtYju7RvWfKzex7daQxdoERLpYGFHEdXMcN&#10;wtvr4+IGVEyWne0DE8I3RdhUpyelLVyY+IWO29QoKeFYWIQ2paHQOtYteRuXYSCWbB9Gb5OcY6Pd&#10;aCcp971eGXOtve1YFlo70H1L9df24BHen/afH5fmuXnwV8MUZqPZ5xrx/Gy+uwWVaE5/MPzqizpU&#10;4rQLB3ZR9QiLLMsERcjW8pMAeQ5qh7Be5aCrUv/3r34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAgzB4GOMBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAatABw9wAAAAHAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="150DD001" id="Tekstlodziņš 9" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-16.65pt;margin-top:18.5pt;width:21.6pt;height:17.95pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDMHgY4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07Sha1nUdBqbhpDG&#10;QBr7AMexE4vE11y7TcrXc+10XWFviBfL9nXOPefck83V2Hdsr9AbsCVfzOacKSuhNrYp+dP3u3cf&#10;OPNB2Fp0YFXJD8rzq+3bN5vBFSqHFrpaISMQ64vBlbwNwRVZ5mWreuFn4JSlogbsRaAjNlmNYiD0&#10;vsvy+XyVDYC1Q5DKe7q9nYp8m/C1VjJ81dqrwLqSE7eQVkxrFddsuxFFg8K1Rh5piH9g0QtjqekJ&#10;6lYEwXZoXkH1RiJ40GEmoc9AayNV0kBqFvO/1Dy2wqmkhczx7mST/3+w8mH/6L4hC+NHGGmASYR3&#10;9yB/eGbhphW2UdeIMLRK1NR4ES3LBueL46fRal/4CFINX6CmIYtdgAQ0auyjK6STEToN4HAyXY2B&#10;SbrM18v3OVUklfJ8fbm6SB1E8fyxQx8+KehZ3JQcaaYJXOzvfYhkRPH8JPaycGe6Ls21s39c0MN4&#10;k8hHvhPzMFYjM3XJV7Fv1FJBfSA1CFNaKN20aQF/cTZQUkruf+4EKs66z5YcuVwslzFa6bC8WEcx&#10;eF6pzivCSoIqeeBs2t6EKY47h6ZpqdM0AwvX5KI2SeELqyN9SkMSfkxujNv5Ob16+b+2vwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGrQAcPcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOxamwYoCZlUCMQWRHlI7Nx4mkTE4yh2m/D3DCtYju7RvWfKzex7daQxdoERLpYGFHEdXMcN&#10;wtvr4+IGVEyWne0DE8I3RdhUpyelLVyY+IWO29QoKeFYWIQ2paHQOtYteRuXYSCWbB9Gb5OcY6Pd&#10;aCcp971eGXOtve1YFlo70H1L9df24BHen/afH5fmuXnwV8MUZqPZ5xrx/Gy+uwWVaE5/MPzqizpU&#10;4rQLB3ZR9QiLLMsERcjW8pMAeQ5qh7Be5aCrUv/3r34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAgzB4GOMBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAatABw9wAAAAHAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="75CF78FB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="73ECE6A0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t>DIZAINERS(I) ATTEICIES NO TIESĪBĀM TIKT MINĒTAM VAI PIEPRASĪJIS, LAI VIŅŠ NETIKTU MINĒTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="710D3580" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="4A0FE171" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22CA6D62" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+    <w:p w14:paraId="5E488EA8" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>- JĀNORĀDA OBLIGĀTI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD31926" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+    <w:p w14:paraId="20959E5F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="282"/>
         <w:gridCol w:w="83"/>
         <w:gridCol w:w="625"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001521A0" w14:paraId="733BBA27" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="62FEA0C6" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F78AAC3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="26E96619" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>LŪDZU NOTEIKT DIZAINPARAUGA PRIORITĀTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="12469233" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="6487ED22" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="556156AA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="5D6AC802" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>KONVENCIJAS PRIORITĀTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="46AB7D15" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="244E76EE" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38636B38" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="4DA12D95" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(31)</w:instrText>
             </w:r>
             <w:r>
@@ -3859,51 +3727,51 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DOK. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="59152220" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="3B5E8D1D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3956,51 +3824,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1ACB1D37" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="35585F29" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(33)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -4013,80 +3881,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(KODS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="2" w:name="txt33"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D2C768E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="1A4788A1" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txt33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="txt33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
@@ -4094,51 +3962,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="2DCD32E7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="45514F12" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(32)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -4159,51 +4027,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="3" w:name="txt32"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34269193" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="5B53436C" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txt32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4253,173 +4121,173 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="2BD04898" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="235D2B72" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BEA6FD0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="71354321" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriorityE"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:exitMacro w:val="PriorityE"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>IZSTĀDES PRIORITĀTE; DOKUMENTA VEIDS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="2AD228AC" w14:textId="77777777">
+      <w:bookmarkStart w:id="4" w:name="txtPriorityE"/>
+      <w:tr w:rsidR="001521A0" w14:paraId="1DBA699E" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="707DB460" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="485881F7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtPriorityE"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="txtPriorityE"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
@@ -4454,51 +4322,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="217DB9D1" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="067EBA80" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(23)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -4520,51 +4388,51 @@
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="5" w:name="txt23"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F4E52FA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="46C564D7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txt23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4614,108 +4482,108 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="510659DC" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="2F7A8687" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B6F1F08" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="1372A041" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
@@ -4774,66 +4642,66 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> MĒNEŠIEM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="0EC2D586" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="638E6472" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BB23299" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="0A87A344" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -4860,182 +4728,182 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PĀRSTĀVIS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E4C0413" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="108F205A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45454DB4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E" w:rsidP="005C10B4">
+          <w:p w14:paraId="5DD8DC75" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E" w:rsidP="005C10B4">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="7051199E" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="035FDA66" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63863511" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="68B0517D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EAEC0A4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="4F330DB6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="012129E6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="74A1EF22" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="1AC391DF" w14:textId="77777777" w:rsidTr="00761069">
+      <w:tr w:rsidR="001521A0" w14:paraId="0E66DABA" w14:textId="77777777" w:rsidTr="00761069">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7250C406" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="0F4A3607" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5097,51 +4965,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F7D08B4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="2D075C26" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:pStyle w:val="Virsraksts4"/>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -5175,117 +5043,117 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="02A95A46" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="5D8182F2" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BBFDF7E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="1AE1B889" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ĢENERĀLPILNVARAS REĢISTRĀCIJAS Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="6" w:name="Text12"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AEDC98D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="607124A1" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5323,79 +5191,79 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F5A0BD3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="6F970B8D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C84832D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="10A322FA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -5451,368 +5319,322 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="35AC4685" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="38568D6F" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35F8EBE6" w14:textId="4A937358" w:rsidR="001521A0" w:rsidRDefault="00DB09EE">
+          <w:p w14:paraId="4C896B9C" w14:textId="044D98DE" w:rsidR="001521A0" w:rsidRDefault="00F92702">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EA6D6E4" wp14:editId="4E3E641C">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DF17F0B" wp14:editId="01891DEC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>3998595</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>15240</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="3810" t="0" r="0" b="3175"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="1173594178" name="Text Box 18"/>
+                      <wp:docPr id="1681464570" name="Tekstlodziņš 7"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="49BEFAC3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                                <w:p w14:paraId="78985A17" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3EA6D6E4" id="Text Box 18" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:314.85pt;margin-top:1.2pt;width:21.6pt;height:17.95pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjfo304wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8wI3jNBaJr7l2m5Sv59rpugJviBfL9nXOPefck/X12Hdir8kbtKVczOZSaKuwNnZbym9f79+8&#10;k8IHsDV0aHUpD9rL683rV+vBFTrHFrtak2AQ64vBlbINwRVZ5lWre/AzdNpysUHqIfCRtllNMDB6&#10;32X5fH6ZDUi1I1Tae769m4pyk/CbRqvwuWm8DqIrJXMLaaW0VnHNNmsotgSuNepIA/6BRQ/GctMT&#10;1B0EEDsyf0H1RhF6bMJMYZ9h0xilkwZWs5j/oeapBaeTFjbHu5NN/v/Bqsf9k/tCIozvceQBJhHe&#10;PaD67oXF2xbsVt8Q4dBqqLnxIlqWDc4Xx0+j1b7wEaQaPmHNQ4ZdwAQ0NtRHV1inYHQewOFkuh6D&#10;UHyZr5Zvc64oLuX56uryInWA4vljRz580NiLuCkl8UwTOOwffIhkoHh+EntZvDddl+ba2d8u+GG8&#10;SeQj34l5GKtRmLqUq9g3aqmwPrAawiktnG7etEg/pRg4KaX0P3ZAWoruo2VHrhbLZYxWOiwvVlEM&#10;nVeq8wpYxVClDFJM29swxXHnyGxb7jTNwOINu9iYpPCF1ZE+pyEJPyY3xu38nF69/F+bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEwUTtzeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;fQdrkXqjNmlJm5BNhai4gig/Ejc33iZR43UUu014e8wJjqMZzXxTbCfbiQsNvnWMcLtQIIgrZ1qu&#10;Ed7fnm42IHzQbHTnmBC+ycO2nF0VOjdu5Fe67EMtYgn7XCM0IfS5lL5qyGq/cD1x9I5usDpEOdTS&#10;DHqM5baTiVKptLrluNDonh4bqk77s0X4eD5+fa7US72zd/3oJiXZZhJxfj093IMINIW/MPziR3Qo&#10;I9PBndl40SGkSbaOUYRkBSL66TrJQBwQlpslyLKQ/w+UPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAjfo304wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBMFE7c3gAAAAgBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="4DF17F0B" id="Tekstlodziņš 7" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:314.85pt;margin-top:1.2pt;width:21.6pt;height:17.95pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjfo304wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8wI3jNBaJr7l2m5Sv59rpugJviBfL9nXOPefck/X12Hdir8kbtKVczOZSaKuwNnZbym9f79+8&#10;k8IHsDV0aHUpD9rL683rV+vBFTrHFrtak2AQ64vBlbINwRVZ5lWre/AzdNpysUHqIfCRtllNMDB6&#10;32X5fH6ZDUi1I1Tae769m4pyk/CbRqvwuWm8DqIrJXMLaaW0VnHNNmsotgSuNepIA/6BRQ/GctMT&#10;1B0EEDsyf0H1RhF6bMJMYZ9h0xilkwZWs5j/oeapBaeTFjbHu5NN/v/Bqsf9k/tCIozvceQBJhHe&#10;PaD67oXF2xbsVt8Q4dBqqLnxIlqWDc4Xx0+j1b7wEaQaPmHNQ4ZdwAQ0NtRHV1inYHQewOFkuh6D&#10;UHyZr5Zvc64oLuX56uryInWA4vljRz580NiLuCkl8UwTOOwffIhkoHh+EntZvDddl+ba2d8u+GG8&#10;SeQj34l5GKtRmLqUq9g3aqmwPrAawiktnG7etEg/pRg4KaX0P3ZAWoruo2VHrhbLZYxWOiwvVlEM&#10;nVeq8wpYxVClDFJM29swxXHnyGxb7jTNwOINu9iYpPCF1ZE+pyEJPyY3xu38nF69/F+bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEwUTtzeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;fQdrkXqjNmlJm5BNhai4gig/Ejc33iZR43UUu014e8wJjqMZzXxTbCfbiQsNvnWMcLtQIIgrZ1qu&#10;Ed7fnm42IHzQbHTnmBC+ycO2nF0VOjdu5Fe67EMtYgn7XCM0IfS5lL5qyGq/cD1x9I5usDpEOdTS&#10;DHqM5baTiVKptLrluNDonh4bqk77s0X4eD5+fa7US72zd/3oJiXZZhJxfj093IMINIW/MPziR3Qo&#10;I9PBndl40SGkSbaOUYRkBSL66TrJQBwQlpslyLKQ/w+UPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAjfo304wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBMFE7c3gAAAAgBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="49BEFAC3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="78985A17" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00915B4F" wp14:editId="1A7D72F0">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44A3AA2E" wp14:editId="01787AE5">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>174625</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>18415</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="0" t="635" r="2540" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="160437367" name="Text Box 12"/>
+                      <wp:docPr id="2051091159" name="Tekstlodziņš 5"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="65BC36DB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                                <w:p w14:paraId="2D441FDF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="00915B4F" id="Text Box 12" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:13.75pt;margin-top:1.45pt;width:21.6pt;height:17.95pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE8boV4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817JVJ04Ey0GaIEWB&#10;9AGk/YAVRVlEJS67pC25X98l5Thueyt6IUguNTszO1rfjH0n9pq8QVvKxWwuhbYKa2O3pfz29eHN&#10;lRQ+gK2hQ6tLedBe3mxev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWiw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3vPt/VSUm4TfNFqFz03jdRBdKZlbSCultYprtllDsSVwrVFHGvAPLHowlpue&#10;oO4hgNiR+QuqN4rQYxNmCvsMm8YonTSwmsX8DzVPLTidtLA53p1s8v8PVn3aP7kvJML4DkceYBLh&#10;3SOq715YvGvBbvUtEQ6thpobL6Jl2eB8cfw0Wu0LH0Gq4SPWPGTYBUxAY0N9dIV1CkbnARxOpusx&#10;CMWX+Wr5NueK4lKer64vL1IHKJ4/duTDe429iJtSEs80gcP+0YdIBornJ7GXxQfTdWmunf3tgh/G&#10;m0Q+8p2Yh7EahalLeRX7Ri0V1gdWQzilhdPNmxbppxQDJ6WU/scOSEvRfbDsyPViuYzRSoflxSqK&#10;ofNKdV4BqxiqlEGKaXsXpjjuHJlty52mGVi8ZRcbkxS+sDrS5zQk4cfkxridn9Orl/9r8wsAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOouAC7bAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjs1OwzAQhO9I&#10;vIO1SNzomkJJGuJUCMQVRPmRuLnxNomI11HsNuHtWU5wGo1mNPOVm9n36khj7AIbuFxoUMR1cB03&#10;Bt5eHy9yUDFZdrYPTAa+KcKmOj0pbeHCxC903KZGyQjHwhpoUxoKxFi35G1chIFYsn0YvU1ixwbd&#10;aCcZ9z0utb5BbzuWh9YOdN9S/bU9eAPvT/vPj2v93Dz41TCFWSP7NRpzfjbf3YJKNKe/MvziCzpU&#10;wrQLB3ZR9QaW2UqaomtQEmc6A7UzcJXngFWJ//GrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCE8boV4wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDqLgAu2wAAAAYBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="44A3AA2E" id="Tekstlodziņš 5" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:13.75pt;margin-top:1.45pt;width:21.6pt;height:17.95pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE8boV4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817JVJ04Ey0GaIEWB&#10;9AGk/YAVRVlEJS67pC25X98l5Thueyt6IUguNTszO1rfjH0n9pq8QVvKxWwuhbYKa2O3pfz29eHN&#10;lRQ+gK2hQ6tLedBe3mxev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWiw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3vPt/VSUm4TfNFqFz03jdRBdKZlbSCultYprtllDsSVwrVFHGvAPLHowlpue&#10;oO4hgNiR+QuqN4rQYxNmCvsMm8YonTSwmsX8DzVPLTidtLA53p1s8v8PVn3aP7kvJML4DkceYBLh&#10;3SOq715YvGvBbvUtEQ6thpobL6Jl2eB8cfw0Wu0LH0Gq4SPWPGTYBUxAY0N9dIV1CkbnARxOpusx&#10;CMWX+Wr5NueK4lKer64vL1IHKJ4/duTDe429iJtSEs80gcP+0YdIBornJ7GXxQfTdWmunf3tgh/G&#10;m0Q+8p2Yh7EahalLeRX7Ri0V1gdWQzilhdPNmxbppxQDJ6WU/scOSEvRfbDsyPViuYzRSoflxSqK&#10;ofNKdV4BqxiqlEGKaXsXpjjuHJlty52mGVi8ZRcbkxS+sDrS5zQk4cfkxridn9Orl/9r8wsAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOouAC7bAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjs1OwzAQhO9I&#10;vIO1SNzomkJJGuJUCMQVRPmRuLnxNomI11HsNuHtWU5wGo1mNPOVm9n36khj7AIbuFxoUMR1cB03&#10;Bt5eHy9yUDFZdrYPTAa+KcKmOj0pbeHCxC903KZGyQjHwhpoUxoKxFi35G1chIFYsn0YvU1ixwbd&#10;aCcZ9z0utb5BbzuWh9YOdN9S/bU9eAPvT/vPj2v93Dz41TCFWSP7NRpzfjbf3YJKNKe/MvziCzpU&#10;wrQLB3ZR9QaW2UqaomtQEmc6A7UzcJXngFWJ//GrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCE8boV4wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDqLgAu2wAAAAYBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="65BC36DB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="2D441FDF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FEE57D4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="4EF21683" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="4E44D4DA" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="08495307" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5720" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D1A2260" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="6B7CC01A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(70)</w:instrText>
@@ -5838,173 +5660,173 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ADRESE SARAKSTEI </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(ADRESĀTA VĀRDS, UZVĀRDS VAI NOSAUKUMS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="767" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EA59058" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="2BE28B0D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="109F6726" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="2CFD30E4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE, PASTA INDEKSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="37A2A2FD" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="4503AC75" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5720" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41A683F0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="0002EFDD" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="767" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C2078BD" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="0BB8AD3B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74C4A95F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="46DA6FE6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00695D2B" w14:paraId="1097AFC6" w14:textId="77777777" w:rsidTr="00761069">
+      <w:tr w:rsidR="00695D2B" w14:paraId="2819C429" w14:textId="77777777" w:rsidTr="00761069">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="755398F3" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="38FBE670" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6067,51 +5889,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="231FA8B3" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="32C419AD" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:pStyle w:val="Virsraksts4"/>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -6145,90 +5967,90 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00695D2B" w14:paraId="3B6B076C" w14:textId="77777777" w:rsidTr="00F81792">
+      <w:tr w:rsidR="00695D2B" w14:paraId="7567862D" w14:textId="77777777" w:rsidTr="00F81792">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="263F031E" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="7F872937" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>E-PASTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A67549D" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="7F451864" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6280,69 +6102,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4925E626" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="18C5A672" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>FAKSS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DFB14D9" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="718F2F77" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -6407,122 +6229,122 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="345BA8E4" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="1D1CD015" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00695D2B" w14:paraId="57B78F79" w14:textId="77777777">
+      <w:tr w:rsidR="00695D2B" w14:paraId="363E39D8" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="140896D9" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00445283">
+          <w:p w14:paraId="1F93504E" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00445283">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="312" w:hanging="312"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0073073E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6538,81 +6360,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>UZ NORĀDĪTO E-PASTA ADRESI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="288FC9CA" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00695D2B">
+          <w:p w14:paraId="717C7FCC" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00695D2B">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F3D24BF" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00695D2B">
+          <w:p w14:paraId="503FAF8B" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00695D2B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -6668,110 +6490,110 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00695D2B" w14:paraId="121A2E1F" w14:textId="77777777">
+      <w:tr w:rsidR="00695D2B" w14:paraId="445D1F02" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3807F7DD" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="005C5EDD">
+          <w:p w14:paraId="0C3DDEDA" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="005C5EDD">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="312" w:hanging="312"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0073073E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6787,81 +6609,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>UZ NORĀDĪTO E-PASTA ADRESI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24BCAA23" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00695D2B">
+          <w:p w14:paraId="3C9AFA55" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00695D2B">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>FAKSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74D7B3D0" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00695D2B">
+          <w:p w14:paraId="20825E01" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B" w:rsidP="00695D2B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -6917,242 +6739,262 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E6E17" w:rsidRPr="003E6E17" w14:paraId="6312576A" w14:textId="77777777" w:rsidTr="003E6E17">
+      <w:tr w:rsidR="003E6E17" w:rsidRPr="003E6E17" w14:paraId="72903A32" w14:textId="77777777" w:rsidTr="003E6E17">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="116822F9" w14:textId="77777777" w:rsidR="003E6E17" w:rsidRPr="003E6E17" w:rsidRDefault="003E6E17" w:rsidP="003E6E17">
+          <w:p w14:paraId="437B76FA" w14:textId="77777777" w:rsidR="003E6E17" w:rsidRPr="003E6E17" w:rsidRDefault="003E6E17" w:rsidP="003E6E17">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E6E17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PIEZĪME: </w:t>
             </w:r>
             <w:r w:rsidRPr="003E6E17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Patentu valde visu korespondenci saistībā ar šo pieteikumu sūtīs vienīgi uz šeit norādīto adresi, arī tad, ja pārstāvja adrese no tās atšķiras. </w:t>
             </w:r>
             <w:r w:rsidRPr="003E6E17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:br/>
-              <w:t>Ja adrese sarakstei mainās, lūdzam nekavējoties par to informēt rakstveidā.</w:t>
+              <w:t xml:space="preserve">Ja adrese sarakstei mainās, lūdzam nekavējoties par to informēt </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E6E17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>rakstveidā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E6E17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="54CE5595" w14:textId="77777777" w:rsidTr="00695D2B">
+      <w:tr w:rsidR="001521A0" w14:paraId="6D9BDEF2" w14:textId="77777777" w:rsidTr="00695D2B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="3572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51B056BF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="22158727" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="right" w:pos="8505"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIELIKUMĀ:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74FCC409" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="2EEEA7BB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:bookmarkStart w:id="7" w:name="chk1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="chk1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DIZAINPARAUGA ATTĒLI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FF987A1" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="14A56C21" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -7164,91 +7006,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DIZAINPARAUGA APRAKSTS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42D4F6CB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="2931F47F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -7260,261 +7102,261 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>IZSTRĀDĀJUMA PARAUGS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F0C9246" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
+          <w:p w14:paraId="7C7D830D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:bookmarkStart w:id="8" w:name="chk3"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="chk3"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PILNVARA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2054810A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
+          <w:p w14:paraId="76197E88" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:bookmarkStart w:id="9" w:name="chk4"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="chk4"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
@@ -7594,51 +7436,51 @@
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPĀM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64E72EFA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
+          <w:p w14:paraId="4B182E80" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -7658,58 +7500,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> DOKUMENTU TULKOJUMI</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
@@ -7780,51 +7622,51 @@
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPĀM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14021E91" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
+          <w:p w14:paraId="79BCD184" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -7844,91 +7686,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>TIESĪBU NODOŠANAS AKTS VAI TML. DOKUMENTS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="305B49D0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
+          <w:p w14:paraId="5BBEC02B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="00443B22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="3402" w:hanging="3232"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -7948,105 +7790,105 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0073073E">
-[...6 lines deleted...]
-            <w:r w:rsidR="0073073E">
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CITI DOKUMENTI (NOSAUKT):</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:bookmarkStart w:id="10" w:name="txt9_1"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txt9_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="txt9_1"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
@@ -8076,82 +7918,82 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
-          <w:p w14:paraId="392B7FB0" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="3FDF1E58" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="3402" w:hanging="3232"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="46177005" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="432004E4" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AB61C62" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="0FC4E6F9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>A/</w:t>
             </w:r>
@@ -8161,132 +8003,132 @@
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PĀRSTĀVJA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
               <w:t>PARAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="076B9A9F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="0FDD9815" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
               <w:t>VĀRDS, UZVĀRDS, AMATS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="3EF6B8DA" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="76D49813" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C315ABE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="3E687F90" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="11" w:name="txtAttorneySignature"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C72E637" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="49F27DE5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtAttorneySignature"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="txtAttorneySignature"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8318,104 +8160,104 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001521A0" w14:paraId="0C581C35" w14:textId="77777777">
+      <w:tr w:rsidR="001521A0" w14:paraId="50AB4AB5" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A1E5A1D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="54DB0198" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">AIZPILDĪŠANAS DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="12" w:name="txtApplDate"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1973D8FD" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+          <w:p w14:paraId="70D90540" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtApplDate"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -8473,680 +8315,643 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B3EDCDF" w14:textId="019BDC23" w:rsidR="001521A0" w:rsidRDefault="00DB09EE">
+    <w:p w14:paraId="565DCF4E" w14:textId="6762A6C4" w:rsidR="001521A0" w:rsidRDefault="00F92702">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="14"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63403E24" wp14:editId="2772FE8B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55C470BD" wp14:editId="256679FD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-100965</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-6985</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="274320" cy="227965"/>
-                <wp:effectExtent l="0" t="1270" r="1905" b="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="289518636" name="Text Box 22"/>
+                <wp:docPr id="1711883982" name="Tekstlodziņš 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="274320" cy="227965"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
-                        <a:extLst>
-[...17 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="25E5281A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="4F59A908" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="63403E24" id="Text Box 22" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-7.95pt;margin-top:-.55pt;width:21.6pt;height:17.95pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkv0/54wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW2nUdBqbhpDG&#10;QBr7AMexE4vE11y7TcrXc+10XWFviBfL9nXOPefck83V2Hdsr9AbsCVfzOacKSuhNrYp+dP3u3cf&#10;OPNB2Fp0YFXJD8rzq+3bN5vBFSqHFrpaISMQ64vBlbwNwRVZ5mWreuFn4JSlogbsRaAjNlmNYiD0&#10;vsvy+fwyGwBrhyCV93R7OxX5NuFrrWT4qrVXgXUlJ24hrZjWKq7ZdiOKBoVrjTzSEP/AohfGUtMT&#10;1K0Igu3QvILqjUTwoMNMQp+B1kaqpIHULOZ/qXlshVNJC5nj3ckm//9g5cP+0X1DFsaPMNIAkwjv&#10;7kH+8MzCTStso64RYWiVqKnxIlqWDc4Xx0+j1b7wEaQavkBNQxa7AAlo1NhHV0gnI3QawOFkuhoD&#10;k3SZr5bvc6pIKuX5an15kTqI4vljhz58UtCzuCk50kwTuNjf+xDJiOL5Sexl4c50XZprZ/+4oIfx&#10;JpGPfCfmYaxGZuqSr2PfqKWC+kBqEKa0ULpp0wL+4mygpJTc/9wJVJx1ny05sl4slzFa6bC8WEUx&#10;eF6pzivCSoIqeeBs2t6EKY47h6ZpqdM0AwvX5KI2SeELqyN9SkMSfkxujNv5Ob16+b+2vwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAF57wQDdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I&#10;/IfISNy2pPtiK02nCcQVxAZI3LLGa6s1TtVka/n3807jZsuPXj9vth5cI87YhdqThmSsQCAV3tZU&#10;avjavY2WIEI0ZE3jCTX8YYB1fn+XmdT6nj7xvI2l4BAKqdFQxdimUoaiQmfC2LdIfDv4zpnIa1dK&#10;25mew10jJ0otpDM18YfKtPhSYXHcnpyG7/fD789MfZSvbt72flCS3Epq/fgwbJ5BRBziDYarPqtD&#10;zk57fyIbRKNhlMxXjF6HBAQDk6cpiL2G6WwJMs/k/wL5BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACS/T/njAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAF57wQDdAAAACAEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="55C470BD" id="Tekstlodziņš 3" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-7.95pt;margin-top:-.55pt;width:21.6pt;height:17.95pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkv0/54wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW2nUdBqbhpDG&#10;QBr7AMexE4vE11y7TcrXc+10XWFviBfL9nXOPefck83V2Hdsr9AbsCVfzOacKSuhNrYp+dP3u3cf&#10;OPNB2Fp0YFXJD8rzq+3bN5vBFSqHFrpaISMQ64vBlbwNwRVZ5mWreuFn4JSlogbsRaAjNlmNYiD0&#10;vsvy+fwyGwBrhyCV93R7OxX5NuFrrWT4qrVXgXUlJ24hrZjWKq7ZdiOKBoVrjTzSEP/AohfGUtMT&#10;1K0Igu3QvILqjUTwoMNMQp+B1kaqpIHULOZ/qXlshVNJC5nj3ckm//9g5cP+0X1DFsaPMNIAkwjv&#10;7kH+8MzCTStso64RYWiVqKnxIlqWDc4Xx0+j1b7wEaQavkBNQxa7AAlo1NhHV0gnI3QawOFkuhoD&#10;k3SZr5bvc6pIKuX5an15kTqI4vljhz58UtCzuCk50kwTuNjf+xDJiOL5Sexl4c50XZprZ/+4oIfx&#10;JpGPfCfmYaxGZuqSr2PfqKWC+kBqEKa0ULpp0wL+4mygpJTc/9wJVJx1ny05sl4slzFa6bC8WEUx&#10;eF6pzivCSoIqeeBs2t6EKY47h6ZpqdM0AwvX5KI2SeELqyN9SkMSfkxujNv5Ob16+b+2vwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAF57wQDdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I&#10;/IfISNy2pPtiK02nCcQVxAZI3LLGa6s1TtVka/n3807jZsuPXj9vth5cI87YhdqThmSsQCAV3tZU&#10;avjavY2WIEI0ZE3jCTX8YYB1fn+XmdT6nj7xvI2l4BAKqdFQxdimUoaiQmfC2LdIfDv4zpnIa1dK&#10;25mew10jJ0otpDM18YfKtPhSYXHcnpyG7/fD789MfZSvbt72flCS3Epq/fgwbJ5BRBziDYarPqtD&#10;zk57fyIbRKNhlMxXjF6HBAQDk6cpiL2G6WwJMs/k/wL5BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACS/T/njAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAF57wQDdAAAACAEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="25E5281A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                    <w:p w14:paraId="4F59A908" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>*</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="14"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7019AD00" wp14:editId="405E4D37">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C25EE2E" wp14:editId="2E7FD37E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-153670</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-1323340</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="274320" cy="227965"/>
-                <wp:effectExtent l="4445" t="0" r="0" b="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="762754062" name="Text Box 9"/>
+                <wp:docPr id="1969511085" name="Tekstlodziņš 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="274320" cy="227965"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
-                        <a:extLst>
-[...17 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="41763D47" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                          <w:p w14:paraId="1AF46109" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7019AD00" id="Text Box 9" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:-12.1pt;margin-top:-104.2pt;width:21.6pt;height:17.95pt;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBptj/F4gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8gOM4jUXia+51m5Sv59rpugJviBfL9nXOPefck/X12Hdib5AsuFIuZnMpjNNQW7ct5bev92/e&#10;SUFBuVp14EwpD4bk9eb1q/XgC5NDC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jguNoC9CnzEbVajGhi9&#10;77J8Pr/MBsDaI2hDxLd3U1FuEn7TGB0+Nw2ZILpSMreQVkxrFddss1bFFpVvrT7SUP/AolfWcdMT&#10;1J0KSuzQ/gXVW41A0ISZhj6DprHaJA2sZjH/Q81Tq7xJWtgc8ieb6P/B6sf9k/+CIozvYeQBJhHk&#10;H0B/J+HgtlVua24QYWiNqrnxIlqWDZ6K46fRaiooglTDJ6h5yGoXIAGNDfbRFdYpGJ0HcDiZbsYg&#10;NF/mq+XbnCuaS3m+urq8SB1U8fyxRwofDPQibkqJPNMErvYPFCIZVTw/ib0c3NuuS3Pt3G8X/DDe&#10;JPKR78Q8jNUobM3KUhqimArqA8tBmOLC8eZNC/hTioGjUkr6sVNopOg+OrbkarFcxmylw/JiFdXg&#10;eaU6ryinGaqUQYppexumPO482m3LnaYhOLhhGxubJL6wOvLnOCTlx+jGvJ2f06uXH2zzCwAA//8D&#10;AFBLAwQUAAYACAAAACEAuPhfo98AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9&#10;B2uRemvtRim0IU5VgXoFUX4kbm68TSLidRS7TXh7Nie47e6MZr/Jd6NrxRX70HjSsFoqEEiltw1V&#10;Gt7fDosNiBANWdN6Qg0/GGBXzG5yk1k/0Ctej7ESHEIhMxrqGLtMylDW6ExY+g6JtbPvnYm89pW0&#10;vRk43LUyUepOOtMQf6hNh481lt/Hi9Pw8Xz++kzVS/Xk1t3gRyXJbaXW89tx/wAi4hj/zDDhMzoU&#10;zHTyF7JBtBoWSZqwdRrUJgUxWbbc7sSX1X2yBlnk8n+J4hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBptj/F4gEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC4+F+j3wAAAAwBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="6C25EE2E" id="Tekstlodziņš 1" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:-12.1pt;margin-top:-104.2pt;width:21.6pt;height:17.95pt;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBptj/F4gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07ShW1nUdBqbhpDG&#10;QBp8gOM4jUXia+51m5Sv59rpugJviBfL9nXOPefck/X12Hdib5AsuFIuZnMpjNNQW7ct5bev92/e&#10;SUFBuVp14EwpD4bk9eb1q/XgC5NDC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jguNoC9CnzEbVajGhi9&#10;77J8Pr/MBsDaI2hDxLd3U1FuEn7TGB0+Nw2ZILpSMreQVkxrFddss1bFFpVvrT7SUP/AolfWcdMT&#10;1J0KSuzQ/gXVW41A0ISZhj6DprHaJA2sZjH/Q81Tq7xJWtgc8ieb6P/B6sf9k/+CIozvYeQBJhHk&#10;H0B/J+HgtlVua24QYWiNqrnxIlqWDZ6K46fRaiooglTDJ6h5yGoXIAGNDfbRFdYpGJ0HcDiZbsYg&#10;NF/mq+XbnCuaS3m+urq8SB1U8fyxRwofDPQibkqJPNMErvYPFCIZVTw/ib0c3NuuS3Pt3G8X/DDe&#10;JPKR78Q8jNUobM3KUhqimArqA8tBmOLC8eZNC/hTioGjUkr6sVNopOg+OrbkarFcxmylw/JiFdXg&#10;eaU6ryinGaqUQYppexumPO482m3LnaYhOLhhGxubJL6wOvLnOCTlx+jGvJ2f06uXH2zzCwAA//8D&#10;AFBLAwQUAAYACAAAACEAuPhfo98AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9&#10;B2uRemvtRim0IU5VgXoFUX4kbm68TSLidRS7TXh7Nie47e6MZr/Jd6NrxRX70HjSsFoqEEiltw1V&#10;Gt7fDosNiBANWdN6Qg0/GGBXzG5yk1k/0Ctej7ESHEIhMxrqGLtMylDW6ExY+g6JtbPvnYm89pW0&#10;vRk43LUyUepOOtMQf6hNh481lt/Hi9Pw8Xz++kzVS/Xk1t3gRyXJbaXW89tx/wAi4hj/zDDhMzoU&#10;zHTyF7JBtBoWSZqwdRrUJgUxWbbc7sSX1X2yBlnk8n+J4hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBptj/F4gEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC4+F+j3wAAAAwBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="41763D47" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+                    <w:p w14:paraId="1AF46109" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>*</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643D24D9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
+    <w:p w14:paraId="67E6BD19" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="007B7E9E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
         <w:t>JĀNORĀDA OBLIGĀTI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BB8DDF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="19F15927" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001521A0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04669291" w14:textId="77777777" w:rsidR="000132C6" w:rsidRDefault="000132C6">
+    <w:p w14:paraId="7D9F3B2C" w14:textId="77777777" w:rsidR="00F36ECF" w:rsidRDefault="00F36ECF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E118423" w14:textId="77777777" w:rsidR="000132C6" w:rsidRDefault="000132C6">
+    <w:p w14:paraId="0DDB1F42" w14:textId="77777777" w:rsidR="00F36ECF" w:rsidRDefault="00F36ECF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E3E7335" w14:textId="77777777" w:rsidR="000132C6" w:rsidRDefault="000132C6">
+    <w:p w14:paraId="4632B541" w14:textId="77777777" w:rsidR="00F36ECF" w:rsidRDefault="00F36ECF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CD6B83B" w14:textId="77777777" w:rsidR="000132C6" w:rsidRDefault="000132C6">
+    <w:p w14:paraId="673F1404" w14:textId="77777777" w:rsidR="00F36ECF" w:rsidRDefault="00F36ECF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29986EEF"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64282A32"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E4869630"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FEC049A"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="751F6C4C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="BB460734"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F0779BC"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="115105796">
+  <w:num w:numId="1" w16cid:durableId="990870084">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="714045347">
+  <w:num w:numId="2" w16cid:durableId="1168059064">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1696422596">
+  <w:num w:numId="3" w16cid:durableId="324749559">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1587574651">
+  <w:num w:numId="4" w16cid:durableId="2017074376">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="736827817">
+  <w:num w:numId="5" w16cid:durableId="1738044384">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="09YzM+964e6NbroVeb7TbxzChKkFtIcUWI2HMgDf8kI3ForSehjfpP928+booo7KPA/seBuXWdbgGUJi+VO2bQ==" w:salt="gldvqYpBQYq8D9aB1XW/0Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0iIGI4K82AAPpa8KLbQmHi4HpIuc4ve0OVnR5z88pXa9P5Tw9QI8aQBO+Gho5ScI62TiI8QSQhzL+zxYHs6tMg==" w:salt="PWUXAR87PHeBBKPp31afzg=="/>
   <w:defaultTabStop w:val="340"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001521A0"/>
     <w:rsid w:val="000132C6"/>
+    <w:rsid w:val="00025847"/>
     <w:rsid w:val="00067B5A"/>
     <w:rsid w:val="00093062"/>
     <w:rsid w:val="000E6C2F"/>
     <w:rsid w:val="001521A0"/>
+    <w:rsid w:val="001626AD"/>
     <w:rsid w:val="00181E92"/>
     <w:rsid w:val="001B0E47"/>
     <w:rsid w:val="002E1740"/>
     <w:rsid w:val="00347ADE"/>
     <w:rsid w:val="003E6E17"/>
     <w:rsid w:val="00443B22"/>
     <w:rsid w:val="00445283"/>
     <w:rsid w:val="00454A7A"/>
     <w:rsid w:val="004A7718"/>
+    <w:rsid w:val="004C44E2"/>
     <w:rsid w:val="004D755F"/>
+    <w:rsid w:val="005507F4"/>
     <w:rsid w:val="00582C7E"/>
     <w:rsid w:val="00583821"/>
     <w:rsid w:val="005B37A3"/>
     <w:rsid w:val="005C10B4"/>
     <w:rsid w:val="005C5EDD"/>
     <w:rsid w:val="0065142E"/>
     <w:rsid w:val="00695D2B"/>
     <w:rsid w:val="0073073E"/>
+    <w:rsid w:val="007404EE"/>
     <w:rsid w:val="00761069"/>
     <w:rsid w:val="007B46CA"/>
     <w:rsid w:val="007B7E9E"/>
     <w:rsid w:val="007E12C5"/>
     <w:rsid w:val="008C709F"/>
     <w:rsid w:val="009216D8"/>
     <w:rsid w:val="0094699D"/>
     <w:rsid w:val="00967FE1"/>
     <w:rsid w:val="009720C7"/>
     <w:rsid w:val="009F19CC"/>
     <w:rsid w:val="00A15975"/>
     <w:rsid w:val="00A83CFD"/>
     <w:rsid w:val="00BE205A"/>
     <w:rsid w:val="00C177FC"/>
     <w:rsid w:val="00C46DC3"/>
     <w:rsid w:val="00C83760"/>
     <w:rsid w:val="00CD6D34"/>
     <w:rsid w:val="00DB09EE"/>
     <w:rsid w:val="00E57F01"/>
     <w:rsid w:val="00E6496A"/>
     <w:rsid w:val="00E92044"/>
+    <w:rsid w:val="00E930DD"/>
     <w:rsid w:val="00F104D7"/>
+    <w:rsid w:val="00F36ECF"/>
+    <w:rsid w:val="00F81792"/>
+    <w:rsid w:val="00F92702"/>
+    <w:rsid w:val="00FC0C07"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4615F3D1"/>
+  <w14:docId w14:val="486D83FB"/>
+  <w14:defaultImageDpi w14:val="0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9501,214 +9306,312 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Parastatabula"/>
+    <w:uiPriority w:val="39"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
     <w:name w:val="Balonteksts Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C46DC3"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
+  <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Iestāde">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -9991,77 +9894,72 @@
 </ControlsStorage>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72229DD5-1EDB-4450-A2FF-B3FA79E55A38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0C85193-BE60-4C63-ACB3-D78D4C93D3D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>2215</Words>
   <Characters>1263</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3472</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>