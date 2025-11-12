--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -7,261 +7,285 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="4962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A659A2" w14:paraId="39FA6788" w14:textId="77777777">
+      <w:tr w:rsidR="00A659A2" w14:paraId="2855ED2E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754BA567" w14:textId="193D47B1" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="7A864690" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>SAŅEMŠANAS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72156617" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="0C4E0657" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>SAŅEMŠANAS DATUMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5662AAE4" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="0378D2AF" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2242C88B" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="4D37364D" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A659A2" w:rsidSect="004865ED">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77143C8F" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="5A2B00B0" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5279" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="317"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="1809"/>
         <w:gridCol w:w="317"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A659A2" w14:paraId="42158A29" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00A659A2" w14:paraId="55FF54D3" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="5E641F67" w14:textId="14AB1A3C" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="3EC63C2D" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PATENTU VALDEI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A659A2" w14:paraId="4C39C336" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00A659A2" w14:paraId="571B619F" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="0D24CEAF" w14:textId="6DB04EA9" w:rsidR="00F13DF4" w:rsidRDefault="00B11B83" w:rsidP="00476F41">
+          <w:p w14:paraId="3F66119F" w14:textId="5857DA28" w:rsidR="00F13DF4" w:rsidRDefault="008F23C6" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B11B83">
-[...8 lines deleted...]
-          <w:p w14:paraId="4F621545" w14:textId="5819B7E2" w:rsidR="00476F41" w:rsidRDefault="004C1BFD" w:rsidP="00476F41">
+            <w:r w:rsidRPr="008F23C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Citadeles iela 6A</w:t>
+            </w:r>
+            <w:r w:rsidR="00B11B83" w:rsidRPr="00B11B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>, Rīga, LV-10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B11B83" w:rsidRPr="00B11B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49BEDAFA" w14:textId="77777777" w:rsidR="00476F41" w:rsidRDefault="004C1BFD" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Latvija</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2616FFEA" w14:textId="6C504CAA" w:rsidR="00A659A2" w:rsidRDefault="00476F41" w:rsidP="00476F41">
+          <w:p w14:paraId="39E376F9" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00476F41" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">E-pasts: </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="004A69F2" w:rsidRPr="00E930DD">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:noProof/>
@@ -275,383 +299,375 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004C1BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Tālr.:</w:t>
             </w:r>
             <w:r w:rsidR="004C1BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>+371 67099600</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00D6D1C2" w14:textId="36C8C760" w:rsidR="002040D4" w:rsidRDefault="002040D4" w:rsidP="00476F41">
+          <w:p w14:paraId="6657F33D" w14:textId="77777777" w:rsidR="002040D4" w:rsidRDefault="002040D4" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006142F2" w14:paraId="23A02295" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="006142F2" w14:paraId="6440BC1B" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09FC0032" w14:textId="77777777" w:rsidR="006142F2" w:rsidRDefault="006142F2">
+          <w:p w14:paraId="507CF145" w14:textId="77777777" w:rsidR="006142F2" w:rsidRDefault="006142F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A659A2" w14:paraId="3B54769E" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00A659A2" w14:paraId="3A5C02A8" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="515B6C3E" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="227D420F" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:pStyle w:val="Virsraksts2"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>LŪDZU REĢISTRĒT PREČU ZĪMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF27D4" w14:paraId="064BD1A4" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00AF27D4" w14:paraId="6ADBDF1B" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32575B0C" w14:textId="77777777" w:rsidR="00AF27D4" w:rsidRDefault="00AF27D4" w:rsidP="00B319D8">
+          <w:p w14:paraId="76DEAC43" w14:textId="77777777" w:rsidR="00AF27D4" w:rsidRDefault="00AF27D4" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(550)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4287" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4CB86B" w14:textId="77777777" w:rsidR="00AF27D4" w:rsidRDefault="00AF27D4" w:rsidP="00B319D8">
+          <w:p w14:paraId="5783803F" w14:textId="77777777" w:rsidR="00AF27D4" w:rsidRDefault="00AF27D4" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ZĪMES VEIDS</w:t>
             </w:r>
             <w:r w:rsidR="00121B05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (jāatzīmē </w:t>
             </w:r>
             <w:r w:rsidR="00121B05" w:rsidRPr="000E0F26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>tikai viens</w:t>
             </w:r>
             <w:r w:rsidR="00121B05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> veids)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w:rsidRPr="00347B58" w14:paraId="6A486632" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w:rsidRPr="00347B58" w14:paraId="58074EB2" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25B64238" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="100AF012" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C171650" w14:textId="35EB9F6F" w:rsidR="00357CAA" w:rsidRPr="00347B58" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="0EA88D54" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRPr="00347B58" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBFEF33" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="73427820" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">VĀRDISKA ZĪME </w:t>
             </w:r>
             <w:r w:rsidRPr="00347B58">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">(PUBLICĒŠANAI STANDARTA RAKSTĪBĀ) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF67BA" w:rsidRPr="00357CAA" w14:paraId="64C7C4B2" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00AF67BA" w:rsidRPr="00357CAA" w14:paraId="72262CEB" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="768570F1" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRDefault="00AF67BA" w:rsidP="00B319D8">
+          <w:p w14:paraId="2B62F23C" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRDefault="00AF67BA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1298AC8D" w14:textId="71DB60DD" w:rsidR="00AF67BA" w:rsidRDefault="00AF67BA" w:rsidP="00B319D8">
+          <w:p w14:paraId="0DF3AD09" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRDefault="00AF67BA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357CAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>ZĪMES VĀRDISKĀ DAĻA:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2869" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="784AB327" w14:textId="630582ED" w:rsidR="00AF67BA" w:rsidRPr="00ED6023" w:rsidRDefault="00795909" w:rsidP="000C131C">
+          <w:p w14:paraId="5841DF73" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRPr="00ED6023" w:rsidRDefault="00795909" w:rsidP="000C131C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77" w:right="350"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="80"/>
                   </w:textInput>
                 </w:ffData>
@@ -709,1110 +725,1030 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D57D5" w14:paraId="2161B519" w14:textId="77777777" w:rsidTr="00B5718D">
+      <w:tr w:rsidR="005D57D5" w14:paraId="4AA06094" w14:textId="77777777" w:rsidTr="00B5718D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED1BF4C" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="005D57D5" w:rsidP="00B319D8">
+          <w:p w14:paraId="3D963406" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="005D57D5" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA4B042" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="005D57D5" w:rsidP="00B319D8">
+          <w:p w14:paraId="46569F60" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="005D57D5" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0AB229" w14:textId="526819D1" w:rsidR="005D57D5" w:rsidRDefault="005D57D5" w:rsidP="00B319D8">
+          <w:p w14:paraId="042CED83" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="005D57D5" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>FIGURĀLA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="071D8412" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w14:paraId="531F9328" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6D50A1" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="05A5EB21" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48BB1471" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="493A10E7" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0C18BA" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="53A7456F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>TELPISKA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="74109F4C" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w14:paraId="6B68A173" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12605A9E" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="7D5D4B95" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15811C18" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="7F297C1A" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="151F7D25" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="758ADDB7" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NOVIETOJUMA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="04629D03" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w14:paraId="5B39A008" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CBC22EA" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="2806AF3E" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18945209" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="237D97BF" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1BF3BF" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="24333309" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ORNAMENTA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="593F2C9F" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w14:paraId="4331BF26" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="562E3F86" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="4CBD42D9" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4747E3CD" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="13BA66E9" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BFB0D6F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="710AB795" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KRĀSU ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="21F2B413" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w14:paraId="7F205E97" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="679FACAC" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="667EDD8F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73B02550" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="2C069F1A" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47945E4E" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="15126E5B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>SKAŅU ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="2926DD7F" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w14:paraId="41CF135D" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76F2F94B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="17D9B647" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62529B85" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="1632792B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16251F1A" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="295F2304" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KUSTĪBU ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="7A3B791E" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w14:paraId="3F189404" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="530C1BB1" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="4026B87E" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="128F24E1" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="28808E38" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18867B78" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="66DCC904" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>MULTIVIDES ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="0FFB777F" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w14:paraId="470BF775" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56A25B86" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="2CF33712" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9E059D" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="09946A4F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="224A1B06" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="1DBF1817" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D683F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>HOLOGRĀFISKA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="1D16EAEB" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00357CAA" w14:paraId="5F44D4CA" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D23ED19" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="312119D3" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="264BA722" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="5DE870B8" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F578F08" w14:textId="1FA8878C" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="39391E1B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">CITA ZĪME </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(NOSAUKT</w:t>
@@ -1912,536 +1848,520 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001573D9" w14:paraId="5FD6DB54" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="001573D9" w14:paraId="15D7DE1D" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6501199B" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
+          <w:p w14:paraId="6EA42132" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7640470B" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
+          <w:p w14:paraId="299A76DF" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AF26344" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
+          <w:p w14:paraId="25CF1EA8" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00357CAA" w14:paraId="791C5ABD" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00357CAA" w14:paraId="4B417B98" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="133EF804" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="1570B22A" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(551)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71BD5F3B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="1F6FAE81" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08FB59F7" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="1A865C03" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KOLEKTĪVĀ ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB71234" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="2F84AE11" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63421494" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="101686E3" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>SERTIFIKĀCIJAS ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4FD1F0DB" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="000F6ECB" w:rsidP="00B319D8">
+    <w:p w14:paraId="2A2F5AD9" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="000F6ECB" w:rsidP="00B319D8">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4411E67D" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="000F6ECB">
+    <w:p w14:paraId="75BD0E7F" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="000F6ECB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DC41695" w14:textId="4B16F1EC" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
+    <w:p w14:paraId="70E20BE7" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4329" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1756"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="2027"/>
         <w:gridCol w:w="276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A659A2" w14:paraId="231E92AE" w14:textId="77777777" w:rsidTr="009A3115">
+      <w:tr w:rsidR="00A659A2" w14:paraId="4606B906" w14:textId="77777777" w:rsidTr="009A3115">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4329" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="66A355C7" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="2AEFA12B" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:ind w:left="1451"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PREČU ZĪMES</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>REĢISTRĀCIJAS PIETEIKUMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A659A2" w14:paraId="4DBC127A" w14:textId="77777777" w:rsidTr="009A3115">
+      <w:tr w:rsidR="00A659A2" w14:paraId="7487DA0B" w14:textId="77777777" w:rsidTr="009A3115">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4329" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="66EDD974" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="0AF5032F" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="1451"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>TRADEMARK APPLICATION</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A659A2" w14:paraId="5E873B81" w14:textId="77777777" w:rsidTr="00FD1715">
+      <w:tr w:rsidR="00A659A2" w14:paraId="71568354" w14:textId="77777777" w:rsidTr="00FD1715">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1756" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="431DBC45" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD" w:rsidP="007F260F">
+          <w:p w14:paraId="1AC4CC23" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD" w:rsidP="007F260F">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005667FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJA ŠIFRS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66CC76C2" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="0AD8232D" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B255B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF4EC8F" w14:textId="745263B6" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="20CA1B43" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF63F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
@@ -2529,534 +2449,635 @@
             </w:r>
             <w:r w:rsidRPr="000B255B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> IF Check1  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000B255B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B23FBFE" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="0484AFBC" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B255B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1715" w14:paraId="7AD54125" w14:textId="77777777" w:rsidTr="00357CAA">
+      <w:tr w:rsidR="00FD1715" w14:paraId="62F602C8" w14:textId="77777777" w:rsidTr="00357CAA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="4379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4329" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0502A400" w14:textId="77777777" w:rsidR="00FD1715" w:rsidRDefault="00FD1715" w:rsidP="00DD50A8">
+          <w:p w14:paraId="1EF92B06" w14:textId="77777777" w:rsidR="00FD1715" w:rsidRDefault="00FD1715" w:rsidP="00DD50A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(540)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E23A88">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="515A4933" w14:textId="77777777" w:rsidR="00FD1715" w:rsidRDefault="00FD1715" w:rsidP="00DD50A8">
+          <w:p w14:paraId="57F4423F" w14:textId="77777777" w:rsidR="00FD1715" w:rsidRDefault="00FD1715" w:rsidP="00DD50A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD50A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ZĪMES ATVEIDOJUMS</w:t>
             </w:r>
             <w:r w:rsidR="00FF2800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ATTĒLS)</w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-[...29 lines deleted...]
-                  </w:rPr>
+          <w:p w14:paraId="509E4626" w14:textId="49764715" w:rsidR="00FD1715" w:rsidRDefault="00113B17" w:rsidP="009A3115">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BA5CBF3" wp14:editId="677664E0">
-[...5 lines deleted...]
-                      </wp:cNvGraphicFramePr>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251741184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5991D5B5" wp14:editId="1F0844BD">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>208915</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>43180</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2286000" cy="2286000"/>
+                      <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2001826634" name="Tekstlodziņš 28"/>
+                      <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...31 lines deleted...]
-                            <pic:spPr bwMode="auto">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="2280863" cy="2280863"/>
+                                <a:ext cx="2286000" cy="2286000"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
-                              <a:noFill/>
-[...1 lines deleted...]
-                                <a:noFill/>
+                              <a:solidFill>
+                                <a:schemeClr val="lt1"/>
+                              </a:solidFill>
+                              <a:ln w="6350">
+                                <a:solidFill>
+                                  <a:prstClr val="black"/>
+                                </a:solidFill>
                               </a:ln>
-                            </pic:spPr>
-                          </pic:pic>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:sdt>
+                                  <w:sdtPr>
+                                    <w:id w:val="-783813106"/>
+                                    <w:showingPlcHdr/>
+                                    <w:picture/>
+                                  </w:sdtPr>
+                                  <w:sdtContent>
+                                    <w:p w14:paraId="6BD2EE5B" w14:textId="2EC263AE" w:rsidR="00113B17" w:rsidRDefault="00113B17">
+                                      <w:r>
+                                        <w:rPr>
+                                          <w:noProof/>
+                                        </w:rPr>
+                                        <w:drawing>
+                                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43C1AC94" wp14:editId="5B97B6FE">
+                                            <wp:extent cx="2133600" cy="2133600"/>
+                                            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                            <wp:docPr id="3" name="Attēls 29"/>
+                                            <wp:cNvGraphicFramePr>
+                                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                                            </wp:cNvGraphicFramePr>
+                                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                                  <pic:nvPicPr>
+                                                    <pic:cNvPr id="0" name="Picture 3"/>
+                                                    <pic:cNvPicPr>
+                                                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                                    </pic:cNvPicPr>
+                                                  </pic:nvPicPr>
+                                                  <pic:blipFill>
+                                                    <a:blip r:embed="rId13">
+                                                      <a:extLst>
+                                                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                                        </a:ext>
+                                                      </a:extLst>
+                                                    </a:blip>
+                                                    <a:srcRect/>
+                                                    <a:stretch>
+                                                      <a:fillRect/>
+                                                    </a:stretch>
+                                                  </pic:blipFill>
+                                                  <pic:spPr bwMode="auto">
+                                                    <a:xfrm>
+                                                      <a:off x="0" y="0"/>
+                                                      <a:ext cx="2133600" cy="2133600"/>
+                                                    </a:xfrm>
+                                                    <a:prstGeom prst="rect">
+                                                      <a:avLst/>
+                                                    </a:prstGeom>
+                                                    <a:noFill/>
+                                                    <a:ln>
+                                                      <a:noFill/>
+                                                    </a:ln>
+                                                  </pic:spPr>
+                                                </pic:pic>
+                                              </a:graphicData>
+                                            </a:graphic>
+                                          </wp:inline>
+                                        </w:drawing>
+                                      </w:r>
+                                    </w:p>
+                                  </w:sdtContent>
+                                </w:sdt>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
-                    </wp:inline>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
                   </w:drawing>
-                </w:r>
-[...2 lines deleted...]
-          </w:sdt>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="5991D5B5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Tekstlodziņš 28" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:16.45pt;margin-top:3.4pt;width:180pt;height:180pt;z-index:251741184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHNUBOMgIAAH0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+ykadYZcYosRYYB&#10;QVsgHXpWZCk2KouapMTOfv0o2Xl1Ow27yHzpE/mR9PS+rRXZC+sq0DkdDlJKhOZQVHqb0x8vy093&#10;lDjPdMEUaJHTg3D0fvbxw7QxmRhBCaoQliCIdlljclp6b7IkcbwUNXMDMEKjU4KtmUfVbpPCsgbR&#10;a5WM0nSSNGALY4EL59D60DnpLOJLKbh/ktIJT1ROMTcfTxvPTTiT2ZRlW8tMWfE+DfYPWdSs0vjo&#10;CeqBeUZ2tvoDqq64BQfSDzjUCUhZcRFrwGqG6btq1iUzItaC5Dhzosn9P1j+uF+bZ0t8+xVabGAg&#10;pDEuc2gM9bTS1uGLmRL0I4WHE22i9YSjcTS6m6Qpujj6jgriJOfrxjr/TUBNgpBTi32JdLH9yvku&#10;9BgSXnOgqmJZKRWVMAtioSzZM+yi8jFJBL+KUpo0OZ3c3KYR+MoXoE/3N4rxt1DmNQJqSqPxXHyQ&#10;fLtpe0Y2UByQKAvdDDnDlxXirpjzz8zi0CABuAj+CQ+pAJOBXqKkBPvrb/YQj71ELyUNDmFO3c8d&#10;s4IS9V1jl78Mx+MwtVEZ334eoWIvPZtLj97VC0CGhrhyhkcxxHt1FKWF+hX3ZR5eRRfTHN/OqT+K&#10;C9+tBu4bF/N5DMI5Ncyv9NrwAB06Evh8aV+ZNX0/PY7CIxzHlWXv2trFhpsa5jsPsoo9DwR3rPa8&#10;44zHtvT7GJboUo9R57/G7DcAAAD//wMAUEsDBBQABgAIAAAAIQDRXguJ2AAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTE/LTsMwELwj8Q/WInGjDq0UJSFOBahw4URBnLexa0fE68h20/D3bE9w29kZ&#10;zaPdLn4Us4lpCKTgflWAMNQHPZBV8PnxcleBSBlJ4xjIKPgxCbbd9VWLjQ5nejfzPlvBJpQaVOBy&#10;nhopU++Mx7QKkyHmjiF6zAyjlTrimc39KNdFUUqPA3GCw8k8O9N/709ewe7J1ravMLpdpYdhXr6O&#10;b/ZVqdub5fEBRDZL/hPDpT5Xh447HcKJdBKjgs26ZqWCkgcwvakv+MBHyR/ZtfL/gO4XAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAxzVATjICAAB9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0V4LidgAAAAIAQAADwAAAAAAAAAAAAAAAACMBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:sdt>
+                            <w:sdtPr>
+                              <w:id w:val="-783813106"/>
+                              <w:showingPlcHdr/>
+                              <w:picture/>
+                            </w:sdtPr>
+                            <w:sdtContent>
+                              <w:p w14:paraId="6BD2EE5B" w14:textId="2EC263AE" w:rsidR="00113B17" w:rsidRDefault="00113B17">
+                                <w:r>
+                                  <w:rPr>
+                                    <w:noProof/>
+                                  </w:rPr>
+                                  <w:drawing>
+                                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43C1AC94" wp14:editId="5B97B6FE">
+                                      <wp:extent cx="2133600" cy="2133600"/>
+                                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                      <wp:docPr id="3" name="Attēls 29"/>
+                                      <wp:cNvGraphicFramePr>
+                                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                                      </wp:cNvGraphicFramePr>
+                                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                            <pic:nvPicPr>
+                                              <pic:cNvPr id="0" name="Picture 3"/>
+                                              <pic:cNvPicPr>
+                                                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                              </pic:cNvPicPr>
+                                            </pic:nvPicPr>
+                                            <pic:blipFill>
+                                              <a:blip r:embed="rId13">
+                                                <a:extLst>
+                                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                                  </a:ext>
+                                                </a:extLst>
+                                              </a:blip>
+                                              <a:srcRect/>
+                                              <a:stretch>
+                                                <a:fillRect/>
+                                              </a:stretch>
+                                            </pic:blipFill>
+                                            <pic:spPr bwMode="auto">
+                                              <a:xfrm>
+                                                <a:off x="0" y="0"/>
+                                                <a:ext cx="2133600" cy="2133600"/>
+                                              </a:xfrm>
+                                              <a:prstGeom prst="rect">
+                                                <a:avLst/>
+                                              </a:prstGeom>
+                                              <a:noFill/>
+                                              <a:ln>
+                                                <a:noFill/>
+                                              </a:ln>
+                                            </pic:spPr>
+                                          </pic:pic>
+                                        </a:graphicData>
+                                      </a:graphic>
+                                    </wp:inline>
+                                  </w:drawing>
+                                </w:r>
+                              </w:p>
+                            </w:sdtContent>
+                          </w:sdt>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="623125A5" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="12D5B0D7" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="127E18DD" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="2AEDD716" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A659A2" w:rsidSect="004865ED">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="992" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="1134" w:equalWidth="0">
             <w:col w:w="4820" w:space="283"/>
             <w:col w:w="4678"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10208" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="420"/>
         <w:gridCol w:w="1133"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="290"/>
         <w:gridCol w:w="139"/>
         <w:gridCol w:w="705"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="139"/>
         <w:gridCol w:w="192"/>
         <w:gridCol w:w="145"/>
         <w:gridCol w:w="201"/>
         <w:gridCol w:w="505"/>
         <w:gridCol w:w="91"/>
         <w:gridCol w:w="190"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="603"/>
         <w:gridCol w:w="279"/>
         <w:gridCol w:w="555"/>
         <w:gridCol w:w="296"/>
         <w:gridCol w:w="144"/>
         <w:gridCol w:w="1558"/>
         <w:gridCol w:w="394"/>
         <w:gridCol w:w="1453"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064337F" w14:paraId="26860940" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="0064337F" w14:paraId="074B17B5" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
           </w:tcPr>
-          <w:p w14:paraId="2C6A64F9" w14:textId="3B2F68D0" w:rsidR="0064337F" w:rsidRDefault="0064337F" w:rsidP="003D6234">
+          <w:p w14:paraId="01613C90" w14:textId="4715053B" w:rsidR="0064337F" w:rsidRDefault="0078385C" w:rsidP="003D6234">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F70284C" wp14:editId="28A0A599">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D331E11" wp14:editId="5284AE06">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-107950</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-43180</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="266065"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="635"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="1" name="Text Box 18"/>
+                      <wp:docPr id="1691329503" name="Tekstlodziņš 27"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="266065"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="1810E316" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00EB702D" w:rsidP="00EB702D">
+                                <w:p w14:paraId="5977191F" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00EB702D" w:rsidP="00EB702D">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="4F70284C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-                    <v:shape id="Text Box 18" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:-3.4pt;width:21.6pt;height:20.95pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/EH1c3wEAAKADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0nQz4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17ESSSPjznkN5cTUPP9gq9AVvx5SLnTFkJjbFtxR+/3715&#10;x5kPwjaiB6sqflCeX21fv9qMrlQFdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsJTXgIAI9sc0aFCOh&#10;D31W5Pk6GwEbhyCV9xS9nZN8m/C1VjJ81dqrwPqKE7eQTkxnHc9suxFli8J1Rh5piH9gMQhjqekJ&#10;6lYEwXZoXkANRiJ40GEhYchAayNV0kBqlvlfah464VTSQuZ4d7LJ/z9Y+WX/4L4hC9MHmGiASYR3&#10;9yB/eGbhphO2VdeIMHZKNNR4GS3LRufL46fRal/6CFKPn6GhIYtdgAQ0aRyiK6STEToN4HAyXU2B&#10;SQoWl6u3BWUkpYr1Ol9fpA6ifPrYoQ8fFQwsXiqONNMELvb3PkQyonwqib0s3Jm+T3Pt7R8BKoyR&#10;RD7ynZmHqZ6oOoqooTmQDIR5TWit6dIB/uJspBWpuP+5E6g46z9ZsuL9crWKO5Ueq4vLqALPM/V5&#10;RlhJUBUPnM3XmzDv4c6haTvqNJtv4Zrs0yZJe2Z15E1rkBQfVzbu2fk7VT3/WNvfAAAA//8DAFBL&#10;AwQUAAYACAAAACEAGZX4y90AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70h7h8hI&#10;3LakhXWsNJ0QiCuIwZB2yxqvrdY4VZOt5e0xJ7jZ8q/f31dsJteJCw6h9aQhWSgQSJW3LdUaPj9e&#10;5vcgQjRkTecJNXxjgE05uypMbv1I73jZxlpwCYXcaGhi7HMpQ9WgM2HheyS+Hf3gTOR1qKUdzMjl&#10;rpOpUpl0piX+0JgenxqsTtuz07B7Pe6/7tRb/eyW/egnJcmtpdY319PjA4iIU/wLwy8+o0PJTAd/&#10;JhtEp2GerNgl8pCxAgfSLAVx0HC7TECWhfwvUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA/xB9XN8BAACgAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAGZX4y90AAAAIAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="1D331E11" id="Tekstlodziņš 27" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:-3.4pt;width:21.6pt;height:20.95pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyA4b+4QEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JVx2kFy0GaIEWB&#10;9AGk+QCKIi2iEpdd0pbcr++SUhy3uRW9ECSXmp2ZHW2uxr5jB4XegK34cpFzpqyExthdxR+/3715&#10;x5kPwjaiA6sqflSeX21fv9oMrlQFtNA1ChmBWF8OruJtCK7MMi9b1Qu/AKcsFTVgLwIdcZc1KAZC&#10;77usyPN1NgA2DkEq7+n2dirybcLXWsnwVWuvAusqTtxCWjGtdVyz7UaUOxSuNXKmIf6BRS+MpaYn&#10;qFsRBNujeQHVG4ngQYeFhD4DrY1USQOpWeZ/qXlohVNJC5nj3ckm//9g5ZfDg/uGLIwfYKQBJhHe&#10;3YP84ZmFm1bYnbpGhKFVoqHGy2hZNjhfzp9Gq33pI0g9fIaGhiz2ARLQqLGPrpBORug0gOPJdDUG&#10;JumyuFy9LagiqVSs1/n6InUQ5dPHDn34qKBncVNxpJkmcHG49yGSEeXTk9jLwp3pujTXzv5xQQ/j&#10;TSIf+U7Mw1iPzDSzsqilhuZIahCmtFC6adMC/uJsoKRU3P/cC1ScdZ8sOfJ+uVrFaKXD6uIyisHz&#10;Sn1eEVYSVMUDZ9P2Jkxx3Ds0u5Y6TTOwcE0uapMUPrOa6VMakvA5uTFu5+f06vn/2v4GAAD//wMA&#10;UEsDBBQABgAIAAAAIQAZlfjL3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSHuH&#10;yEjctqSFdaw0nRCIK4jBkHbLGq+t1jhVk63l7TEnuNnyr9/fV2wm14kLDqH1pCFZKBBIlbct1Ro+&#10;P17m9yBCNGRN5wk1fGOATTm7Kkxu/UjveNnGWnAJhdxoaGLscylD1aAzYeF7JL4d/eBM5HWopR3M&#10;yOWuk6lSmXSmJf7QmB6fGqxO27PTsHs97r/u1Fv97Jb96Cclya2l1jfX0+MDiIhT/AvDLz6jQ8lM&#10;B38mG0SnYZ6s2CXykLECB9IsBXHQcLtMQJaF/C9Q/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDyA4b+4QEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAZlfjL3QAAAAgBAAAPAAAAAAAAAAAAAAAAADsEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="1810E316" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00EB702D" w:rsidP="00EB702D">
+                          <w:p w14:paraId="5977191F" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00EB702D" w:rsidP="00EB702D">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08B07B14" w14:textId="77777777" w:rsidR="0064337F" w:rsidRDefault="0064337F" w:rsidP="003D6234">
+          <w:p w14:paraId="0A5D246D" w14:textId="77777777" w:rsidR="0064337F" w:rsidRDefault="0064337F" w:rsidP="003D6234">
             <w:pPr>
               <w:ind w:left="284" w:hanging="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">   -</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t>JĀNORĀDA OBLIGĀTI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="756E60D7" w14:textId="77777777" w:rsidR="0064337F" w:rsidRDefault="0064337F" w:rsidP="003D6234">
+          <w:p w14:paraId="324B2159" w14:textId="77777777" w:rsidR="0064337F" w:rsidRDefault="0064337F" w:rsidP="003D6234">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A659A2" w14:paraId="4F3CD09A" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00A659A2" w14:paraId="363AFEBF" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A8C9BAC" w14:textId="50AFF6E7" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD" w:rsidP="00476F41">
+          <w:p w14:paraId="66D937B5" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -3067,64 +3088,64 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>KRĀSU SALIKUMA APRAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A659A2" w14:paraId="13A8090C" w14:textId="77777777" w:rsidTr="00B40FDC">
+      <w:tr w:rsidR="00A659A2" w14:paraId="44614C56" w14:textId="77777777" w:rsidTr="00B40FDC">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A874D29" w14:textId="638BF713" w:rsidR="000F6ECB" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="104BBB68" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7513"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3181,61 +3202,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A659A2" w14:paraId="4969683A" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00A659A2" w14:paraId="01A74D65" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="306FBB19" w14:textId="497DEE8C" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="63BA6AFD" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(571)</w:instrText>
@@ -3245,65 +3266,65 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEIKTĀ APZĪMĒJUMA APRAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A659A2" w14:paraId="31C4896C" w14:textId="77777777" w:rsidTr="00B40FDC">
+      <w:tr w:rsidR="00A659A2" w14:paraId="5AF74179" w14:textId="77777777" w:rsidTr="00B40FDC">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BD0511C" w14:textId="469788B6" w:rsidR="00A659A2" w:rsidRDefault="00010A6D">
+          <w:p w14:paraId="0A50DB3C" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00010A6D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7513"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3360,65 +3381,65 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F6729" w14:paraId="6A7C2D5C" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="009F6729" w14:paraId="5CE63E7E" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24EE1D07" w14:textId="725312D9" w:rsidR="009F6729" w:rsidRDefault="009F6729">
+          <w:p w14:paraId="5A979888" w14:textId="77777777" w:rsidR="009F6729" w:rsidRDefault="009F6729">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -3539,227 +3560,205 @@
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:sym w:font="Arial" w:char="2013"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DDC60D8" w14:textId="77777777" w:rsidR="009F6729" w:rsidRDefault="009F6729" w:rsidP="00A84B76">
+          <w:p w14:paraId="04C38C33" w14:textId="77777777" w:rsidR="009F6729" w:rsidRDefault="009F6729" w:rsidP="00A84B76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE, VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VALSTS KODS)</w:t>
             </w:r>
             <w:r w:rsidRPr="00C029E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00676FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>(JURIDISKĀS PERSONAS NORĀDA SAVU JURIDISKO ADRESI, LATVIJAS FIZISKĀS PERSONAS – DEKLARĒTĀS DZĪVESVIETAS ADRESI, ĀRVALSTU FIZISKĀS PERSONAS – PASTĀVĪGĀS DZĪVESVIETAS ADRESI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A659A2" w14:paraId="14535C48" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00A659A2" w14:paraId="35DBE402" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1489"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2109EADA" w14:textId="2A303807" w:rsidR="00A659A2" w:rsidRDefault="00010A6D">
+          <w:p w14:paraId="07F849EF" w14:textId="4D29056A" w:rsidR="00A659A2" w:rsidRDefault="0078385C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E9E761C" wp14:editId="76ACCF92">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D152F8B" wp14:editId="12EA9A2A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1633220</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-438150</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="280800" cy="280800"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+                      <wp:extent cx="280670" cy="280670"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="11" name="Text Box 14"/>
+                      <wp:docPr id="149244036" name="Tekstlodziņš 25"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="280800" cy="280800"/>
+                                <a:ext cx="280670" cy="280670"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="231C46B8" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
+                                <w:p w14:paraId="5E5702EF" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="7E9E761C" id="Text Box 14" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:128.6pt;margin-top:-34.5pt;width:22.1pt;height:22.1pt;z-index:251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnbSsC2wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlVoERNV8uuFiEt&#10;LNLCBziO01gkHjPjNilfz9jJdgvcEBdrPOO8ee/NZHs19p04GiQLrpTLRS6FcRpq6/al/Pb17tVG&#10;CgrK1aoDZ0p5MiSvdi9fbAdfmBW00NUGBYM4KgZfyjYEX2QZ6db0ihbgjeNiA9irwFfcZzWqgdH7&#10;Llvl+ZtsAKw9gjZEnL2dinKX8JvG6PDQNGSC6ErJ3EI6MZ1VPLPdVhV7VL61eqah/oFFr6zjpmeo&#10;WxWUOKD9C6q3GoGgCQsNfQZNY7VJGljNMv9DzWOrvEla2BzyZ5vo/8Hqz8dH/wVFGN/DyANMIsjf&#10;g/5OwsFNq9zeXCPC0BpVc+NltCwbPBXzp9FqKiiCVMMnqHnI6hAgAY0N9tEV1ikYnQdwOptuxiA0&#10;J1ebfJNzRXNpjmMHVTx97JHCBwO9iEEpkWeawNXxnsL09OlJ7OXgznZdmmvnfkswZswk8pHvxDyM&#10;1ShsPSuLWiqoT6wGYdoW3m4OWsCfUgy8KaWkHweFRoruo2NH3i3X67ha6bJ+/XbFF7ysVJcV5TRD&#10;lTJIMYU3YVrHg0e7b7nTNAMH1+xiY5PCZ1Yzfd6G5NG8uXHdLu/p1fP/tfsFAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCMCtnw4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Nb8IwDIbvk/gPkZF2g4Su&#10;MOiaIrRp102wD2m30Ji2onGqJtDu3887bUfbj14/b74dXSuu2IfGk4bFXIFAKr1tqNLw/vY8W4MI&#10;0ZA1rSfU8I0BtsXkJjeZ9QPt8XqIleAQCpnRUMfYZVKGskZnwtx3SHw7+d6ZyGNfSdubgcNdKxOl&#10;VtKZhvhDbTp8rLE8Hy5Ow8fL6eszVa/Vk1t2gx+VJLeRWt9Ox90DiIhj/IPhV5/VoWCno7+QDaLV&#10;kCzvE0Y1zFYbLsXEnVqkII68SdI1yCKX/zsUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDnbSsC2wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCMCtnw4AAAAAsBAAAPAAAAAAAAAAAAAAAAADUEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="4D152F8B" id="Tekstlodziņš 25" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:128.6pt;margin-top:-34.5pt;width:22.1pt;height:22.1pt;z-index:251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDodyn23gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrso2o6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+xkXYE3xIt1vnO++77vLtvrse/EwSBZcIVcLZZSGKehsq4p5Lev92+u&#10;pKCgXKU6cKaQR0Pyevf61XbwuVlDC11lUDCIo3zwhWxD8HmWkW5Nr2gB3jgu1oC9CnzFJqtQDYze&#10;d9l6ubzIBsDKI2hDxNm7qSh3Cb+ujQ6PdU0miK6QzC2kE9NZxjPbbVXeoPKt1TMN9Q8semUdNz1B&#10;3amgxB7tX1C91QgEdVho6DOoa6tN0sBqVss/1Dy1ypukhc0hf7KJ/h+s/nx48l9QhPE9jDzAJIL8&#10;A+jvJBzctso15gYRhtaoihuvomXZ4CmfP41WU04RpBw+QcVDVvsACWissY+usE7B6DyA48l0Mwah&#10;Obm+Wl5cckVzaY5jB5U/f+yRwgcDvYhBIZFnmsDV4YHC9PT5Sezl4N52XZpr535LMGbMJPKR78Q8&#10;jOUobMXNo7KopYTqyGoQpm3h7eagBfwpxcCbUkj6sVdopOg+Onbk3WqziauVLpu3l2u+4HmlPK8o&#10;pxmqkEGKKbwN0zruPdqm5U7TDBzcsIu1TQpfWM30eRuSR/PmxnU7v6dXL//X7hcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQCMCtnw4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Nb8IwDIbvk/gPkZF2&#10;g4SuMOiaIrRp102wD2m30Ji2onGqJtDu3887bUfbj14/b74dXSuu2IfGk4bFXIFAKr1tqNLw/vY8&#10;W4MI0ZA1rSfU8I0BtsXkJjeZ9QPt8XqIleAQCpnRUMfYZVKGskZnwtx3SHw7+d6ZyGNfSdubgcNd&#10;KxOlVtKZhvhDbTp8rLE8Hy5Ow8fL6eszVa/Vk1t2gx+VJLeRWt9Ox90DiIhj/IPhV5/VoWCno7+Q&#10;DaLVkCzvE0Y1zFYbLsXEnVqkII68SdI1yCKX/zsUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDodyn23gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCMCtnw4AAAAAsBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="231C46B8" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
+                          <w:p w14:paraId="5E5702EF" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="004C1BFD">
@@ -3838,51 +3837,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004C1BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1483835E" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
+          <w:p w14:paraId="5B39075A" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="004C1BFD">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3936,190 +3935,168 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4E28" w:rsidRPr="009F6729" w14:paraId="0607E357" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00AE4E28" w:rsidRPr="009F6729" w14:paraId="38F151B9" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="339"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BB20997" w14:textId="6B59E582" w:rsidR="00AE4E28" w:rsidRPr="000430CB" w:rsidRDefault="00B61B01" w:rsidP="00C704C2">
+          <w:p w14:paraId="4FC6F22C" w14:textId="38704431" w:rsidR="00AE4E28" w:rsidRPr="000430CB" w:rsidRDefault="0078385C" w:rsidP="00C704C2">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="266E6BC4" wp14:editId="6667F2F2">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40CDB845" wp14:editId="511BF419">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>3086693</wp:posOffset>
+                        <wp:posOffset>3086735</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>-83506</wp:posOffset>
+                        <wp:posOffset>-83820</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="279400" cy="279400"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="3" name="Text Box 14"/>
+                      <wp:docPr id="791006775" name="Tekstlodziņš 23"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="279400" cy="279400"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="6D22C19F" w14:textId="647E6450" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00B61B01" w:rsidP="00B61B01">
+                                <w:p w14:paraId="01480608" w14:textId="77777777" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00B61B01" w:rsidP="00B61B01">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="266E6BC4" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:243.05pt;margin-top:-6.6pt;width:22pt;height:22pt;z-index:251729920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNiGzv3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJsnU14hRdiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lu2m2vhV7EShSPjznkN5ejX0nDgbJgivkarGUwjgNlXVNIX98v3vz&#10;XgoKylWqA2cKeTQkr3avX20Hn5s1tNBVBgWDOMoHX8g2BJ9nGenW9IoW4I3jYg3Yq8BXbLIK1cDo&#10;fZetl8t32QBYeQRtiDh7OxXlLuHXtdHha12TCaIrJHML6cR0lvHMdluVN6h8a/VMQ72ARa+s46Yn&#10;qFsVlNijfQbVW41AUIeFhj6DurbaJA2sZrX8R81Dq7xJWtgc8ieb6P/B6i+HB/8NRRg/wMgDTCLI&#10;34P+ScLBTatcY64RYWiNqrjxKlqWDZ7y+dNoNeUUQcrhM1Q8ZLUPkIDGGvvoCusUjM4DOJ5MN2MQ&#10;mpPri8vNkiuaS3McO6j88WOPFD4a6EUMCok80wSuDvcUpqePT2IvB3e269JcO/dXgjFjJpGPfCfm&#10;YSxHYStuHpVFLSVUR1aDMG0LbzcHLeBvKQbelELSr71CI0X3ybEjl6vNJq5WumzeXqz5gueV8ryi&#10;nGaoQgYppvAmTOu492ibljtNM3BwzS7WNil8YjXT521IHs2bG9ft/J5ePf1fuz8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQAraPx/3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tqTrNpVSd0IgriDGh8Qta722onGqJlvLv8ec4Gj70evnLXaz69WZxtB5RkiWBhRx5euOG4S318dF&#10;BipEy7XtPRPCNwXYlZcXhc1rP/ELnfexURLCIbcIbYxDrnWoWnI2LP1ALLejH52NMo6Nrkc7Sbjr&#10;9cqYrXa2Y/nQ2oHuW6q+9ieH8P50/PxYm+fmwW2Gyc9Gs7vRiNdX890tqEhz/IPhV1/UoRSngz9x&#10;HVSPsM62iaAIiyRdgRJikxrZHBBSk4EuC/2/QvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAzYhs794BAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAK2j8f94AAAAKAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="40CDB845" id="Tekstlodziņš 23" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:243.05pt;margin-top:-6.6pt;width:22pt;height:22pt;z-index:251729920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtxpkD3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lLYSxqOo1NQ0hj&#10;IA1+gOM4iUXiM3duk/LrOTtZV+AN8WKd75zvvu+7y/Zq7DtxMEgWXCFXi6UUxmmorGsK+e3r3at3&#10;UlBQrlIdOFPIoyF5tXv5Yjv43Kyhha4yKBjEUT74QrYh+DzLSLemV7QAbxwXa8BeBb5ik1WoBkbv&#10;u2y9XL7NBsDKI2hDxNnbqSh3Cb+ujQ6f65pMEF0hmVtIJ6azjGe226q8QeVbq2ca6h9Y9Mo6bnqC&#10;ulVBiT3av6B6qxEI6rDQ0GdQ11abpIHVrJZ/qHlslTdJC5tD/mQT/T9Y/XB49F9QhPE9jDzAJIL8&#10;PejvJBzctMo15hoRhtaoihuvomXZ4CmfP41WU04RpBw+QcVDVvsACWissY+usE7B6DyA48l0Mwah&#10;Obm+uNwsuaK5NMexg8qfPvZI4YOBXsSgkMgzTeDqcE9hevr0JPZycGe7Ls21c78lGDNmEvnId2Ie&#10;xnIUtirk66gsaimhOrIahGlbeLs5aAF/SjHwphSSfuwVGim6j44duVxtNnG10mXz5mLNFzyvlOcV&#10;5TRDFTJIMYU3YVrHvUfbtNxpmoGDa3axtknhM6uZPm9D8mje3Lhu5/f06vn/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQAraPx/3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tqTrNpVSd0IgriDGh8Qta722onGqJlvLv8ec4Gj70evnLXaz69WZxtB5RkiWBhRx5euOG4S318dF&#10;BipEy7XtPRPCNwXYlZcXhc1rP/ELnfexURLCIbcIbYxDrnWoWnI2LP1ALLejH52NMo6Nrkc7Sbjr&#10;9cqYrXa2Y/nQ2oHuW6q+9ieH8P50/PxYm+fmwW2Gyc9Gs7vRiNdX890tqEhz/IPhV1/UoRSngz9x&#10;HVSPsM62iaAIiyRdgRJikxrZHBBSk4EuC/2/QvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAbcaZA94BAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAK2j8f94AAAAKAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="6D22C19F" w14:textId="647E6450" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00B61B01" w:rsidP="00B61B01">
+                          <w:p w14:paraId="01480608" w14:textId="77777777" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00B61B01" w:rsidP="00B61B01">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
@@ -4153,64 +4130,56 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r w:rsidR="00AE4E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4E28" w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>pieteicējs</w:t>
@@ -4349,129 +4318,121 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...13 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AE4E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4E28" w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>cits</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6826B07B" w14:textId="77777777" w:rsidR="00AE4E28" w:rsidRDefault="00AE4E28" w:rsidP="00C704C2">
+          <w:p w14:paraId="1E456CD6" w14:textId="77777777" w:rsidR="00AE4E28" w:rsidRDefault="00AE4E28" w:rsidP="00C704C2">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="37064167" w14:textId="0A1C6BA7" w:rsidR="00AE4E28" w:rsidRPr="009F6729" w:rsidRDefault="00AE4E28" w:rsidP="003D6234">
+          <w:p w14:paraId="686D01F7" w14:textId="77777777" w:rsidR="00AE4E28" w:rsidRPr="009F6729" w:rsidRDefault="00AE4E28" w:rsidP="003D6234">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002040D4" w:rsidRPr="009F6729" w14:paraId="00A03BEF" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="002040D4" w:rsidRPr="009F6729" w14:paraId="02183F1C" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="339"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23D96E6C" w14:textId="408D06FC" w:rsidR="002040D4" w:rsidRPr="009F6729" w:rsidRDefault="002040D4" w:rsidP="00C704C2">
+          <w:p w14:paraId="1CD8FCC0" w14:textId="77777777" w:rsidR="002040D4" w:rsidRPr="009F6729" w:rsidRDefault="002040D4" w:rsidP="00C704C2">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F6729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -4484,417 +4445,379 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">RĒĶINAM </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(ja maksātājs nav pieteicējs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="676DF6C1" w14:textId="77777777" w:rsidR="002040D4" w:rsidRPr="009F6729" w:rsidRDefault="002040D4" w:rsidP="003D6234">
+          <w:p w14:paraId="4B6523B9" w14:textId="77777777" w:rsidR="002040D4" w:rsidRPr="009F6729" w:rsidRDefault="002040D4" w:rsidP="003D6234">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006545B9" w:rsidRPr="009F6729" w14:paraId="693CC8AD" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="006545B9" w:rsidRPr="009F6729" w14:paraId="10DE673D" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="667"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="517DAFBC" w14:textId="7DFDD79D" w:rsidR="006545B9" w:rsidRPr="009F6729" w:rsidRDefault="006545B9" w:rsidP="00257362">
+          <w:p w14:paraId="7739D2E9" w14:textId="77777777" w:rsidR="006545B9" w:rsidRPr="009F6729" w:rsidRDefault="006545B9" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>juridiska persona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DCBA9C5" w14:textId="1B8BB54A" w:rsidR="006545B9" w:rsidRPr="009F6729" w:rsidRDefault="006545B9" w:rsidP="00257362">
+          <w:p w14:paraId="005D2844" w14:textId="77777777" w:rsidR="006545B9" w:rsidRPr="009F6729" w:rsidRDefault="006545B9" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>fiziska persona</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="210882C3" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="519C30FD" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="52D92D51" w14:textId="6D089361" w:rsidR="00E7469F" w:rsidRDefault="002B4CD4" w:rsidP="002B4CD4">
+          <w:p w14:paraId="3F2B3AEC" w14:textId="5D4CC23D" w:rsidR="00E7469F" w:rsidRDefault="0078385C" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C24573C" wp14:editId="267B33A1">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F230190" wp14:editId="6755AFF9">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>428625</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>43815</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="279400" cy="279400"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="6" name="Text Box 14"/>
+                      <wp:docPr id="970808137" name="Tekstlodziņš 21"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="279400" cy="279400"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="46474421" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00C704C2" w:rsidP="00C704C2">
+                                <w:p w14:paraId="24360895" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00C704C2" w:rsidP="00C704C2">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1C24573C" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:33.75pt;margin-top:3.45pt;width:22pt;height:22pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtxpkD3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lLYSxqOo1NQ0hj&#10;IA1+gOM4iUXiM3duk/LrOTtZV+AN8WKd75zvvu+7y/Zq7DtxMEgWXCFXi6UUxmmorGsK+e3r3at3&#10;UlBQrlIdOFPIoyF5tXv5Yjv43Kyhha4yKBjEUT74QrYh+DzLSLemV7QAbxwXa8BeBb5ik1WoBkbv&#10;u2y9XL7NBsDKI2hDxNnbqSh3Cb+ujQ6f65pMEF0hmVtIJ6azjGe226q8QeVbq2ca6h9Y9Mo6bnqC&#10;ulVBiT3av6B6qxEI6rDQ0GdQ11abpIHVrJZ/qHlslTdJC5tD/mQT/T9Y/XB49F9QhPE9jDzAJIL8&#10;PejvJBzctMo15hoRhtaoihuvomXZ4CmfP41WU04RpBw+QcVDVvsACWissY+usE7B6DyA48l0Mwah&#10;Obm+uNwsuaK5NMexg8qfPvZI4YOBXsSgkMgzTeDqcE9hevr0JPZycGe7Ls21c78lGDNmEvnId2Ie&#10;xnIUtirk66gsaimhOrIahGlbeLs5aAF/SjHwphSSfuwVGim6j44duVxtNnG10mXz5mLNFzyvlOcV&#10;5TRDFTJIMYU3YVrHvUfbtNxpmoGDa3axtknhM6uZPm9D8mje3Lhu5/f06vn/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQD8uikQ2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSP0Ha5G4&#10;UTuIlCbEqSoQV1ALVOLmxtskIl5HsduEv2d7ak+j0YxmXrGaXCdOOITWk4ZkrkAgVd62VGv4+ny7&#10;X4II0ZA1nSfU8IcBVuXspjC59SNt8LSNteARCrnR0MTY51KGqkFnwtz3SJwd/OBMZDvU0g5m5HHX&#10;yQelFtKZlvihMT2+NFj9bo9Ow/f74Wf3qD7qV5f2o5+UJJdJre9up/UziIhTvJThjM/oUDLT3h/J&#10;BtFpWDyl3GTNQJzjJGG/15CqDGRZyGv+8h8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBt&#10;xpkD3gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD8uikQ2gAAAAcBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2F230190" id="Tekstlodziņš 21" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:33.75pt;margin-top:3.45pt;width:22pt;height:22pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOJcDo3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJvHU14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lu2m2vhV7EShSPjznkN5eTUPPDgq9AVvx9SrnTFkJjbFtxX98v3vz&#10;njMfhG1ED1ZV/Kg8v9q9frUdXak20EHfKGQEYn05uop3Ibgyy7zs1CD8CpyyVNSAgwh0xTZrUIyE&#10;PvTZJs/fZSNg4xCk8p6yt3OR7xK+1kqGr1p7FVhfceIW0onprOOZ7baibFG4zsiFhngBi0EYS01P&#10;ULciCLZH8wxqMBLBgw4rCUMGWhupkgZSs87/UfPQCaeSFjLHu5NN/v/Byi+HB/cNWZg+wEQDTCK8&#10;uwf50zMLN52wrbpGhLFToqHG62hZNjpfLp9Gq33pI0g9foaGhiz2ARLQpHGIrpBORug0gOPJdDUF&#10;Jim5ubgscqpIKi1x7CDKx48d+vBRwcBiUHGkmSZwcbj3YX76+CT2snBn+j7Ntbd/JQgzZhL5yHdm&#10;HqZ6YqapeBGVRS01NEdSgzBvC203BR3gb85G2pSK+197gYqz/pMlRy7XRRFXK12KtxcbuuB5pT6v&#10;CCsJquKBszm8CfM67h2atqNO8wwsXJOL2iSFT6wW+rQNyaNlc+O6nd/Tq6f/a/cHAAD//wMAUEsD&#10;BBQABgAIAAAAIQD8uikQ2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSP0Ha5G4&#10;UTuIlCbEqSoQV1ALVOLmxtskIl5HsduEv2d7ak+j0YxmXrGaXCdOOITWk4ZkrkAgVd62VGv4+ny7&#10;X4II0ZA1nSfU8IcBVuXspjC59SNt8LSNteARCrnR0MTY51KGqkFnwtz3SJwd/OBMZDvU0g5m5HHX&#10;yQelFtKZlvihMT2+NFj9bo9Ow/f74Wf3qD7qV5f2o5+UJJdJre9up/UziIhTvJThjM/oUDLT3h/J&#10;BtFpWDyl3GTNQJzjJGG/15CqDGRZyGv+8h8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDO&#10;JcDo3gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD8uikQ2gAAAAcBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="46474421" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00C704C2" w:rsidP="00C704C2">
+                          <w:p w14:paraId="24360895" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00C704C2" w:rsidP="00C704C2">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="218917DF" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="005A1E77" w:rsidRDefault="00E7469F" w:rsidP="002B4CD4">
+          <w:p w14:paraId="78803492" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="005A1E77" w:rsidRDefault="00E7469F" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
@@ -4953,226 +4876,204 @@
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="360899C6" w14:textId="0780FC8B" w:rsidR="00E7469F" w:rsidRPr="00E7469F" w:rsidRDefault="00EB1C53" w:rsidP="002B4CD4">
+          <w:p w14:paraId="696DCA56" w14:textId="52DBE4B3" w:rsidR="00E7469F" w:rsidRPr="00E7469F" w:rsidRDefault="0078385C" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251724800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28F8766C" wp14:editId="14CAC5FD">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251724800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CFFCAA0" wp14:editId="319F99CC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>585470</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>34925</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="279400" cy="279400"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="2" name="Text Box 14"/>
+                      <wp:docPr id="481748656" name="Tekstlodziņš 19"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="279400" cy="279400"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="7539EBDD" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00EB1C53" w:rsidP="00EB1C53">
+                                <w:p w14:paraId="77C2765E" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00EB1C53" w:rsidP="00EB1C53">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="28F8766C" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:46.1pt;margin-top:2.75pt;width:22pt;height:22pt;z-index:251724800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOJcDo3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJvHU14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lu2m2vhV7EShSPjznkN5eTUPPDgq9AVvx9SrnTFkJjbFtxX98v3vz&#10;njMfhG1ED1ZV/Kg8v9q9frUdXak20EHfKGQEYn05uop3Ibgyy7zs1CD8CpyyVNSAgwh0xTZrUIyE&#10;PvTZJs/fZSNg4xCk8p6yt3OR7xK+1kqGr1p7FVhfceIW0onprOOZ7baibFG4zsiFhngBi0EYS01P&#10;ULciCLZH8wxqMBLBgw4rCUMGWhupkgZSs87/UfPQCaeSFjLHu5NN/v/Byi+HB/cNWZg+wEQDTCK8&#10;uwf50zMLN52wrbpGhLFToqHG62hZNjpfLp9Gq33pI0g9foaGhiz2ARLQpHGIrpBORug0gOPJdDUF&#10;Jim5ubgscqpIKi1x7CDKx48d+vBRwcBiUHGkmSZwcbj3YX76+CT2snBn+j7Ntbd/JQgzZhL5yHdm&#10;HqZ6YqapeBGVRS01NEdSgzBvC203BR3gb85G2pSK+197gYqz/pMlRy7XRRFXK12KtxcbuuB5pT6v&#10;CCsJquKBszm8CfM67h2atqNO8wwsXJOL2iSFT6wW+rQNyaNlc+O6nd/Tq6f/a/cHAAD//wMAUEsD&#10;BBQABgAIAAAAIQA+jqDZ2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSP0Haytx&#10;ozahqZqQTYVAXEGUthI3N94mEfE6it0m/D3uCY6jGb15xWaynbjQ4FvHCPcLBYK4cqblGmH3+Xq3&#10;BuGDZqM7x4TwQx425eym0LlxI3/QZRtqESHsc43QhNDnUvqqIav9wvXEsTu5weoQ41BLM+gxwm0n&#10;E6VW0uqW40Oje3puqPreni3C/u30dViq9/rFpv3oJiXZZhLxdj49PYIINIW/MVz1ozqU0enozmy8&#10;6BCyJIlLhDQFca0fVjEfEZZZCrIs5H//8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDO&#10;JcDo3gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQA+jqDZ2gAAAAcBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="6CFFCAA0" id="Tekstlodziņš 19" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:46.1pt;margin-top:2.75pt;width:22pt;height:22pt;z-index:251724800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuazUE3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrjrGo6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+xkXYE3xIt1vnO++77vLtvrse/EwSBZcIVcLZZSGKehsq4p5Lev92/e&#10;SUFBuUp14Ewhj4bk9e71q+3gc7OGFrrKoGAQR/ngC9mG4PMsI92aXtECvHFcrAF7FfiKTVahGhi9&#10;77L1cvk2GwArj6ANEWfvpqLcJfy6Njo81jWZILpCMreQTkxnGc9st1V5g8q3Vs801D+w6JV13PQE&#10;daeCEnu0f0H1ViMQ1GGhoc+grq02SQOrWS3/UPPUKm+SFjaH/Mkm+n+w+vPhyX9BEcb3MPIAkwjy&#10;D6C/k3Bw2yrXmBtEGFqjKm68ipZlg6d8/jRaTTlFkHL4BBUPWe0DJKCxxj66wjoFo/MAjifTzRiE&#10;5uT68mqz5Irm0hzHDip//tgjhQ8GehGDQiLPNIGrwwOF6enzk9jLwb3tujTXzv2WYMyYSeQj34l5&#10;GMtR2KqQF1FZ1FJCdWQ1CNO28HZz0AL+lGLgTSkk/dgrNFJ0Hx07crXabOJqpcvm4nLNFzyvlOcV&#10;5TRDFTJIMYW3YVrHvUfbtNxpmoGDG3axtknhC6uZPm9D8mje3Lhu5/f06uX/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQA+jqDZ2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSP0Haytx&#10;ozahqZqQTYVAXEGUthI3N94mEfE6it0m/D3uCY6jGb15xWaynbjQ4FvHCPcLBYK4cqblGmH3+Xq3&#10;BuGDZqM7x4TwQx425eym0LlxI3/QZRtqESHsc43QhNDnUvqqIav9wvXEsTu5weoQ41BLM+gxwm0n&#10;E6VW0uqW40Oje3puqPreni3C/u30dViq9/rFpv3oJiXZZhLxdj49PYIINIW/MVz1ozqU0enozmy8&#10;6BCyJIlLhDQFca0fVjEfEZZZCrIs5H//8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBu&#10;azUE3gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQA+jqDZ2gAAAAcBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="7539EBDD" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00EB1C53" w:rsidP="00EB1C53">
+                          <w:p w14:paraId="77C2765E" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00EB1C53" w:rsidP="00EB1C53">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidR="00E7469F" w:rsidRPr="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ārds, uzvārds</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00EB1C53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="70AC676C" w14:textId="2CB664E9" w:rsidR="00E7469F" w:rsidRPr="009827AC" w:rsidRDefault="00E7469F" w:rsidP="002B4CD4">
+          <w:p w14:paraId="33F8247A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="009827AC" w:rsidRDefault="00E7469F" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009827AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009827AC">
               <w:rPr>
@@ -5226,226 +5127,204 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009827AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009827AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A705C" w14:paraId="4B9499E9" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="006A705C" w14:paraId="580E2C6B" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="589"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="13FAC9BA" w14:textId="7A0A5E7A" w:rsidR="006A705C" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
+          <w:p w14:paraId="70103D7D" w14:textId="3C160A57" w:rsidR="006A705C" w:rsidRDefault="0078385C" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251726848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43E40357" wp14:editId="2D17418B">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251726848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C0D49BF" wp14:editId="4DB53744">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>583565</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-6350</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="279400" cy="279400"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="10" name="Text Box 14"/>
+                      <wp:docPr id="1812063043" name="Tekstlodziņš 17"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="279400" cy="279400"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="6D3BA743" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="006A705C" w:rsidP="00E7469F">
+                                <w:p w14:paraId="1D7D6160" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="006A705C" w:rsidP="00E7469F">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="43E40357" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:45.95pt;margin-top:-.5pt;width:22pt;height:22pt;z-index:251726848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuazUE3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrjrGo6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+xkXYE3xIt1vnO++77vLtvrse/EwSBZcIVcLZZSGKehsq4p5Lev92/e&#10;SUFBuUp14Ewhj4bk9e71q+3gc7OGFrrKoGAQR/ngC9mG4PMsI92aXtECvHFcrAF7FfiKTVahGhi9&#10;77L1cvk2GwArj6ANEWfvpqLcJfy6Njo81jWZILpCMreQTkxnGc9st1V5g8q3Vs801D+w6JV13PQE&#10;daeCEnu0f0H1ViMQ1GGhoc+grq02SQOrWS3/UPPUKm+SFjaH/Mkm+n+w+vPhyX9BEcb3MPIAkwjy&#10;D6C/k3Bw2yrXmBtEGFqjKm68ipZlg6d8/jRaTTlFkHL4BBUPWe0DJKCxxj66wjoFo/MAjifTzRiE&#10;5uT68mqz5Irm0hzHDip//tgjhQ8GehGDQiLPNIGrwwOF6enzk9jLwb3tujTXzv2WYMyYSeQj34l5&#10;GMtR2KqQF1FZ1FJCdWQ1CNO28HZz0AL+lGLgTSkk/dgrNFJ0Hx07crXabOJqpcvm4nLNFzyvlOcV&#10;5TRDFTJIMYW3YVrHvUfbtNxpmoGDG3axtknhC6uZPm9D8mje3Lhu5/f06uX/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQCGr4w13AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;Wju0RU3IpkIgriAKVOLmJtskIl5HsduEv2d7osedGc2+yTeT69SJhtB6RkjmBhRx6auWa4TPj5fZ&#10;GlSIlivbeSaEXwqwKa6vcptVfuR3Om1jraSEQ2YRmhj7TOtQNuRsmPueWLyDH5yNcg61rgY7Srnr&#10;9J0x99rZluVDY3t6aqj82R4dwtfr4Xu3NG/1s1v1o5+MZpdqxNub6fEBVKQp/ofhjC/oUAjT3h+5&#10;CqpDSJNUkgizRCad/cVKhD3CcmFAF7m+HFD8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5rNQTeAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIavjDXcAAAACAEAAA8AAAAAAAAAAAAAAAAAOAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2C0D49BF" id="Tekstlodziņš 17" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:45.95pt;margin-top:-.5pt;width:22pt;height:22pt;z-index:251726848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPvlvq3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrsrGo6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+xkXYE3xIt1vnO++77vLtvrse/EwSBZcIVcLZZSGKehsq4p5Lev92/e&#10;SUFBuUp14Ewhj4bk9e71q+3gc7OGFrrKoGAQR/ngC9mG4PMsI92aXtECvHFcrAF7FfiKTVahGhi9&#10;77L1cnmRDYCVR9CGiLN3U1HuEn5dGx0e65pMEF0hmVtIJ6azjGe226q8QeVbq2ca6h9Y9Mo6bnqC&#10;ulNBiT3av6B6qxEI6rDQ0GdQ11abpIHVrJZ/qHlqlTdJC5tD/mQT/T9Y/fnw5L+gCON7GHmASQT5&#10;B9DfSTi4bZVrzA0iDK1RFTdeRcuywVM+fxqtppwiSDl8goqHrPYBEtBYYx9dYZ2C0XkAx5PpZgxC&#10;c3J9ebVZckVzaY5jB5U/f+yRwgcDvYhBIZFnmsDV4YHC9PT5Sezl4N52XZpr535LMGbMJPKR78Q8&#10;jOUobFXIi6gsaimhOrIahGlbeLs5aAF/SjHwphSSfuwVGim6j44duVptNnG10mXz9nLNFzyvlOcV&#10;5TRDFTJIMYW3YVrHvUfbtNxpmoGDG3axtknhC6uZPm9D8mje3Lhu5/f06uX/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQCGr4w13AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;Wju0RU3IpkIgriAKVOLmJtskIl5HsduEv2d7osedGc2+yTeT69SJhtB6RkjmBhRx6auWa4TPj5fZ&#10;GlSIlivbeSaEXwqwKa6vcptVfuR3Om1jraSEQ2YRmhj7TOtQNuRsmPueWLyDH5yNcg61rgY7Srnr&#10;9J0x99rZluVDY3t6aqj82R4dwtfr4Xu3NG/1s1v1o5+MZpdqxNub6fEBVKQp/ofhjC/oUAjT3h+5&#10;CqpDSJNUkgizRCad/cVKhD3CcmFAF7m+HFD8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AM++W+reAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIavjDXcAAAACAEAAA8AAAAAAAAAAAAAAAAAOAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="6D3BA743" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="006A705C" w:rsidP="00E7469F">
+                          <w:p w14:paraId="1D7D6160" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="006A705C" w:rsidP="00E7469F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006A705C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>reģistrācijas Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C596AD1" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="005A1E77" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
+          <w:p w14:paraId="3A13CD9C" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="005A1E77" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
@@ -5507,234 +5386,227 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1F7C05F7" w14:textId="1A15F5DA" w:rsidR="006A705C" w:rsidRPr="00E7469F" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
+          <w:p w14:paraId="24C3B469" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E7469F" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="171995CD" w14:textId="5391C3EB" w:rsidR="006A705C" w:rsidRPr="009827AC" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
+          <w:p w14:paraId="02ECF8B7" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="009827AC" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="029578C8" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00E7469F" w14:paraId="2ABDC114" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E0B4CFE" w14:textId="17F88260" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="32CAD798" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>LŪDZU AKCEPTĒT ZĪMES PRIORITĀTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="4EB6D514" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="78239D7A" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3742" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B472F3A" w14:textId="7C68C32F" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="4CA4F475" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...10 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>KONVENCIJPRIORITĀTE; DOKUMENTA VEIDS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6466" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34EBA21C" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="6F42FE53" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -5782,64 +5654,64 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="7F2DF06F" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="65CAF876" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57192FFD" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="095D3DBF" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(310)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -5848,51 +5720,51 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DOK. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="7C52E0F0" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="59167591" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5945,51 +5817,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="128C43D6" w14:textId="4A326D92" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="4DA929D2" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(330)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -6022,51 +5894,51 @@
               <w:t xml:space="preserve"> VALSTS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(KODS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A132AE8" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="6DB63793" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6096,51 +5968,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3C61C8AB" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="027EFDE3" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(320)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -6161,51 +6033,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E5C1F6A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="5CDEAE20" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6254,377 +6126,347 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="2E216E96" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00E7469F" w14:paraId="4ECF444A" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="206DC4BE" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="36AABADB" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> IZSTĀDES PRIORITĀTE; DOKUMENTA VEIDS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="6585C091" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="2AC6EA6C" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="539C47DC" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="007BB7D5" w14:textId="2CD381BE" w:rsidR="00E7469F" w:rsidRDefault="0078385C" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F907D72" wp14:editId="25295927">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14D2F457" wp14:editId="5BE64AE1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>146580</wp:posOffset>
+                        <wp:posOffset>146685</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>118745</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="330835" cy="261620"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="9" name="Text Box 25"/>
+                      <wp:docPr id="613374282" name="Tekstlodziņš 15"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="330835" cy="261620"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="09EC67E8" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00E7469F">
+                                <w:p w14:paraId="1037F5E3" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00E7469F">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3F907D72" id="Text Box 25" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:11.55pt;margin-top:9.35pt;width:26.05pt;height:20.6pt;z-index:251720704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAazggL5AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/0yRtV0bUdBqbhpDG&#10;QBr7AMexG4vE11y7TcrXc+10XWFviBfL9nXOPefck/XV2Hdsr9AbsBUvZjlnykpojN1W/On73btL&#10;znwQthEdWFXxg/L8avP2zXpwpZpDC12jkBGI9eXgKt6G4Mos87JVvfAzcMpSUQP2ItARt1mDYiD0&#10;vsvmeb7KBsDGIUjlPd3eTkW+SfhaKxm+au1VYF3FiVtIK6a1jmu2WYtyi8K1Rh5piH9g0QtjqekJ&#10;6lYEwXZoXkH1RiJ40GEmoc9AayNV0kBqivwvNY+tcCppIXO8O9nk/x+sfNg/um/IwvgRRhpgEuHd&#10;Pcgfnlm4aYXdqmtEGFolGmpcRMuywfny+Gm02pc+gtTDF2hoyGIXIAGNGvvoCulkhE4DOJxMV2Ng&#10;ki4Xi/xyccGZpNJ8VazmaSiZKJ8/dujDJwU9i5uKI800gYv9vQ+RjCifn8ReFu5M16W5dvaPC3oY&#10;bxL5yHdiHsZ6ZKap+Coqi1pqaA6kBmFKC6WbNi3gL84GSkrF/c+dQMVZ99mSIx+K5TJGKx2WF+9J&#10;AMPzSn1eEVYSVMUDZ9P2Jkxx3Dk025Y6TTOwcE0uapMUvrA60qc0JOHH5Ma4nZ/Tq5f/a/MbAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB8SKQP2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7LTsMwEEX3&#10;SPyDNUjsqN1AaBPiVBWILajlIbFz42kSNR5HsduEv+90Bcv70L2nWE2uEyccQutJw3ymQCBV3rZU&#10;a/j8eL1bggjRkDWdJ9TwiwFW5fVVYXLrR9rgaRtrwSMUcqOhibHPpQxVg86Eme+RONv7wZnIcqil&#10;HczI466TiVKP0pmW+KExPT43WB22R6fh623/8/2g3usXl/ajn5Qkl0mtb2+m9ROIiFP8K8MFn9Gh&#10;ZKadP5INotOQ3M+5yf5yAYLzRZqA2GlIswxkWcj//OUZAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAGs4IC+QBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAfEikD9sAAAAHAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="14D2F457" id="Tekstlodziņš 15" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:11.55pt;margin-top:9.35pt;width:26.05pt;height:20.6pt;z-index:251720704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6gP3n5QEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Jsx0kFy0GaIEWB&#10;9AEk/QCKIi2iEpdd0pbcr++Schy3uRW9ECSXmp2ZHa2vx75je4XegK14Mcs5U1ZCY+y24t+f7t9d&#10;ceaDsI3owKqKH5Tn15u3b9aDK9UcWugahYxArC8HV/E2BFdmmZet6oWfgVOWihqwF4GOuM0aFAOh&#10;9102z/NVNgA2DkEq7+n2biryTcLXWsnwVWuvAusqTtxCWjGtdVyzzVqUWxSuNfJIQ/wDi14YS01P&#10;UHciCLZD8wqqNxLBgw4zCX0GWhupkgZSU+R/qXlshVNJC5nj3ckm//9g5Zf9o/uGLIwfYKQBJhHe&#10;PYD84ZmF21bYrbpBhKFVoqHGRbQsG5wvj59Gq33pI0g9fIaGhix2ARLQqLGPrpBORug0gMPJdDUG&#10;JulyscivFhecSSrNV8VqnoaSifL5Y4c+fFTQs7ipONJME7jYP/gQyYjy+UnsZeHedF2aa2f/uKCH&#10;8SaRj3wn5mGsR2aail9GZVFLDc2B1CBMaaF006YF/MXZQEmpuP+5E6g46z5ZcuR9sVzGaKXD8uKS&#10;BDA8r9TnFWElQVU8cDZtb8MUx51Ds22p0zQDCzfkojZJ4QurI31KQxJ+TG6M2/k5vXr5vza/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAfEikD9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOy07DMBBF&#10;90j8gzVI7KjdQGgT4lQViC2o5SGxc+NpEjUeR7HbhL/vdAXL+9C9p1hNrhMnHELrScN8pkAgVd62&#10;VGv4/Hi9W4II0ZA1nSfU8IsBVuX1VWFy60fa4Gkba8EjFHKjoYmxz6UMVYPOhJnvkTjb+8GZyHKo&#10;pR3MyOOuk4lSj9KZlvihMT0+N1gdtken4ett//P9oN7rF5f2o5+UJJdJrW9vpvUTiIhT/CvDBZ/R&#10;oWSmnT+SDaLTkNzPucn+cgGC80WagNhpSLMMZFnI//zlGQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhALqA/eflAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHxIpA/bAAAABwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="09EC67E8" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00E7469F">
+                          <w:p w14:paraId="1037F5E3" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00E7469F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00E7469F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00E7469F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E7469F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E7469F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E7469F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E7469F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D7D94D2" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="25481DE7" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(230)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -6646,51 +6488,51 @@
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45C30438" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="5AAFF13F" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6739,67 +6581,67 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="4EF79573" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00E7469F" w14:paraId="38EA21C5" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57396DEA" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="2C1BFC04" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -6855,147 +6697,147 @@
               </w:rPr>
               <w:t xml:space="preserve">(SAGRUPĒTI ATBILSTOŠI </w:t>
             </w:r>
             <w:r w:rsidRPr="006142F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>NICAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC42B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> KLASIFIKĀCIJAS KLASĒM)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="513A91C8" w14:textId="59DEA2F6" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="489FE392" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:left="-109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="00370874">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(JA SARAKSTS NEIETILPST ATVĒLĒTAJĀ VIETĀ, T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>AS</w:t>
             </w:r>
             <w:r w:rsidRPr="00370874">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> JĀPIEVIENO PIELIKUMĀ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="0CA2BC7F" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="4D13A166" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="189"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B2D36EB" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00AA6425" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="091E5238" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00AA6425" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA6425">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>KLASES Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8513" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60A09C8D" w14:textId="469CBF46" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="6B44E50A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -7051,66 +6893,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="495098E7" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="48F6BFE6" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="5660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A25FD7F" w14:textId="237FB736" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="0523AE22" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7174,127 +7016,127 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8513" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E7AD52A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="44DC0D4B" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w14:paraId="5EDBF2BE" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w14:paraId="574ED03B" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="62"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A3A4B75" w14:textId="77777777" w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w:rsidRDefault="002B4CD4" w:rsidP="00BA1777">
+          <w:p w14:paraId="3D2CC999" w14:textId="77777777" w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w:rsidRDefault="002B4CD4" w:rsidP="00BA1777">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="596DA83C" w14:textId="77777777" w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w:rsidRDefault="002B4CD4" w:rsidP="00BA1777">
+          <w:p w14:paraId="7A3ED3C3" w14:textId="77777777" w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w:rsidRDefault="002B4CD4" w:rsidP="00BA1777">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7E71" w14:paraId="3BD120C7" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="008C7E71" w14:paraId="1EEB1909" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="339"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="687722F7" w14:textId="3314698B" w:rsidR="008C7E71" w:rsidRDefault="008C7E71" w:rsidP="003C6B1E">
+          <w:p w14:paraId="059752F6" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="008C7E71" w:rsidP="003C6B1E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(740)</w:instrText>
@@ -7343,86 +7185,86 @@
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PĀRSTĀVIS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D853F10" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="008C7E71" w:rsidP="003C6B1E">
+          <w:p w14:paraId="19564D95" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="008C7E71" w:rsidP="003C6B1E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7E71" w14:paraId="75868BCA" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="008C7E71" w14:paraId="002C78BC" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60E35592" w14:textId="0EF700E2" w:rsidR="008C7E71" w:rsidRDefault="008C7E71" w:rsidP="00BA1777">
+          <w:p w14:paraId="3C2C21D2" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="008C7E71" w:rsidP="00BA1777">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7485,51 +7327,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C56B5BB" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="008C7E71" w:rsidP="00BA1777">
+          <w:p w14:paraId="041A4DEF" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="008C7E71" w:rsidP="00BA1777">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -7563,186 +7405,164 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="03AEF9DB" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="3237C81F" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4247" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C5123AC" w14:textId="2A82DECC" w:rsidR="00E7469F" w:rsidRDefault="004A574E" w:rsidP="00E7469F">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="45206C89" w14:textId="77AF5D3E" w:rsidR="00E7469F" w:rsidRDefault="0078385C" w:rsidP="00E7469F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CA45618" wp14:editId="0A96BEF0">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BF459CF" wp14:editId="1F9D7C1E">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-46990</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>120968</wp:posOffset>
+                        <wp:posOffset>121285</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="259080"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="13" name="Text Box 18"/>
+                      <wp:docPr id="1062888239" name="Tekstlodziņš 13"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="259080"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="548F6D7F" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
+                                <w:p w14:paraId="4390AB4A" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="4CA45618" id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-3.7pt;margin-top:9.55pt;width:21.6pt;height:20.4pt;z-index:251731968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCN80BJ4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06Sho1vUdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMWXi5wzZSU0xrYV//b1/s0l&#10;Zz4I24gerKr4QXl+vX39ajO6UhXQQd8oZARifTm6inchuDLLvOzUIPwCnLJU1ICDCHTENmtQjIQ+&#10;9FmR5++yEbBxCFJ5T7d3c5FvE77WSobPWnsVWF9x4hbSimmt45ptN6JsUbjOyCMN8Q8sBmEsNT1B&#10;3Ykg2A7NX1CDkQgedFhIGDLQ2kiVNJCaZf6HmqdOOJW0kDnenWzy/w9WPu6f3BdkYXoPEw0wifDu&#10;AeR3zyzcdsK26gYRxk6Jhhovo2XZ6Hx5/DRa7UsfQerxEzQ0ZLELkIAmjUN0hXQyQqcBHE6mqykw&#10;SZfFevW2oIqkUnFxlV+moWSifP7YoQ8fFAwsbiqONNMELvYPPkQyonx+EntZuDd9n+ba298u6GG8&#10;SeQj35l5mOqJmabi66gsaqmhOZAahDktlG7adIA/ORspKRX3P3YCFWf9R0uOXC1XqxitdFhdrKMY&#10;PK/U5xVhJUFVPHA2b2/DHMedQ9N21GmegYUbclGbpPCF1ZE+pSEJPyY3xu38nF69/F/bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhABKJUM/cAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNxau9AACXEqBOIKovxI3LbxNomI11HsNuHtWU5wnJ3RzLflZva9OtIYu8AWVksDirgOruPG&#10;wtvr4+IGVEzIDvvAZOGbImyq05MSCxcmfqHjNjVKSjgWaKFNaSi0jnVLHuMyDMTi7cPoMYkcG+1G&#10;nKTc9/rCmCvtsWNZaHGg+5bqr+3BW3h/2n9+rM1z8+CzYQqz0exzbe352Xx3CyrRnP7C8Isv6FAJ&#10;0y4c2EXVW1hcryUp93wFSvzLTD7ZWcjyHHRV6v/81Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAjfNASeMBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAEolQz9wAAAAHAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="7BF459CF" id="Tekstlodziņš 13" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-3.7pt;margin-top:9.55pt;width:21.6pt;height:20.4pt;z-index:251731968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqfHeo4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06ShY13UdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMWXi5wzZSU0xrYV//b1/s2a&#10;Mx+EbUQPVlX8oDy/3r5+tRldqQrooG8UMgKxvhxdxbsQXJllXnZqEH4BTlkqasBBBDpimzUoRkIf&#10;+qzI83fZCNg4BKm8p9u7uci3CV9rJcNnrb0KrK84cQtpxbTWcc22G1G2KFxn5JGG+AcWgzCWmp6g&#10;7kQQbIfmL6jBSAQPOiwkDBlobaRKGkjNMv9DzVMnnEpayBzvTjb5/wcrH/dP7guyML2HiQaYRHj3&#10;APK7ZxZuO2FbdYMIY6dEQ42X0bJsdL48fhqt9qWPIPX4CRoastgFSECTxiG6QjoZodMADifT1RSY&#10;pMvicvW2oIqkUnFxla/TUDJRPn/s0IcPCgYWNxVHmmkCF/sHHyIZUT4/ib0s3Ju+T3Pt7W8X9DDe&#10;JPKR78w8TPXETFPxdVQWtdTQHEgNwpwWSjdtOsCfnI2UlIr7HzuBirP+oyVHrparVYxWOqwuLqMY&#10;PK/U5xVhJUFVPHA2b2/DHMedQ9N21GmegYUbclGbpPCF1ZE+pSEJPyY3xu38nF69/F/bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhABKJUM/cAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNxau9AACXEqBOIKovxI3LbxNomI11HsNuHtWU5wnJ3RzLflZva9OtIYu8AWVksDirgOruPG&#10;wtvr4+IGVEzIDvvAZOGbImyq05MSCxcmfqHjNjVKSjgWaKFNaSi0jnVLHuMyDMTi7cPoMYkcG+1G&#10;nKTc9/rCmCvtsWNZaHGg+5bqr+3BW3h/2n9+rM1z8+CzYQqz0exzbe352Xx3CyrRnP7C8Isv6FAJ&#10;0y4c2EXVW1hcryUp93wFSvzLTD7ZWcjyHHRV6v/81Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAKnx3qOMBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAEolQz9wAAAAHAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="548F6D7F" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
+                          <w:p w14:paraId="4390AB4A" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
@@ -7774,237 +7594,229 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAZIŅAS ADRESE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5961" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FD2590C" w14:textId="69ADC158" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="07F08C01" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="0B2D1590" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="011D9F55" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3989811D" w14:textId="344C165C" w:rsidR="00E7469F" w:rsidRDefault="004A574E" w:rsidP="00E7469F">
+          <w:p w14:paraId="21052B39" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="004A574E" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESĀTA VEIDS:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="429" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2B15F7" w14:textId="06812132" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="5E57FB01" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0877D175" w14:textId="7B16A4F3" w:rsidR="004A574E" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="70453246" w14:textId="77777777" w:rsidR="004A574E" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">fiziska persona </w:t>
             </w:r>
             <w:r w:rsidR="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10DAB6CF" w14:textId="171E8242" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="29A68A43" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>vārds, uzvārds:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16C07BCF" w14:textId="47ED9671" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="7512F64B" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
@@ -8063,353 +7875,323 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29E28747" w14:textId="7B9E6EA8" w:rsidR="00E7469F" w:rsidRDefault="004A574E" w:rsidP="003E63FE">
+          <w:p w14:paraId="737F7FCC" w14:textId="11CC17CE" w:rsidR="00E7469F" w:rsidRDefault="0078385C" w:rsidP="003E63FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251722752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01F7BFA4" wp14:editId="13081342">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251722752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="682660D8" wp14:editId="34007D1A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-180975</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>206375</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="259080"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="12" name="Text Box 18"/>
+                      <wp:docPr id="2038881659" name="Tekstlodziņš 11"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="259080"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="2A042186" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00E01531" w:rsidP="004A574E">
+                                <w:p w14:paraId="6F13CC1A" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00E01531" w:rsidP="004A574E">
                                   <w:pPr>
                                     <w:ind w:right="-141"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="01F7BFA4" id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-14.25pt;margin-top:16.25pt;width:21.6pt;height:20.4pt;z-index:251722752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqfHeo4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06ShY13UdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMWXi5wzZSU0xrYV//b1/s2a&#10;Mx+EbUQPVlX8oDy/3r5+tRldqQrooG8UMgKxvhxdxbsQXJllXnZqEH4BTlkqasBBBDpimzUoRkIf&#10;+qzI83fZCNg4BKm8p9u7uci3CV9rJcNnrb0KrK84cQtpxbTWcc22G1G2KFxn5JGG+AcWgzCWmp6g&#10;7kQQbIfmL6jBSAQPOiwkDBlobaRKGkjNMv9DzVMnnEpayBzvTjb5/wcrH/dP7guyML2HiQaYRHj3&#10;APK7ZxZuO2FbdYMIY6dEQ42X0bJsdL48fhqt9qWPIPX4CRoastgFSECTxiG6QjoZodMADifT1RSY&#10;pMvicvW2oIqkUnFxla/TUDJRPn/s0IcPCgYWNxVHmmkCF/sHHyIZUT4/ib0s3Ju+T3Pt7W8X9DDe&#10;JPKR78w8TPXETFPxdVQWtdTQHEgNwpwWSjdtOsCfnI2UlIr7HzuBirP+oyVHrparVYxWOqwuLqMY&#10;PK/U5xVhJUFVPHA2b2/DHMedQ9N21GmegYUbclGbpPCF1ZE+pSEJPyY3xu38nF69/F/bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJPgf9zdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOxau0lfpJlUCMQW1PKQ2LnxNImIx1HsNuHvcVd0NRrN0Z1z8+1oW3Gm3jeOEWZTBYK4dKbh&#10;CuHj/WWyBuGDZqNbx4TwSx62xe1NrjPjBt7ReR8qEUPYZxqhDqHLpPRlTVb7qeuI4+3oeqtDXPtK&#10;ml4PMdy2MlFqKa1uOH6odUdPNZU/+5NF+Hw9fn/N1Vv1bBfd4EYl2T5IxPu78XEDItAY/mG46Ed1&#10;KKLTwZ3YeNEiTJL1IqIIaRLnBZivQBwQVmkKssjldYHiDwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACp8d6jjAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJPgf9zdAAAACAEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="682660D8" id="Tekstlodziņš 11" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-14.25pt;margin-top:16.25pt;width:21.6pt;height:20.4pt;z-index:251722752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKMoJE4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06ShY2vUdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMWXi5wzZSU0xrYV//b1/s0V&#10;Zz4I24gerKr4QXl+vX39ajO6UhXQQd8oZARifTm6inchuDLLvOzUIPwCnLJU1ICDCHTENmtQjIQ+&#10;9FmR5++yEbBxCFJ5T7d3c5FvE77WSobPWnsVWF9x4hbSimmt45ptN6JsUbjOyCMN8Q8sBmEsNT1B&#10;3Ykg2A7NX1CDkQgedFhIGDLQ2kiVNJCaZf6HmqdOOJW0kDnenWzy/w9WPu6f3BdkYXoPEw0wifDu&#10;AeR3zyzcdsK26gYRxk6Jhhovo2XZ6Hx5/DRa7UsfQerxEzQ0ZLELkIAmjUN0hXQyQqcBHE6mqykw&#10;SZfF5eptQRVJpeJinV+loWSifP7YoQ8fFAwsbiqONNMELvYPPkQyonx+EntZuDd9n+ba298u6GG8&#10;SeQj35l5mOqJmabi66gsaqmhOZAahDktlG7adIA/ORspKRX3P3YCFWf9R0uOrJerVYxWOqwuLqMY&#10;PK/U5xVhJUFVPHA2b2/DHMedQ9N21GmegYUbclGbpPCF1ZE+pSEJPyY3xu38nF69/F/bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJPgf9zdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOxau0lfpJlUCMQW1PKQ2LnxNImIx1HsNuHvcVd0NRrN0Z1z8+1oW3Gm3jeOEWZTBYK4dKbh&#10;CuHj/WWyBuGDZqNbx4TwSx62xe1NrjPjBt7ReR8qEUPYZxqhDqHLpPRlTVb7qeuI4+3oeqtDXPtK&#10;ml4PMdy2MlFqKa1uOH6odUdPNZU/+5NF+Hw9fn/N1Vv1bBfd4EYl2T5IxPu78XEDItAY/mG46Ed1&#10;KKLTwZ3YeNEiTJL1IqIIaRLnBZivQBwQVmkKssjldYHiDwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAIoygkTjAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJPgf9zdAAAACAEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="2A042186" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00E01531" w:rsidP="004A574E">
+                          <w:p w14:paraId="6F13CC1A" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00E01531" w:rsidP="004A574E">
                             <w:pPr>
                               <w:ind w:right="-141"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C00864E" w14:textId="35247165" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="7D56AC51" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="6DAC616D" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="625E226C" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08CEFB31" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="687635C0" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="429" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="078730EA" w14:textId="7664B6FC" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="19F8F799" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="686C37A1" w14:textId="1F448C80" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="7F3F5649" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>juridiska persona – nosaukums:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9F054A" w14:textId="7C570746" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="3BDE2714" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
@@ -8468,80 +8250,80 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="619AADA4" w14:textId="43E68600" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="004A574E">
+          <w:p w14:paraId="548E0E25" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="004A574E">
             <w:pPr>
               <w:ind w:left="172" w:right="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>reģistrācijas Nr.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06044A8B" w14:textId="57196AD1" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="68C18026" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-110"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
@@ -8596,527 +8378,483 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257362" w14:paraId="125E7ECF" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00257362" w14:paraId="61D84A2F" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="63"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1965BB" w14:textId="0DD28C0A" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="00E54592" w:rsidP="00E7469F">
+          <w:p w14:paraId="505B634C" w14:textId="5B46BEAA" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="0078385C" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251736064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D0701A0" wp14:editId="1F1C26A3">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251736064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="235E280B" wp14:editId="0C029CD1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-42545</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>53975</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="321945" cy="354330"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="15" name="Text Box 18"/>
+                      <wp:docPr id="1908015014" name="Tekstlodziņš 9"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="321945" cy="354330"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="2A2702D9" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
+                                <w:p w14:paraId="794E9BFB" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
                                   <w:pPr>
                                     <w:ind w:right="76"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="0D0701A0" id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-3.35pt;margin-top:4.25pt;width:25.35pt;height:27.9pt;z-index:251736064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAROnef5QEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOZVuMOEXXosOA&#10;7gJ0/QBZlmxhtqhRSuzs60fJaZptb8VeBJGUD885pLdXY9+xg0JvwJY8n805U1ZCbWxT8sfvd2/e&#10;c+aDsLXowKqSH5XnV7vXr7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vO32QBYOwSpvKfs7VTku4SvtZLhq9ZeBdaVnLiFdGI6q3hmu60oGhSuNfJEQ7yARS+MpaZn&#10;qFsRBNuj+QeqNxLBgw4zCX0GWhupkgZSk8//UvPQCqeSFjLHu7NN/v/Byi+HB/cNWRg/wEgDTCK8&#10;uwf5wzMLN62wjbpGhKFVoqbGebQsG5wvTp9Gq33hI0g1fIaahiz2ARLQqLGPrpBORug0gOPZdDUG&#10;Jim5XOSb1ZozSaXlerVcpqFkonj62KEPHxX0LF5KjjTTBC4O9z5EMqJ4ehJ7WbgzXZfm2tk/EvQw&#10;ZhL5yHdiHsZqZKYu+SYqi1oqqI+kBmHaFtpuurSAvzgbaFNK7n/uBSrOuk+WHNnkq1VcrRSs1u8W&#10;FOBlpbqsCCsJquSBs+l6E6Z13Ds0TUudphlYuCYXtUkKn1md6NM2JOGnzY3rdhmnV8//1+43AAAA&#10;//8DAFBLAwQUAAYACAAAACEAjiPuJdsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3FobSEMJ2VQIxBVE+ZG4ufE2iYjXUew24e1ZTnAczWjmm3Iz+14daYxdYISLpQFFXAfX&#10;cYPw9vq4WIOKybKzfWBC+KYIm+r0pLSFCxO/0HGbGiUlHAuL0KY0FFrHuiVv4zIMxOLtw+htEjk2&#10;2o12knLf60tjcu1tx7LQ2oHuW6q/tgeP8P60//zIzHPz4FfDFGaj2d9oxPOz+e4WVKI5/YXhF1/Q&#10;oRKmXTiwi6pHWOTXkkRYr0CJnWXybIeQZ1egq1L/x69+AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABE6d5/lAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAI4j7iXbAAAABgEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="235E280B" id="Tekstlodziņš 9" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:-3.35pt;margin-top:4.25pt;width:25.35pt;height:27.9pt;z-index:251736064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPSuqT5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRtCmzUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnixPDPOmXPOTLbX09Czg0JvwFY8Xyw5U1ZCY2xb8W9f71+9&#10;5cwHYRvRg1UVPyrPr3cvX2xHV6oVdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz5bLZevsxGwcQhSeU/Zu7nIdwlfayXDZ629CqyvOHEL6cR01vHMdltRtihcZ+SJhvgHFoMwlpqe&#10;oe5EEGyP5i+owUgEDzosJAwZaG2kShpITb78Q81jJ5xKWsgc7842+f8HKz8dHt0XZGF6BxMNMInw&#10;7gHkd88s3HbCtuoGEcZOiYYa59GybHS+PH0arfaljyD1+BEaGrLYB0hAk8YhukI6GaHTAI5n09UU&#10;mKTkepVfFRvOJJXWm2K9TkPJRPn0sUMf3isYWLxUHGmmCVwcHnyIZET59CT2snBv+j7Ntbe/Jehh&#10;zCTyke/MPEz1xExDylLjKKaG5khyEOZ1ofWmSwf4k7ORVqXi/sdeoOKs/2DJkqu8KOJupaDYvFlR&#10;gJeV+rIirCSoigfO5uttmPdx79C0HXWah2DhhmzUJkl8ZnXiT+uQlJ9WN+7bZZxePf9gu18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCOI+4l2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcWhtIQwnZVAjEFUT5kbi58TaJiNdR7Dbh7VlOcBzNaOabcjP7Xh1pjF1ghIulAUVcB9dx&#10;g/D2+rhYg4rJsrN9YEL4pgib6vSktIULE7/QcZsaJSUcC4vQpjQUWse6JW/jMgzE4u3D6G0SOTba&#10;jXaSct/rS2Ny7W3HstDage5bqr+2B4/w/rT//MjMc/PgV8MUZqPZ32jE87P57hZUojn9heEXX9Ch&#10;EqZdOLCLqkdY5NeSRFivQImdZfJsh5BnV6CrUv/Hr34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAz0rqk+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAjiPuJdsAAAAGAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="2A2702D9" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
+                          <w:p w14:paraId="794E9BFB" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
                             <w:pPr>
                               <w:ind w:right="76"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5560A826" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00E7469F">
+          <w:p w14:paraId="5CFD412F" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="781FA540" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00E7469F">
+          <w:p w14:paraId="7ABA9B76" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3829" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48C7F322" w14:textId="3767CFEF" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="004A574E" w:rsidP="00E7469F">
+          <w:p w14:paraId="63EAF394" w14:textId="382278F5" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="0078385C" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BEC41D3" wp14:editId="18BFB2CD">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E330536" wp14:editId="139AE3D1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>422910</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>57785</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="259080"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="14" name="Text Box 18"/>
+                      <wp:docPr id="237108888" name="Tekstlodziņš 7"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="259080"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="59CAD2DD" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
+                                <w:p w14:paraId="6B72099B" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="0BEC41D3" id="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:33.3pt;margin-top:4.55pt;width:21.6pt;height:20.4pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAL9ez04gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu1DAQfEfiHyy/c8mFK22jy1WlVRFS&#10;KUilH+A4dmKReM3ad8nx9ayd6/WAt4oXy/Y6szOzk/XVNPRsp9AbsBVfLnLOlJXQGNtW/On73bsL&#10;znwQthE9WFXxvfL8avP2zXp0pSqgg75RyAjE+nJ0Fe9CcGWWedmpQfgFOGWpqAEHEeiIbdagGAl9&#10;6LMizz9kI2DjEKTynm5v5yLfJHytlQxftfYqsL7ixC2kFdNaxzXbrEXZonCdkQca4hUsBmEsNT1C&#10;3Yog2BbNP1CDkQgedFhIGDLQ2kiVNJCaZf6XmsdOOJW0kDneHW3y/w9WPuwe3TdkYfoIEw0wifDu&#10;HuQPzyzcdMK26hoRxk6Jhhovo2XZ6Hx5+DRa7UsfQerxCzQ0ZLENkIAmjUN0hXQyQqcB7I+mqykw&#10;SZfF+ep9QRVJpeLsMr9IQ8lE+fyxQx8+KRhY3FQcaaYJXOzufYhkRPn8JPaycGf6Ps21t39c0MN4&#10;k8hHvjPzMNUTMw0pS42jmBqaPclBmONC8aZNB/iLs5GiUnH/cytQcdZ/tmTJ5XK1itlKh9XZeVSD&#10;p5X6tCKsJKiKB87m7U2Y87h1aNqOOs1DsHBNNmqTJL6wOvCnOCTlh+jGvJ2e06uXH2zzGwAA//8D&#10;AFBLAwQUAAYACAAAACEANBWAr9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VIvVG7qEQ4zaaqinoFUX4kbm68TaLG6yh2m/D2uCc4jmY0802xnlwnLjSE1jPCYq5AEFfetlwj&#10;fLzv7p9AhGjYms4zIfxQgHV5e1OY3PqR3+iyj7VIJRxyg9DE2OdShqohZ8Lc98TJO/rBmZjkUEs7&#10;mDGVu04+KJVJZ1pOC43padtQddqfHcLny/H7a6le62f32I9+UpKdloizu2mzAhFpin9huOIndCgT&#10;08Gf2QbRIWRZlpIIegHiaiudnhwQllqDLAv5n7/8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAAv17PTiAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhADQVgK/bAAAABwEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="6E330536" id="Tekstlodziņš 7" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:33.3pt;margin-top:4.55pt;width:21.6pt;height:20.4pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCruxkY4gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu1DAQfEfiHyy/c8mFK22jy1WlVRFS&#10;KUilH+A4dmKReM3ad8nx9ayd6/WAt4oXy/Y6szOzk/XVNPRsp9AbsBVfLnLOlJXQGNtW/On73bsL&#10;znwQthE9WFXxvfL8avP2zXp0pSqgg75RyAjE+nJ0Fe9CcGWWedmpQfgFOGWpqAEHEeiIbdagGAl9&#10;6LMizz9kI2DjEKTynm5v5yLfJHytlQxftfYqsL7ixC2kFdNaxzXbrEXZonCdkQca4hUsBmEsNT1C&#10;3Yog2BbNP1CDkQgedFhIGDLQ2kiVNJCaZf6XmsdOOJW0kDneHW3y/w9WPuwe3TdkYfoIEw0wifDu&#10;HuQPzyzcdMK26hoRxk6Jhhovo2XZ6Hx5+DRa7UsfQerxCzQ0ZLENkIAmjUN0hXQyQqcB7I+mqykw&#10;SZfF+ep9QRVJpeLsMr9IQ8lE+fyxQx8+KRhY3FQcaaYJXOzufYhkRPn8JPaycGf6Ps21t39c0MN4&#10;k8hHvjPzMNUTMw0pS9KimBqaPclBmONC8aZNB/iLs5GiUnH/cytQcdZ/tmTJ5XK1itlKh9XZeVSD&#10;p5X6tCKsJKiKB87m7U2Y87h1aNqOOs1DsHBNNmqTJL6wOvCnOCTlh+jGvJ2e06uXH2zzGwAA//8D&#10;AFBLAwQUAAYACAAAACEANBWAr9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VIvVG7qEQ4zaaqinoFUX4kbm68TaLG6yh2m/D2uCc4jmY0802xnlwnLjSE1jPCYq5AEFfetlwj&#10;fLzv7p9AhGjYms4zIfxQgHV5e1OY3PqR3+iyj7VIJRxyg9DE2OdShqohZ8Lc98TJO/rBmZjkUEs7&#10;mDGVu04+KJVJZ1pOC43padtQddqfHcLny/H7a6le62f32I9+UpKdloizu2mzAhFpin9huOIndCgT&#10;08Gf2QbRIWRZlpIIegHiaiudnhwQllqDLAv5n7/8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAKu7GRjiAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhADQVgK/bAAAABwEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="59CAD2DD" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
+                          <w:p w14:paraId="6B72099B" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="71137438" w14:textId="73BA2FC8" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="00257362" w:rsidP="00E7469F">
+          <w:p w14:paraId="478F5C64" w14:textId="77777777" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="00257362" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7469F" w14:paraId="167A58E2" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00E7469F" w14:paraId="752626B4" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1447111B" w14:textId="4FD28168" w:rsidR="0031467A" w:rsidRDefault="004A574E" w:rsidP="004A574E">
+          <w:p w14:paraId="41A2CF75" w14:textId="77777777" w:rsidR="0031467A" w:rsidRDefault="004A574E" w:rsidP="004A574E">
             <w:pPr>
               <w:ind w:left="1029" w:hanging="1029"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidR="00E7469F" w:rsidRPr="00A931C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>E-PASTS:</w:t>
             </w:r>
             <w:r w:rsidRPr="004A574E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DAD75BA" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="00E54592" w:rsidP="0031467A">
+          <w:p w14:paraId="1DFD81F0" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="00E54592" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="1306" w:hanging="1029"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(obligāt</w:t>
             </w:r>
             <w:r w:rsidR="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> vēstuļu </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72104B01" w14:textId="7F5F3850" w:rsidR="00E7469F" w:rsidRDefault="005D57D5" w:rsidP="0031467A">
+          <w:p w14:paraId="216EA423" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="005D57D5" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="1306" w:hanging="1029"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>saņemšanai e-past</w:t>
             </w:r>
             <w:r w:rsidR="004A574E">
@@ -9124,51 +8862,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="761A5681" w14:textId="6F26F740" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="2C9BA54A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9228,72 +8966,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B75777D" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="6A20C1CD" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4400" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF76212" w14:textId="5566B70F" w:rsidR="00E7469F" w:rsidRPr="000F6669" w:rsidRDefault="00E7469F" w:rsidP="004A574E">
+          <w:p w14:paraId="05B7BEFA" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000F6669" w:rsidRDefault="00E7469F" w:rsidP="004A574E">
             <w:pPr>
               <w:ind w:left="1304" w:hanging="1191"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PASTA ADRESE </w:t>
             </w:r>
             <w:r w:rsidRPr="000F6669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="004A574E">
@@ -9301,106 +9039,106 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">obligāta </w:t>
             </w:r>
             <w:r w:rsidRPr="000F6669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>vēstuļu saņemšanai papīra formā, ja nav e-pasta)</w:t>
             </w:r>
             <w:r w:rsidR="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000430CB" w14:paraId="5720861C" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="000430CB" w14:paraId="504DA7BF" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="525CE98D" w14:textId="4BF94194" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="0031467A">
+          <w:p w14:paraId="53A7B5D6" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A931C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5178B172" w14:textId="7EAC8B99" w:rsidR="000430CB" w:rsidRPr="000430CB" w:rsidRDefault="000430CB" w:rsidP="000430CB">
+          <w:p w14:paraId="63F7A2B0" w14:textId="77777777" w:rsidR="000430CB" w:rsidRPr="000430CB" w:rsidRDefault="000430CB" w:rsidP="000430CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9460,71 +9198,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E3C397C" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="000430CB">
+          <w:p w14:paraId="2E2932E0" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4400" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37F8995E" w14:textId="36031535" w:rsidR="000430CB" w:rsidRPr="000430CB" w:rsidRDefault="000430CB" w:rsidP="000430CB">
+          <w:p w14:paraId="7D91754B" w14:textId="77777777" w:rsidR="000430CB" w:rsidRPr="000430CB" w:rsidRDefault="000430CB" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
@@ -9578,282 +9316,272 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B319D8" w14:paraId="6E11F883" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00B319D8" w14:paraId="415288D1" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B9E6D18" w14:textId="6095ADFB" w:rsidR="004A574E" w:rsidRDefault="00D92D11" w:rsidP="0031467A">
+          <w:p w14:paraId="4E291AA2" w14:textId="136A90A2" w:rsidR="004A574E" w:rsidRDefault="0078385C" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251738112" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E288CB2" wp14:editId="1A5F2D52">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251738112" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="365BD2F1" wp14:editId="1389400B">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-49076</wp:posOffset>
+                        <wp:posOffset>-48895</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-24130</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="321945" cy="354330"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="16" name="Text Box 18"/>
+                      <wp:docPr id="820317576" name="Tekstlodziņš 5"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="321945" cy="354330"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="7670DA72" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="0031467A" w:rsidP="0031467A">
+                                <w:p w14:paraId="1764EC58" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="0031467A" w:rsidP="0031467A">
                                   <w:pPr>
                                     <w:ind w:right="76"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="0066601C">
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3E288CB2" id="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:-1.9pt;width:25.35pt;height:27.9pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvBB9/5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRtCmzUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnixPDPOmXPOTLbX09Czg0JvwFY8Xyw5U1ZCY2xb8W9f71+9&#10;5cwHYRvRg1UVPyrPr3cvX2xHV6oVdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz5bLZevsxGwcQhSeU/Zu7nIdwlfayXDZ629CqyvOHEL6cR01vHMdltRtihcZ+SJhvgHFoMwlpqe&#10;oe5EEGyP5i+owUgEDzosJAwZaG2kShpITb78Q81jJ5xKWsgc7842+f8HKz8dHt0XZGF6BxMNMInw&#10;7gHkd88s3HbCtuoGEcZOiYYa59GybHS+PH0arfaljyD1+BEaGrLYB0hAk8YhukI6GaHTAI5n09UU&#10;mKTkepVfFRvOJJXWm2K9TkPJRPn0sUMf3isYWLxUHGmmCVwcHnyIZET59CT2snBv+j7Ntbe/Jehh&#10;zCTyke/MPEz1xExDypK0KKaG5khyEOZ1ofWmSwf4k7ORVqXi/sdeoOKs/2DJkqu8KOJupaDYvFlR&#10;gJeV+rIirCSoigfO5uttmPdx79C0HXWah2DhhmzUJkl8ZnXiT+uQlJ9WN+7bZZxePf9gu18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA3Si+L3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjc2jX9oRDiVAjEFdRCK3Fz420SEa+j2G3C27Oc4LQazWj2m3w9+ladqY9NYAM3Uw2KuAyu&#10;4crAx/vL5A5UTJadbQOTgW+KsC4uL3KbuTDwhs7bVCkp4ZhZA3VKXYYYy5q8jdPQEYt3DL23SWRf&#10;oevtIOW+xZnWt+htw/Khth091VR+bU/ewO71+Llf6Lfq2S+7IYwa2d+jMddX4+MDqERj+gvDL76g&#10;QyFMh3BiF1VrYLJaSVLuXBaIv5jLtIOB5UwDFjn+5y9+AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAG8EH3/kAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhADdKL4vcAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="365BD2F1" id="Tekstlodziņš 5" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:-1.9pt;width:25.35pt;height:27.9pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDO0XGR5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRpC2zUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnixPDPOmXPOTLbX09Czg0JvwFY8Xyw5U1ZCY2xb8W9f71+9&#10;5cwHYRvRg1UVPyrPr3cvX2xHV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58Vy+XrbARsHIJU3lP2bi7yXcLXWsnwWWuvAusrTtxCOjGddTyz3VaULQrXGXmiIf6BxSCMpaZn&#10;qDsRBNuj+QtqMBLBgw4LCUMGWhupkgZSky//UPPYCaeSFjLHu7NN/v/Byk+HR/cFWZjewUQDTCK8&#10;ewD53TMLt52wrbpBhLFToqHGebQsG50vT59Gq33pI0g9foSGhiz2ARLQpHGIrpBORug0gOPZdDUF&#10;Jim5KvKr9YYzSaXVZr1apaFkonz62KEP7xUMLF4qjjTTBC4ODz5EMqJ8ehJ7Wbg3fZ/m2tvfEvQw&#10;ZhL5yHdmHqZ6YqYhZUWUFsXU0BxJDsK8LrTedOkAf3I20qpU3P/YC1Sc9R8sWXKVr9dxt1Kw3rwp&#10;KMDLSn1ZEVYSVMUDZ/P1Nsz7uHdo2o46zUOwcEM2apMkPrM68ad1SMpPqxv37TJOr55/sN0vAAAA&#10;//8DAFBLAwQUAAYACAAAACEAN0ovi9wAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3No1/aEQ4lQIxBXUQitxc+NtEhGvo9htwtuznOC0Gs1o9pt8PfpWnamPTWADN1MNirgM&#10;ruHKwMf7y+QOVEyWnW0Dk4FvirAuLi9ym7kw8IbO21QpKeGYWQN1Sl2GGMuavI3T0BGLdwy9t0lk&#10;X6Hr7SDlvsWZ1rfobcPyobYdPdVUfm1P3sDu9fi5X+i36tkvuyGMGtnfozHXV+PjA6hEY/oLwy++&#10;oEMhTIdwYhdVa2CyWklS7lwWiL+Yy7SDgeVMAxY5/ucvfgAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDO0XGR5QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA3Si+L3AAAAAcBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="7670DA72" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="0031467A" w:rsidP="0031467A">
+                          <w:p w14:paraId="1764EC58" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="0031467A" w:rsidP="0031467A">
                             <w:pPr>
                               <w:ind w:right="76"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0066601C">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00B319D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">OFICIĀLĀ ELEKTRONISKĀ ADRESE </w:t>
             </w:r>
-            <w:r w:rsidR="004A574E" w:rsidRPr="007567CF">
+            <w:r w:rsidR="00345D37" w:rsidRPr="00345D37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27333D08" wp14:editId="269D3FB5">
-                  <wp:extent cx="179614" cy="179614"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BB837CC" wp14:editId="65417B8D">
+                  <wp:extent cx="152400" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="7" name="Attēls 7"/>
+                  <wp:docPr id="2" name="Attēls 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name=""/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="Attēls 7"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14"/>
+                          <a:blip r:embed="rId14">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
-                        <pic:spPr>
+                        <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="180510" cy="180510"/>
+                            <a:ext cx="152400" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="480AD420" w14:textId="546D463E" w:rsidR="00B319D8" w:rsidRPr="00B319D8" w:rsidRDefault="00B319D8" w:rsidP="0031467A">
+          <w:p w14:paraId="19EFA74C" w14:textId="77777777" w:rsidR="00B319D8" w:rsidRPr="00B319D8" w:rsidRDefault="00B319D8" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066601C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>obligāta, ja ir</w:t>
             </w:r>
@@ -9862,51 +9590,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="007567CF" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6278BBAB" w14:textId="2F940086" w:rsidR="00B319D8" w:rsidRPr="000430CB" w:rsidRDefault="00B319D8" w:rsidP="00D92D11">
+          <w:p w14:paraId="19F1DE69" w14:textId="77777777" w:rsidR="00B319D8" w:rsidRPr="000430CB" w:rsidRDefault="00B319D8" w:rsidP="00D92D11">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
@@ -9970,76 +9698,76 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6972A432" w14:textId="4312783D" w:rsidR="00B319D8" w:rsidRDefault="00B319D8" w:rsidP="000430CB">
+          <w:p w14:paraId="6EEE26C7" w14:textId="77777777" w:rsidR="00B319D8" w:rsidRDefault="00B319D8" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007567CF" w14:paraId="1DB1936A" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="007567CF" w14:paraId="3B0B7E03" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42C1BE62" w14:textId="17F785BE" w:rsidR="007567CF" w:rsidRDefault="007567CF" w:rsidP="00DC725B">
+          <w:p w14:paraId="1657A2C1" w14:textId="77777777" w:rsidR="007567CF" w:rsidRDefault="007567CF" w:rsidP="00DC725B">
             <w:pPr>
               <w:ind w:left="315"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007567CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">e-adrese no </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00E42611">
                 <w:rPr>
@@ -10120,205 +9848,182 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00077527" w:rsidRPr="00077527">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0123456789</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00077527" w14:paraId="31B9F1EE" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00077527" w14:paraId="3F7EE6FB" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="158F3391" w14:textId="77777777" w:rsidR="00077527" w:rsidRPr="007567CF" w:rsidRDefault="00077527" w:rsidP="00635127">
+          <w:p w14:paraId="42EDFFE6" w14:textId="77777777" w:rsidR="00077527" w:rsidRPr="007567CF" w:rsidRDefault="00077527" w:rsidP="00635127">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257362" w14:paraId="089BC5DB" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00257362" w14:paraId="1F79D548" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27D89204" w14:textId="1F994CFB" w:rsidR="00257362" w:rsidRDefault="00D83C0A" w:rsidP="000430CB">
+          <w:p w14:paraId="02700F84" w14:textId="32D9B931" w:rsidR="00257362" w:rsidRDefault="0078385C" w:rsidP="000430CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="036B8810" wp14:editId="7BD2D223">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C2DC689" wp14:editId="02B347E4">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-111125</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>188595</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="392430" cy="257810"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="4" name="Text Box 22"/>
+                      <wp:docPr id="1197699394" name="Tekstlodziņš 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="392430" cy="257810"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="62D47D40" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
+                                <w:p w14:paraId="40884063" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="036B8810" id="Text Box 22" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:-8.75pt;margin-top:14.85pt;width:30.9pt;height:20.3pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmDc2z5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh207U14hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkF5fT0PPdgq9AVvxfLHkTFkJjbFtxZ++37+7&#10;5MwHYRvRg1UV3yvPrzdv36xHV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58Vy+X7bARsHIJU3lP2bi7yTcLXWsnwVWuvAusrTtxCOjGddTyzzVqULQrXGXmgIf6BxSCMpaZH&#10;qDsRBNuieQU1GIngQYeFhCEDrY1USQOpyZd/qXnshFNJC5nj3dEm//9g5Zfdo/uGLEwfYKIBJhHe&#10;PYD84ZmF207YVt0gwtgp0VDjPFqWjc6Xh0+j1b70EaQeP0NDQxbbAAlo0jhEV0gnI3QawP5oupoC&#10;k5Q8uypWZ1SRVCrOLy7zNJRMlM8fO/Tho4KBxUvFkWaawMXuwYdIRpTPT2IvC/em79Nce/tHgh7G&#10;TCIf+c7Mw1RPzDSkrIjSopgamj3JQZjXhdabLh3gL85GWpWK+59bgYqz/pMlS67y1SruVgpW5xcF&#10;BXhaqU8rwkqCqnjgbL7ehnkftw5N21GneQgWbshGbZLEF1YH/rQOSflhdeO+ncbp1csPtvkNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAdmyCV3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3&#10;lfgHa5C6AxsITQmZoKpVt62gD6k7Ew9JRDyOYkPSv6+7apeje3TvmXw32lZcqfeNY4TFXIEgLp1p&#10;uEJ4f3ue3YPwQbPRrWNC+CYPu2Jyk+vMuIH3dD2ESsQS9plGqEPoMil9WZPVfu464pidXG91iGdf&#10;SdPrIZbbVi6VupNWNxwXat3RY03l+XCxCB8vp6/PRL1WT3bdDW5Uku1GIt5Ox4ctiEBj+IPhVz+q&#10;QxGdju7CxosWYbZI1xFFWG5SEBFIkhWII0KqViCLXP5/oPgBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAZg3Ns+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAHZsgld4AAAAIAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="1C2DC689" id="Tekstlodziņš 3" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:-8.75pt;margin-top:14.85pt;width:30.9pt;height:20.3pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGQzhf5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh20rU14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vQ17EURSPjznkN7cTEPP9gq9AVvxfLHkTFkJjbFtxb99fXhz&#10;xZkPwjaiB6sqflCe32xfv9qMrlQFdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz4rlsu32QjYOASpvKfs/Vzk24SvtZLhs9ZeBdZXnLiFdGI663hm240oWxSuM/JIQ/wDi0EYS01P&#10;UPciCLZD8xfUYCSCBx0WEoYMtDZSJQ2kJl/+oeapE04lLWSOdyeb/P+DlZ/2T+4LsjC9g4kGmER4&#10;9wjyu2cW7jphW3WLCGOnREON82hZNjpfHj+NVvvSR5B6/AgNDVnsAiSgSeMQXSGdjNBpAIeT6WoK&#10;TFJydV2sV1SRVCouLq/yNJRMlM8fO/ThvYKBxUvFkWaawMX+0YdIRpTPT2IvCw+m79Nce/tbgh7G&#10;TCIf+c7Mw1RPzDSkbBWlRTE1NAeSgzCvC603XTrAn5yNtCoV9z92AhVn/QdLllzn63XcrRSsLy4L&#10;CvC8Up9XhJUEVfHA2Xy9C/M+7hyatqNO8xAs3JKN2iSJL6yO/GkdkvLj6sZ9O4/Tq5cfbPsLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAdmyCV3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3&#10;lfgHa5C6AxsITQmZoKpVt62gD6k7Ew9JRDyOYkPSv6+7apeje3TvmXw32lZcqfeNY4TFXIEgLp1p&#10;uEJ4f3ue3YPwQbPRrWNC+CYPu2Jyk+vMuIH3dD2ESsQS9plGqEPoMil9WZPVfu464pidXG91iGdf&#10;SdPrIZbbVi6VupNWNxwXat3RY03l+XCxCB8vp6/PRL1WT3bdDW5Uku1GIt5Ox4ctiEBj+IPhVz+q&#10;QxGdju7CxosWYbZI1xFFWG5SEBFIkhWII0KqViCLXP5/oPgBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAxkM4X+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAHZsgld4AAAAIAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="62D47D40" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
+                          <w:p w14:paraId="40884063" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00257362">
@@ -10326,201 +10031,170 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D0549">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r w:rsidR="00257362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9788" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1356EBAB" w14:textId="495F59C2" w:rsidR="00257362" w:rsidRPr="000F6669" w:rsidRDefault="00D83C0A" w:rsidP="000430CB">
+          <w:p w14:paraId="200FF6C0" w14:textId="3FDEF4A4" w:rsidR="00257362" w:rsidRPr="000F6669" w:rsidRDefault="0078385C" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251740160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32EC0445" wp14:editId="5CEDC682">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251740160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23264858" wp14:editId="63D6BB5E">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>2387600</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>182880</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="392430" cy="257810"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="18" name="Text Box 22"/>
+                      <wp:docPr id="655018728" name="Tekstlodziņš 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="392430" cy="257810"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="6A3FC6FA" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00D83C0A" w:rsidP="00D83C0A">
+                                <w:p w14:paraId="1209E80A" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00D83C0A" w:rsidP="00D83C0A">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="32EC0445" id="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:188pt;margin-top:14.4pt;width:30.9pt;height:20.3pt;z-index:251740160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGQzhf5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh20rU14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vQ17EURSPjznkN7cTEPP9gq9AVvxfLHkTFkJjbFtxb99fXhz&#10;xZkPwjaiB6sqflCe32xfv9qMrlQFdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz4rlsu32QjYOASpvKfs/Vzk24SvtZLhs9ZeBdZXnLiFdGI663hm240oWxSuM/JIQ/wDi0EYS01P&#10;UPciCLZD8xfUYCSCBx0WEoYMtDZSJQ2kJl/+oeapE04lLWSOdyeb/P+DlZ/2T+4LsjC9g4kGmER4&#10;9wjyu2cW7jphW3WLCGOnREON82hZNjpfHj+NVvvSR5B6/AgNDVnsAiSgSeMQXSGdjNBpAIeT6WoK&#10;TFJydV2sV1SRVCouLq/yNJRMlM8fO/ThvYKBxUvFkWaawMX+0YdIRpTPT2IvCw+m79Nce/tbgh7G&#10;TCIf+c7Mw1RPzDSkbBWlRTE1NAeSgzCvC603XTrAn5yNtCoV9z92AhVn/QdLllzn63XcrRSsLy4L&#10;CvC8Up9XhJUEVfHA2Xy9C/M+7hyatqNO8xAs3JKN2iSJL6yO/GkdkvLj6sZ9O4/Tq5cfbPsLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD00C6x3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLGUr3VbqTgjEFcRgk7hljddWNE7VZGt5e8wJbrb86/f3FZvJdepMQ2g9I9zOElDElbct&#10;1wgf7883K1AhGram80wI3xRgU15eFCa3fuQ3Om9jraSEQ24Qmhj7XOtQNeRMmPmeWG5HPzgTZR1q&#10;bQczSrnr9DxJMu1My/KhMT09NlR9bU8OYfdy/NynyWv95O760U+JZrfWiNdX08M9qEhT/AvDL76g&#10;QylMB39iG1SHsFhm4hIR5itRkEC6WMpwQMjWKeiy0P8Nyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAxkM4X+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA9NAusd4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="23264858" id="Tekstlodziņš 1" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:188pt;margin-top:14.4pt;width:30.9pt;height:20.3pt;z-index:251740160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBloGG05AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh207U14hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkF5fT0PPdgq9AVvxfLHkTFkJjbFtxZ++37+7&#10;5MwHYRvRg1UV3yvPrzdv36xHV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58Vy+X7bARsHIJU3lP2bi7yTcLXWsnwVWuvAusrTtxCOjGddTyzzVqULQrXGXmgIf6BxSCMpaZH&#10;qDsRBNuieQU1GIngQYeFhCEDrY1USQOpyZd/qXnshFNJC5nj3dEm//9g5Zfdo/uGLEwfYKIBJhHe&#10;PYD84ZmF207YVt0gwtgp0VDjPFqWjc6Xh0+j1b70EaQeP0NDQxbbAAlo0jhEV0gnI3QawP5oupoC&#10;k5Q8uypWZ1SRVCrOLy7zNJRMlM8fO/Tho4KBxUvFkWaawMXuwYdIRpTPT2IvC/em79Nce/tHgh7G&#10;TCIf+c7Mw1RPzDSkbBWlRTE1NHuSgzCvC603XTrAX5yNtCoV9z+3AhVn/SdLllzlq1XcrRSszi8K&#10;CvC0Up9WhJUEVfHA2Xy9DfM+bh2atqNO8xAs3JCN2iSJL6wO/GkdkvLD6sZ9O43Tq5cfbPMbAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD00C6x3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLGUr3VbqTgjEFcRgk7hljddWNE7VZGt5e8wJbrb86/f3FZvJdepMQ2g9I9zOElDElbct&#10;1wgf7883K1AhGram80wI3xRgU15eFCa3fuQ3Om9jraSEQ24Qmhj7XOtQNeRMmPmeWG5HPzgTZR1q&#10;bQczSrnr9DxJMu1My/KhMT09NlR9bU8OYfdy/NynyWv95O760U+JZrfWiNdX08M9qEhT/AvDL76g&#10;QylMB39iG1SHsFhm4hIR5itRkEC6WMpwQMjWKeiy0P8Nyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAZaBhtOQBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA9NAusd4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="6A3FC6FA" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00D83C0A" w:rsidP="00D83C0A">
+                          <w:p w14:paraId="1209E80A" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00D83C0A" w:rsidP="00D83C0A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00257362">
@@ -10540,64 +10214,64 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Preču zīmes reģistrācijas apliecību vēlos saņemt tikai papīra formā</w:t>
             </w:r>
             <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> klātienē</w:t>
             </w:r>
             <w:r w:rsidR="00257362" w:rsidRPr="000F6669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000430CB" w14:paraId="160CEA03" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="000430CB" w14:paraId="293296E5" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4338" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DC8D595" w14:textId="05130687" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="00D83C0A">
+          <w:p w14:paraId="1FF7F81C" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="00D83C0A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>A/</w:t>
@@ -10607,106 +10281,106 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PILNVAROTĀ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PĀRSTĀVJA PARAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5870" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CB6A60C" w14:textId="1F2E2C1F" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="00D83C0A">
+          <w:p w14:paraId="06F6128E" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="00D83C0A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="364"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C6FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>VĀRDS, UZVĀRDS, AMATS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000430CB" w14:paraId="3995C727" w14:textId="77777777" w:rsidTr="00B371C2">
+      <w:tr w:rsidR="000430CB" w14:paraId="1940E52C" w14:textId="77777777" w:rsidTr="00B371C2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4338" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51EEAEC9" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="00257362">
+          <w:p w14:paraId="14D3A9B5" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5870" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CB43D05" w14:textId="2AC6A5EE" w:rsidR="000430CB" w:rsidRDefault="00B96CEE" w:rsidP="00257362">
+          <w:p w14:paraId="1722486B" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="00B96CEE" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -10761,105 +10435,105 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257362" w14:paraId="0C88150D" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00257362" w14:paraId="0C79AB93" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3204" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4205F0F2" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00257362">
+          <w:p w14:paraId="69A49A94" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">AIZPILDĪŠANAS DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7004" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78F93C37" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00257362">
+          <w:p w14:paraId="6ACB188C" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -10916,636 +10590,655 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B9C4BFE" w14:textId="5F537416" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="32B7CB7E" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A659A2" w:rsidSect="004865ED">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="426" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19B0892C" w14:textId="77777777" w:rsidR="004865ED" w:rsidRDefault="004865ED">
+    <w:p w14:paraId="486CFFF4" w14:textId="77777777" w:rsidR="00CA19C7" w:rsidRDefault="00CA19C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="099B2729" w14:textId="77777777" w:rsidR="004865ED" w:rsidRDefault="004865ED">
+    <w:p w14:paraId="6A6C24EB" w14:textId="77777777" w:rsidR="00CA19C7" w:rsidRDefault="00CA19C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Vrinda">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01AB4672" w14:textId="77777777" w:rsidR="004865ED" w:rsidRDefault="004865ED">
+    <w:p w14:paraId="13A4BA27" w14:textId="77777777" w:rsidR="00CA19C7" w:rsidRDefault="00CA19C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C1DC2E8" w14:textId="77777777" w:rsidR="004865ED" w:rsidRDefault="004865ED">
+    <w:p w14:paraId="0282253A" w14:textId="77777777" w:rsidR="00CA19C7" w:rsidRDefault="00CA19C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29986EEF"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64282A32"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E4869630"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FEC049A"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="751F6C4C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="BB460734"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F0779BC"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1828402207">
+  <w:num w:numId="1" w16cid:durableId="1972594867">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1863280301">
+  <w:num w:numId="2" w16cid:durableId="2072194955">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1902860">
+  <w:num w:numId="3" w16cid:durableId="358747834">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1144468762">
+  <w:num w:numId="4" w16cid:durableId="462507101">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="625895821">
+  <w:num w:numId="5" w16cid:durableId="1514297184">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="71U3mfcQjfVWJJzhaI+PKlffSLLTZiT6+mDloLP30iBlgFTEKZwbHIyRC8RNfHNo1W55NiT5Q+r5mDny0UoLxw==" w:salt="nwRhxwmYFpD19dfABTH23Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ztYpXwFPyk49sS0ahRkpZ/icZ+uunKLwaCr7nmAZK21NxR5QbnjbTw15FKFxpFHodV7+an+iSwINEmjXeamQvA==" w:salt="OlSX9H39j9j1eFhINBVtpw=="/>
   <w:defaultTabStop w:val="340"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A659A2"/>
     <w:rsid w:val="00004837"/>
     <w:rsid w:val="000071EB"/>
     <w:rsid w:val="00010A6D"/>
     <w:rsid w:val="0001566E"/>
     <w:rsid w:val="000430CB"/>
     <w:rsid w:val="000620F4"/>
     <w:rsid w:val="00065397"/>
     <w:rsid w:val="00065E2D"/>
     <w:rsid w:val="00076C1D"/>
     <w:rsid w:val="00077527"/>
     <w:rsid w:val="000A3EBC"/>
     <w:rsid w:val="000A6822"/>
     <w:rsid w:val="000B255B"/>
     <w:rsid w:val="000B69E3"/>
     <w:rsid w:val="000C131C"/>
     <w:rsid w:val="000D4C14"/>
     <w:rsid w:val="000E0F26"/>
     <w:rsid w:val="000E1405"/>
     <w:rsid w:val="000E1B20"/>
     <w:rsid w:val="000F6669"/>
     <w:rsid w:val="000F6ECB"/>
+    <w:rsid w:val="00113B17"/>
     <w:rsid w:val="00121925"/>
     <w:rsid w:val="00121B05"/>
     <w:rsid w:val="00123AD6"/>
     <w:rsid w:val="00127A20"/>
     <w:rsid w:val="00145652"/>
     <w:rsid w:val="001554BE"/>
     <w:rsid w:val="001573D9"/>
     <w:rsid w:val="00171D14"/>
     <w:rsid w:val="00185860"/>
     <w:rsid w:val="001A5399"/>
     <w:rsid w:val="001A5450"/>
     <w:rsid w:val="001A79B5"/>
     <w:rsid w:val="001B2BE1"/>
     <w:rsid w:val="001D0B52"/>
     <w:rsid w:val="001D683F"/>
     <w:rsid w:val="001E79B7"/>
     <w:rsid w:val="001F7F45"/>
     <w:rsid w:val="002040D4"/>
     <w:rsid w:val="00231B22"/>
     <w:rsid w:val="0023582B"/>
     <w:rsid w:val="00240033"/>
     <w:rsid w:val="002414CA"/>
     <w:rsid w:val="00244727"/>
     <w:rsid w:val="002474D6"/>
     <w:rsid w:val="00257362"/>
     <w:rsid w:val="00283A8E"/>
     <w:rsid w:val="002912E8"/>
     <w:rsid w:val="00291369"/>
     <w:rsid w:val="00292A9E"/>
     <w:rsid w:val="00292BC0"/>
     <w:rsid w:val="00293EBB"/>
     <w:rsid w:val="002A3C94"/>
     <w:rsid w:val="002A7827"/>
     <w:rsid w:val="002B4CD4"/>
     <w:rsid w:val="002D2FC3"/>
     <w:rsid w:val="002E03AB"/>
     <w:rsid w:val="0030505D"/>
     <w:rsid w:val="0031467A"/>
     <w:rsid w:val="00322BDA"/>
     <w:rsid w:val="003318C2"/>
     <w:rsid w:val="00345762"/>
+    <w:rsid w:val="00345D37"/>
     <w:rsid w:val="00347B58"/>
     <w:rsid w:val="003557F8"/>
     <w:rsid w:val="00357CAA"/>
     <w:rsid w:val="00360579"/>
     <w:rsid w:val="00370874"/>
     <w:rsid w:val="00386DF7"/>
     <w:rsid w:val="0039334F"/>
     <w:rsid w:val="003C6B1E"/>
     <w:rsid w:val="003C6FBE"/>
     <w:rsid w:val="003D3521"/>
+    <w:rsid w:val="003D6234"/>
     <w:rsid w:val="003E63FE"/>
     <w:rsid w:val="00420D28"/>
     <w:rsid w:val="00421F1A"/>
     <w:rsid w:val="004246AD"/>
     <w:rsid w:val="00425273"/>
     <w:rsid w:val="004252FF"/>
     <w:rsid w:val="004330CF"/>
     <w:rsid w:val="0043431A"/>
     <w:rsid w:val="00436340"/>
     <w:rsid w:val="00444CF4"/>
     <w:rsid w:val="00476F41"/>
     <w:rsid w:val="00482234"/>
     <w:rsid w:val="00483F8F"/>
     <w:rsid w:val="004865ED"/>
     <w:rsid w:val="0049664C"/>
     <w:rsid w:val="00497AF2"/>
     <w:rsid w:val="004A0DA9"/>
     <w:rsid w:val="004A574E"/>
     <w:rsid w:val="004A69F2"/>
     <w:rsid w:val="004B642C"/>
     <w:rsid w:val="004C1BFD"/>
     <w:rsid w:val="004C765B"/>
     <w:rsid w:val="004D1EA0"/>
     <w:rsid w:val="004D5773"/>
     <w:rsid w:val="004E3DAD"/>
     <w:rsid w:val="00500510"/>
     <w:rsid w:val="00500D6C"/>
     <w:rsid w:val="005015C4"/>
     <w:rsid w:val="00504C63"/>
     <w:rsid w:val="0053403C"/>
     <w:rsid w:val="00541392"/>
     <w:rsid w:val="00553AE3"/>
     <w:rsid w:val="005667FF"/>
     <w:rsid w:val="00582C72"/>
     <w:rsid w:val="00586058"/>
     <w:rsid w:val="005A13FB"/>
     <w:rsid w:val="005A1E77"/>
     <w:rsid w:val="005C6FD0"/>
     <w:rsid w:val="005D25B2"/>
     <w:rsid w:val="005D57D5"/>
     <w:rsid w:val="005E0D11"/>
     <w:rsid w:val="005E748F"/>
     <w:rsid w:val="00612440"/>
     <w:rsid w:val="006142F2"/>
     <w:rsid w:val="0061711B"/>
     <w:rsid w:val="00635127"/>
     <w:rsid w:val="0064337F"/>
     <w:rsid w:val="00647030"/>
     <w:rsid w:val="006545B9"/>
+    <w:rsid w:val="0066160E"/>
     <w:rsid w:val="0066601C"/>
     <w:rsid w:val="0067374B"/>
     <w:rsid w:val="00674A41"/>
     <w:rsid w:val="006759E8"/>
     <w:rsid w:val="00676FF7"/>
     <w:rsid w:val="00695D67"/>
     <w:rsid w:val="00696F1E"/>
     <w:rsid w:val="006A4414"/>
     <w:rsid w:val="006A705C"/>
     <w:rsid w:val="006A753D"/>
     <w:rsid w:val="006B740E"/>
     <w:rsid w:val="006C105D"/>
     <w:rsid w:val="006C27B5"/>
     <w:rsid w:val="006F6526"/>
     <w:rsid w:val="00743589"/>
     <w:rsid w:val="00747182"/>
     <w:rsid w:val="0075526F"/>
     <w:rsid w:val="007567CF"/>
     <w:rsid w:val="00774650"/>
+    <w:rsid w:val="0078385C"/>
     <w:rsid w:val="00783F73"/>
     <w:rsid w:val="007849B0"/>
     <w:rsid w:val="007858A1"/>
     <w:rsid w:val="00795909"/>
     <w:rsid w:val="00796C30"/>
     <w:rsid w:val="007D08C5"/>
     <w:rsid w:val="007D09C1"/>
     <w:rsid w:val="007D1E34"/>
     <w:rsid w:val="007F1592"/>
     <w:rsid w:val="007F260F"/>
     <w:rsid w:val="0080461E"/>
     <w:rsid w:val="00806F63"/>
     <w:rsid w:val="008119E2"/>
     <w:rsid w:val="0081279B"/>
     <w:rsid w:val="0081379B"/>
     <w:rsid w:val="0083743F"/>
     <w:rsid w:val="00865BD0"/>
     <w:rsid w:val="00893DB6"/>
     <w:rsid w:val="008952E1"/>
     <w:rsid w:val="0089543B"/>
     <w:rsid w:val="008A67D7"/>
     <w:rsid w:val="008C2723"/>
     <w:rsid w:val="008C709F"/>
     <w:rsid w:val="008C7E71"/>
     <w:rsid w:val="008D0549"/>
     <w:rsid w:val="008D754E"/>
     <w:rsid w:val="008F0A1B"/>
+    <w:rsid w:val="008F23C6"/>
     <w:rsid w:val="00900200"/>
     <w:rsid w:val="009039EC"/>
     <w:rsid w:val="00904465"/>
     <w:rsid w:val="009167D5"/>
     <w:rsid w:val="00925727"/>
     <w:rsid w:val="00930D88"/>
     <w:rsid w:val="00971894"/>
     <w:rsid w:val="009827AC"/>
     <w:rsid w:val="009832A4"/>
     <w:rsid w:val="009A3115"/>
     <w:rsid w:val="009B1004"/>
     <w:rsid w:val="009B5657"/>
     <w:rsid w:val="009C4BDA"/>
     <w:rsid w:val="009C520B"/>
     <w:rsid w:val="009F6729"/>
     <w:rsid w:val="00A131D1"/>
     <w:rsid w:val="00A21E15"/>
     <w:rsid w:val="00A401A4"/>
     <w:rsid w:val="00A53B1A"/>
     <w:rsid w:val="00A630AC"/>
     <w:rsid w:val="00A659A2"/>
     <w:rsid w:val="00A666AC"/>
     <w:rsid w:val="00A70DB0"/>
     <w:rsid w:val="00A83CFD"/>
     <w:rsid w:val="00A84B76"/>
     <w:rsid w:val="00A931C6"/>
     <w:rsid w:val="00AA6425"/>
     <w:rsid w:val="00AC3AF4"/>
     <w:rsid w:val="00AC42B5"/>
     <w:rsid w:val="00AE4E28"/>
     <w:rsid w:val="00AE58B4"/>
     <w:rsid w:val="00AE6001"/>
     <w:rsid w:val="00AE6CC0"/>
     <w:rsid w:val="00AE7C25"/>
     <w:rsid w:val="00AE7D75"/>
     <w:rsid w:val="00AF27D4"/>
     <w:rsid w:val="00AF3D82"/>
     <w:rsid w:val="00AF67BA"/>
     <w:rsid w:val="00B11341"/>
     <w:rsid w:val="00B11B83"/>
     <w:rsid w:val="00B179E1"/>
     <w:rsid w:val="00B319D8"/>
     <w:rsid w:val="00B36B32"/>
     <w:rsid w:val="00B371C2"/>
     <w:rsid w:val="00B375B3"/>
     <w:rsid w:val="00B37EAB"/>
     <w:rsid w:val="00B40FDC"/>
     <w:rsid w:val="00B455B5"/>
     <w:rsid w:val="00B4665C"/>
     <w:rsid w:val="00B56ABE"/>
+    <w:rsid w:val="00B5718D"/>
     <w:rsid w:val="00B61B01"/>
     <w:rsid w:val="00B727C4"/>
     <w:rsid w:val="00B96CEE"/>
     <w:rsid w:val="00BA0F31"/>
     <w:rsid w:val="00BA116E"/>
+    <w:rsid w:val="00BA1777"/>
     <w:rsid w:val="00BB2726"/>
     <w:rsid w:val="00BB3058"/>
     <w:rsid w:val="00BC68C3"/>
     <w:rsid w:val="00BD2AD9"/>
     <w:rsid w:val="00C029E5"/>
     <w:rsid w:val="00C07C94"/>
     <w:rsid w:val="00C120BD"/>
     <w:rsid w:val="00C22257"/>
     <w:rsid w:val="00C31F0E"/>
     <w:rsid w:val="00C32F1D"/>
     <w:rsid w:val="00C37C58"/>
     <w:rsid w:val="00C43DA8"/>
     <w:rsid w:val="00C5048C"/>
     <w:rsid w:val="00C61E9E"/>
     <w:rsid w:val="00C66E5A"/>
     <w:rsid w:val="00C704C2"/>
     <w:rsid w:val="00C76079"/>
     <w:rsid w:val="00C85D4A"/>
     <w:rsid w:val="00C95DDD"/>
+    <w:rsid w:val="00CA19C7"/>
     <w:rsid w:val="00CC2DF3"/>
     <w:rsid w:val="00CD4E1E"/>
+    <w:rsid w:val="00D009C7"/>
     <w:rsid w:val="00D20A78"/>
     <w:rsid w:val="00D34CBC"/>
     <w:rsid w:val="00D454EE"/>
     <w:rsid w:val="00D76EFB"/>
     <w:rsid w:val="00D806C2"/>
     <w:rsid w:val="00D83C0A"/>
     <w:rsid w:val="00D86A9E"/>
     <w:rsid w:val="00D92D11"/>
     <w:rsid w:val="00D97C95"/>
     <w:rsid w:val="00DC725B"/>
     <w:rsid w:val="00DD50A8"/>
     <w:rsid w:val="00DD5270"/>
     <w:rsid w:val="00DE4504"/>
     <w:rsid w:val="00DE7FE9"/>
     <w:rsid w:val="00DF6B32"/>
     <w:rsid w:val="00E01531"/>
     <w:rsid w:val="00E16064"/>
     <w:rsid w:val="00E2147B"/>
     <w:rsid w:val="00E23A88"/>
     <w:rsid w:val="00E35CC3"/>
+    <w:rsid w:val="00E42611"/>
     <w:rsid w:val="00E54592"/>
     <w:rsid w:val="00E64ADB"/>
     <w:rsid w:val="00E64DBA"/>
     <w:rsid w:val="00E65012"/>
     <w:rsid w:val="00E6795B"/>
     <w:rsid w:val="00E7469F"/>
     <w:rsid w:val="00E81F52"/>
     <w:rsid w:val="00E86E2B"/>
+    <w:rsid w:val="00E930DD"/>
     <w:rsid w:val="00EA399E"/>
     <w:rsid w:val="00EB0E63"/>
     <w:rsid w:val="00EB1C53"/>
     <w:rsid w:val="00EB702D"/>
     <w:rsid w:val="00EC091D"/>
     <w:rsid w:val="00EC211B"/>
     <w:rsid w:val="00EC7954"/>
     <w:rsid w:val="00ED1C7A"/>
     <w:rsid w:val="00ED1F22"/>
     <w:rsid w:val="00ED6023"/>
     <w:rsid w:val="00EF63F6"/>
     <w:rsid w:val="00F13DF4"/>
     <w:rsid w:val="00F141B5"/>
     <w:rsid w:val="00F4393C"/>
     <w:rsid w:val="00F611B0"/>
     <w:rsid w:val="00F616D8"/>
     <w:rsid w:val="00F827B0"/>
     <w:rsid w:val="00F82F72"/>
     <w:rsid w:val="00F87AFF"/>
     <w:rsid w:val="00FA0879"/>
     <w:rsid w:val="00FD1715"/>
     <w:rsid w:val="00FE4AE5"/>
     <w:rsid w:val="00FF13EF"/>
     <w:rsid w:val="00FF2800"/>
     <w:rsid w:val="00FF6D3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="bn-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6DD41CF1"/>
+  <w14:docId w14:val="727018FD"/>
+  <w14:defaultImageDpi w14:val="0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11617,101 +11310,57 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...40 lines deleted...]
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -11900,277 +11549,369 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Parastatabula"/>
+    <w:uiPriority w:val="39"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
     <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C43DA8"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00EB702D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vietturateksts">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F611B0"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007567CF"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007567CF"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A69F2"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
+  <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.latvija.lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -12416,77 +12157,50 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...25 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010075660069187F7746B90153F694BEE8F8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc07c63e43b995b9e99ae144c9f659b3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="4d71a6df-e05e-41f2-881e-0bf7c7663097" xmlns:ns4="0cb553d9-e450-4128-a715-c243a3d667bf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cb00aaa6b2a200595301682395801f37" ns3:_="" ns4:_="">
     <xsd:import namespace="4d71a6df-e05e-41f2-881e-0bf7c7663097"/>
     <xsd:import namespace="0cb553d9-e450-4128-a715-c243a3d667bf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
@@ -12677,146 +12391,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ControlsStorage xmlns="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage">
+  <Controls>AAEAAAD/////AQAAAAAAAAAMAgAAAEVDaGVtNFdvcmQuQ29yZSwgVmVyc2lvbj0xLjAuMC4wLCBDdWx0dXJlPW5ldXRyYWwsIFB1YmxpY0tleVRva2VuPW51bGwHAQAAAAABAAAAAAAAAAQgQ2hlbTRXb3JkLkNvcmUuQ29udHJvbFByb3BlcnRpZXMCAAAACw==</Controls>
+</ControlsStorage>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="4d71a6df-e05e-41f2-881e-0bf7c7663097" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB88C735-D4BF-4BD6-B86D-954F4EF7BDF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4d71a6df-e05e-41f2-881e-0bf7c7663097"/>
     <ds:schemaRef ds:uri="0cb553d9-e450-4128-a715-c243a3d667bf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B2F3A94-B46E-4E7D-BEAF-817D75E69C35}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35925F9B-10B6-4DC9-8A81-AD75D70DCC08}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D60737A5-481B-4F80-8513-092AD331CACC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8734F6DA-10E8-4702-B1C2-280C9550C48E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4d71a6df-e05e-41f2-881e-0bf7c7663097"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>312</Words>
-  <Characters>3309</Characters>
+  <Words>2291</Words>
+  <Characters>1306</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>27</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>10</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3614</CharactersWithSpaces>
+  <CharactersWithSpaces>3590</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010075660069187F7746B90153F694BEE8F8</vt:lpwstr>
   </property>