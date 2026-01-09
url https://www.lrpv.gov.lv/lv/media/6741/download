--- v1 (2025-11-12)
+++ v2 (2026-01-09)
@@ -530,50 +530,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73427820" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -794,50 +802,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="042CED83" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="005D57D5" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -894,50 +910,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53A7456F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -994,50 +1018,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="758ADDB7" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -1094,50 +1126,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24333309" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -1194,50 +1234,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="710AB795" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -1294,50 +1342,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15126E5B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -1394,50 +1450,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="295F2304" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -1494,50 +1558,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66DCC904" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -1594,50 +1666,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DBF1817" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D683F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -1694,50 +1774,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39391E1B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -2007,50 +2095,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A865C03" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2091,50 +2187,58 @@
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="101686E3" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
@@ -2554,271 +2658,133 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD50A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ZĪMES ATVEIDOJUMS</w:t>
             </w:r>
             <w:r w:rsidR="00FF2800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ATTĒLS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="509E4626" w14:textId="49764715" w:rsidR="00FD1715" w:rsidRDefault="00113B17" w:rsidP="009A3115">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:sdt>
+            <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="10"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-                <mc:Choice Requires="wps">
+              <w:id w:val="-2123530539"/>
+              <w:showingPlcHdr/>
+              <w:picture/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="509E4626" w14:textId="1C19741C" w:rsidR="00FD1715" w:rsidRDefault="00214EFF" w:rsidP="009A3115">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:noProof/>
+                    <w:color w:val="808080"/>
+                    <w:sz w:val="10"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:noProof/>
+                    <w:color w:val="808080"/>
+                    <w:sz w:val="10"/>
+                  </w:rPr>
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251741184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5991D5B5" wp14:editId="1F0844BD">
-[...11 lines deleted...]
-                      <wp:cNvGraphicFramePr/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F4A38DD" wp14:editId="19C9FCE6">
+                      <wp:extent cx="2390775" cy="2390775"/>
+                      <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                      <wp:docPr id="1" name="Attēls 16"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                      </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-[...2 lines deleted...]
-                            <wps:spPr>
+                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="0" name="Picture 1"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill>
+                              <a:blip r:embed="rId13">
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect/>
+                              <a:stretch>
+                                <a:fillRect/>
+                              </a:stretch>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="2286000" cy="2286000"/>
+                                <a:ext cx="2390775" cy="2390775"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
-                              <a:solidFill>
-[...5 lines deleted...]
-                                </a:solidFill>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
                               </a:ln>
-                            </wps:spPr>
-[...74 lines deleted...]
-                          </wps:wsp>
+                            </pic:spPr>
+                          </pic:pic>
                         </a:graphicData>
                       </a:graphic>
-                      <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-                    </wp:anchor>
+                    </wp:inline>
                   </w:drawing>
-                </mc:Choice>
-[...80 lines deleted...]
-          </w:p>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="12D5B0D7" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AEDD716" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A659A2" w:rsidSect="004865ED">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="992" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="1134" w:equalWidth="0">
             <w:col w:w="4820" w:space="283"/>
@@ -2943,51 +2909,55 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1D331E11" id="Tekstlodziņš 27" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:-3.4pt;width:21.6pt;height:20.95pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyA4b+4QEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JVx2kFy0GaIEWB&#10;9AGk+QCKIi2iEpdd0pbcr++SUhy3uRW9ECSXmp2ZHW2uxr5jB4XegK34cpFzpqyExthdxR+/3715&#10;x5kPwjaiA6sqflSeX21fv9oMrlQFtNA1ChmBWF8OruJtCK7MMi9b1Qu/AKcsFTVgLwIdcZc1KAZC&#10;77usyPN1NgA2DkEq7+n2dirybcLXWsnwVWuvAusqTtxCWjGtdVyz7UaUOxSuNXKmIf6BRS+MpaYn&#10;qFsRBNujeQHVG4ngQYeFhD4DrY1USQOpWeZ/qXlohVNJC5nj3ckm//9g5ZfDg/uGLIwfYKQBJhHe&#10;3YP84ZmFm1bYnbpGhKFVoqHGy2hZNjhfzp9Gq33pI0g9fIaGhiz2ARLQqLGPrpBORug0gOPJdDUG&#10;JumyuFy9LagiqVSs1/n6InUQ5dPHDn34qKBncVNxpJkmcHG49yGSEeXTk9jLwp3pujTXzv5xQQ/j&#10;TSIf+U7Mw1iPzDSzsqilhuZIahCmtFC6adMC/uJsoKRU3P/cC1ScdZ8sOfJ+uVrFaKXD6uIyisHz&#10;Sn1eEVYSVMUDZ9P2Jkxx3Ds0u5Y6TTOwcE0uapMUPrOa6VMakvA5uTFu5+f06vn/2v4GAAD//wMA&#10;UEsDBBQABgAIAAAAIQAZlfjL3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSHuH&#10;yEjctqSFdaw0nRCIK4jBkHbLGq+t1jhVk63l7TEnuNnyr9/fV2wm14kLDqH1pCFZKBBIlbct1Ro+&#10;P17m9yBCNGRN5wk1fGOATTm7Kkxu/UjveNnGWnAJhdxoaGLscylD1aAzYeF7JL4d/eBM5HWopR3M&#10;yOWuk6lSmXSmJf7QmB6fGqxO27PTsHs97r/u1Fv97Jb96Cclya2l1jfX0+MDiIhT/AvDLz6jQ8lM&#10;B38mG0SnYZ6s2CXykLECB9IsBXHQcLtMQJaF/C9Q/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDyA4b+4QEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAZlfjL3QAAAAgBAAAPAAAAAAAAAAAAAAAAADsEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shapetype w14:anchorId="1D331E11" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Tekstlodziņš 27" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:-3.4pt;width:21.6pt;height:20.95pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/EH1c3wEAAKADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0nQz4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17ESSSPjznkN5cTUPP9gq9AVvx5SLnTFkJjbFtxR+/3715&#10;x5kPwjaiB6sqflCeX21fv9qMrlQFdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsJTXgIAI9sc0aFCOh&#10;D31W5Pk6GwEbhyCV9xS9nZN8m/C1VjJ81dqrwPqKE7eQTkxnHc9suxFli8J1Rh5piH9gMQhjqekJ&#10;6lYEwXZoXkANRiJ40GEhYchAayNV0kBqlvlfah464VTSQuZ4d7LJ/z9Y+WX/4L4hC9MHmGiASYR3&#10;9yB/eGbhphO2VdeIMHZKNNR4GS3LRufL46fRal/6CFKPn6GhIYtdgAQ0aRyiK6STEToN4HAyXU2B&#10;SQoWl6u3BWUkpYr1Ol9fpA6ifPrYoQ8fFQwsXiqONNMELvb3PkQyonwqib0s3Jm+T3Pt7R8BKoyR&#10;RD7ynZmHqZ6oOoqooTmQDIR5TWit6dIB/uJspBWpuP+5E6g46z9ZsuL9crWKO5Ueq4vLqALPM/V5&#10;RlhJUBUPnM3XmzDv4c6haTvqNJtv4Zrs0yZJe2Z15E1rkBQfVzbu2fk7VT3/WNvfAAAA//8DAFBL&#10;AwQUAAYACAAAACEAGZX4y90AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70h7h8hI&#10;3LakhXWsNJ0QiCuIwZB2yxqvrdY4VZOt5e0xJ7jZ8q/f31dsJteJCw6h9aQhWSgQSJW3LdUaPj9e&#10;5vcgQjRkTecJNXxjgE05uypMbv1I73jZxlpwCYXcaGhi7HMpQ9WgM2HheyS+Hf3gTOR1qKUdzMjl&#10;rpOpUpl0piX+0JgenxqsTtuz07B7Pe6/7tRb/eyW/egnJcmtpdY319PjA4iIU/wLwy8+o0PJTAd/&#10;JhtEp2GerNgl8pCxAgfSLAVx0HC7TECWhfwvUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA/xB9XN8BAACgAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAGZX4y90AAAAIAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="5977191F" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00EB702D" w:rsidP="00EB702D">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
@@ -3711,51 +3681,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="4D152F8B" id="Tekstlodziņš 25" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:128.6pt;margin-top:-34.5pt;width:22.1pt;height:22.1pt;z-index:251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDodyn23gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrso2o6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+xkXYE3xIt1vnO++77vLtvrse/EwSBZcIVcLZZSGKehsq4p5Lev92+u&#10;pKCgXKU6cKaQR0Pyevf61XbwuVlDC11lUDCIo3zwhWxD8HmWkW5Nr2gB3jgu1oC9CnzFJqtQDYze&#10;d9l6ubzIBsDKI2hDxNm7qSh3Cb+ujQ6PdU0miK6QzC2kE9NZxjPbbVXeoPKt1TMN9Q8semUdNz1B&#10;3amgxB7tX1C91QgEdVho6DOoa6tN0sBqVss/1Dy1ypukhc0hf7KJ/h+s/nx48l9QhPE9jDzAJIL8&#10;A+jvJBzctso15gYRhtaoihuvomXZ4CmfP41WU04RpBw+QcVDVvsACWissY+usE7B6DyA48l0Mwah&#10;Obm+Wl5cckVzaY5jB5U/f+yRwgcDvYhBIZFnmsDV4YHC9PT5Sezl4N52XZpr535LMGbMJPKR78Q8&#10;jOUobMXNo7KopYTqyGoQpm3h7eagBfwpxcCbUkj6sVdopOg+Onbk3WqziauVLpu3l2u+4HmlPK8o&#10;pxmqkEGKKbwN0zruPdqm5U7TDBzcsIu1TQpfWM30eRuSR/PmxnU7v6dXL//X7hcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQCMCtnw4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Nb8IwDIbvk/gPkZF2&#10;g4SuMOiaIrRp102wD2m30Ji2onGqJtDu3887bUfbj14/b74dXSuu2IfGk4bFXIFAKr1tqNLw/vY8&#10;W4MI0ZA1rSfU8I0BtsXkJjeZ9QPt8XqIleAQCpnRUMfYZVKGskZnwtx3SHw7+d6ZyGNfSdubgcNd&#10;KxOlVtKZhvhDbTp8rLE8Hy5Ow8fL6eszVa/Vk1t2gx+VJLeRWt9Ox90DiIhj/IPhV5/VoWCno7+Q&#10;DaLVkCzvE0Y1zFYbLsXEnVqkII68SdI1yCKX/zsUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDodyn23gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCMCtnw4AAAAAsBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="4D152F8B" id="Tekstlodziņš 25" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:128.6pt;margin-top:-34.5pt;width:22.1pt;height:22.1pt;z-index:251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJokcY3AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrso2o6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+xkXYE3xIt1vnO++77vLtvrse/EwSBZcIVcLZZSGKehsq4p5Lev92+u&#10;pKCgXKU6cKaQR0Pyevf61XbwuVlDC11lUDCIo3zwhWxD8HmWkW5Nr2gB3jgu1oC9CnzFJqtQDYze&#10;d9l6ubzIBsDKI2hDxNm7qSh3Cb+ujQ6PdU0miK6QzC2kE9NZxjPbbVXeoPKt1TMN9Q8semUdNz1B&#10;3amgxB7tX1C91QgEdVho6DOoa6tN0sBqVss/1Dy1ypukhc0hf7KJ/h+s/nx48l9QhPE9jDzAJIL8&#10;A+jvJBzctso15gYRhtaoihuvomXZ4CmfP41WU04RpBw+QcVDVvsACWissY+usE7B6DyA48l0Mwah&#10;Obm+Wl5cckVzaY5jB5U/f+yRwgcDvYhBIZFnmsDV4YHC9PT5Sezl4N52XZpr535LMGbMJPKR78Q8&#10;jOUobDUri1pKqI6sBmHaFt5uDlrAn1IMvCmFpB97hUaK7qNjR96tNpu4WumyeXu55gueV8rzinKa&#10;oQoZpJjC2zCt496jbVruNM3AwQ27WNuk8IXVTJ+3IXk0b25ct/N7evXyf+1+AQAA//8DAFBLAwQU&#10;AAYACAAAACEAjArZ8OAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTW/CMAyG75P4D5GRdoOE&#10;rjDomiK0addNsA9pt9CYtqJxqibQ7t/PO21H249eP2++HV0rrtiHxpOGxVyBQCq9bajS8P72PFuD&#10;CNGQNa0n1PCNAbbF5CY3mfUD7fF6iJXgEAqZ0VDH2GVShrJGZ8Lcd0h8O/nemchjX0nbm4HDXSsT&#10;pVbSmYb4Q206fKyxPB8uTsPHy+nrM1Wv1ZNbdoMflSS3kVrfTsfdA4iIY/yD4Vef1aFgp6O/kA2i&#10;1ZAs7xNGNcxWGy7FxJ1apCCOvEnSNcgil/87FD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEASaJHGNwBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAjArZ8OAAAAALAQAADwAAAAAAAAAAAAAAAAA2BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="5E5702EF" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -4049,51 +4019,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="40CDB845" id="Tekstlodziņš 23" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:243.05pt;margin-top:-6.6pt;width:22pt;height:22pt;z-index:251729920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtxpkD3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lLYSxqOo1NQ0hj&#10;IA1+gOM4iUXiM3duk/LrOTtZV+AN8WKd75zvvu+7y/Zq7DtxMEgWXCFXi6UUxmmorGsK+e3r3at3&#10;UlBQrlIdOFPIoyF5tXv5Yjv43Kyhha4yKBjEUT74QrYh+DzLSLemV7QAbxwXa8BeBb5ik1WoBkbv&#10;u2y9XL7NBsDKI2hDxNnbqSh3Cb+ujQ6f65pMEF0hmVtIJ6azjGe226q8QeVbq2ca6h9Y9Mo6bnqC&#10;ulVBiT3av6B6qxEI6rDQ0GdQ11abpIHVrJZ/qHlslTdJC5tD/mQT/T9Y/XB49F9QhPE9jDzAJIL8&#10;PejvJBzctMo15hoRhtaoihuvomXZ4CmfP41WU04RpBw+QcVDVvsACWissY+usE7B6DyA48l0Mwah&#10;Obm+uNwsuaK5NMexg8qfPvZI4YOBXsSgkMgzTeDqcE9hevr0JPZycGe7Ls21c78lGDNmEvnId2Ie&#10;xnIUtirk66gsaimhOrIahGlbeLs5aAF/SjHwphSSfuwVGim6j44duVxtNnG10mXz5mLNFzyvlOcV&#10;5TRDFTJIMYU3YVrHvUfbtNxpmoGDa3axtknhM6uZPm9D8mje3Lhu5/f06vn/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQAraPx/3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tqTrNpVSd0IgriDGh8Qta722onGqJlvLv8ec4Gj70evnLXaz69WZxtB5RkiWBhRx5euOG4S318dF&#10;BipEy7XtPRPCNwXYlZcXhc1rP/ELnfexURLCIbcIbYxDrnWoWnI2LP1ALLejH52NMo6Nrkc7Sbjr&#10;9cqYrXa2Y/nQ2oHuW6q+9ieH8P50/PxYm+fmwW2Gyc9Gs7vRiNdX890tqEhz/IPhV1/UoRSngz9x&#10;HVSPsM62iaAIiyRdgRJikxrZHBBSk4EuC/2/QvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAbcaZA94BAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAK2j8f94AAAAKAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="40CDB845" id="Tekstlodziņš 23" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:243.05pt;margin-top:-6.6pt;width:22pt;height:22pt;z-index:251729920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNiGzv3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJsnU14hRdiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lu2m2vhV7EShSPjznkN5ejX0nDgbJgivkarGUwjgNlXVNIX98v3vz&#10;XgoKylWqA2cKeTQkr3avX20Hn5s1tNBVBgWDOMoHX8g2BJ9nGenW9IoW4I3jYg3Yq8BXbLIK1cDo&#10;fZetl8t32QBYeQRtiDh7OxXlLuHXtdHha12TCaIrJHML6cR0lvHMdluVN6h8a/VMQ72ARa+s46Yn&#10;qFsVlNijfQbVW41AUIeFhj6DurbaJA2sZrX8R81Dq7xJWtgc8ieb6P/B6i+HB/8NRRg/wMgDTCLI&#10;34P+ScLBTatcY64RYWiNqrjxKlqWDZ7y+dNoNeUUQcrhM1Q8ZLUPkIDGGvvoCusUjM4DOJ5MN2MQ&#10;mpPri8vNkiuaS3McO6j88WOPFD4a6EUMCok80wSuDvcUpqePT2IvB3e269JcO/dXgjFjJpGPfCfm&#10;YSxHYStuHpVFLSVUR1aDMG0LbzcHLeBvKQbelELSr71CI0X3ybEjl6vNJq5WumzeXqz5gueV8ryi&#10;nGaoQgYppvAmTOu492ibljtNM3BwzS7WNil8YjXT521IHs2bG9ft/J5ePf1fuz8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQAraPx/3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tqTrNpVSd0IgriDGh8Qta722onGqJlvLv8ec4Gj70evnLXaz69WZxtB5RkiWBhRx5euOG4S318dF&#10;BipEy7XtPRPCNwXYlZcXhc1rP/ELnfexURLCIbcIbYxDrnWoWnI2LP1ALLejH52NMo6Nrkc7Sbjr&#10;9cqYrXa2Y/nQ2oHuW6q+9ieH8P50/PxYm+fmwW2Gyc9Gs7vRiNdX890tqEhz/IPhV1/UoRSngz9x&#10;HVSPsM62iaAIiyRdgRJikxrZHBBSk4EuC/2/QvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAzYhs794BAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAK2j8f94AAAAKAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="01480608" w14:textId="77777777" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00B61B01" w:rsidP="00B61B01">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
@@ -4143,50 +4113,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00AE4E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4E28" w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>pieteicējs</w:t>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4331,50 +4309,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00AE4E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4E28" w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>cits</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E456CD6" w14:textId="77777777" w:rsidR="00AE4E28" w:rsidRDefault="00AE4E28" w:rsidP="00C704C2">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4522,50 +4508,58 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>juridiska persona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
@@ -4594,50 +4588,58 @@
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>fiziska persona</w:t>
             </w:r>
@@ -4725,51 +4727,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2F230190" id="Tekstlodziņš 21" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:33.75pt;margin-top:3.45pt;width:22pt;height:22pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOJcDo3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJvHU14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lu2m2vhV7EShSPjznkN5eTUPPDgq9AVvx9SrnTFkJjbFtxX98v3vz&#10;njMfhG1ED1ZV/Kg8v9q9frUdXak20EHfKGQEYn05uop3Ibgyy7zs1CD8CpyyVNSAgwh0xTZrUIyE&#10;PvTZJs/fZSNg4xCk8p6yt3OR7xK+1kqGr1p7FVhfceIW0onprOOZ7baibFG4zsiFhngBi0EYS01P&#10;ULciCLZH8wxqMBLBgw4rCUMGWhupkgZSs87/UfPQCaeSFjLHu5NN/v/Byi+HB/cNWZg+wEQDTCK8&#10;uwf50zMLN52wrbpGhLFToqHG62hZNjpfLp9Gq33pI0g9foaGhiz2ARLQpHGIrpBORug0gOPJdDUF&#10;Jim5ubgscqpIKi1x7CDKx48d+vBRwcBiUHGkmSZwcbj3YX76+CT2snBn+j7Ntbd/JQgzZhL5yHdm&#10;HqZ6YqapeBGVRS01NEdSgzBvC203BR3gb85G2pSK+197gYqz/pMlRy7XRRFXK12KtxcbuuB5pT6v&#10;CCsJquKBszm8CfM67h2atqNO8wwsXJOL2iSFT6wW+rQNyaNlc+O6nd/Tq6f/a/cHAAD//wMAUEsD&#10;BBQABgAIAAAAIQD8uikQ2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSP0Ha5G4&#10;UTuIlCbEqSoQV1ALVOLmxtskIl5HsduEv2d7ak+j0YxmXrGaXCdOOITWk4ZkrkAgVd62VGv4+ny7&#10;X4II0ZA1nSfU8IcBVuXspjC59SNt8LSNteARCrnR0MTY51KGqkFnwtz3SJwd/OBMZDvU0g5m5HHX&#10;yQelFtKZlvihMT2+NFj9bo9Ow/f74Wf3qD7qV5f2o5+UJJdJre9up/UziIhTvJThjM/oUDLT3h/J&#10;BtFpWDyl3GTNQJzjJGG/15CqDGRZyGv+8h8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDO&#10;JcDo3gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD8uikQ2gAAAAcBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2F230190" id="Tekstlodziņš 21" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:33.75pt;margin-top:3.45pt;width:22pt;height:22pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtxpkD3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lLYSxqOo1NQ0hj&#10;IA1+gOM4iUXiM3duk/LrOTtZV+AN8WKd75zvvu+7y/Zq7DtxMEgWXCFXi6UUxmmorGsK+e3r3at3&#10;UlBQrlIdOFPIoyF5tXv5Yjv43Kyhha4yKBjEUT74QrYh+DzLSLemV7QAbxwXa8BeBb5ik1WoBkbv&#10;u2y9XL7NBsDKI2hDxNnbqSh3Cb+ujQ6f65pMEF0hmVtIJ6azjGe226q8QeVbq2ca6h9Y9Mo6bnqC&#10;ulVBiT3av6B6qxEI6rDQ0GdQ11abpIHVrJZ/qHlslTdJC5tD/mQT/T9Y/XB49F9QhPE9jDzAJIL8&#10;PejvJBzctMo15hoRhtaoihuvomXZ4CmfP41WU04RpBw+QcVDVvsACWissY+usE7B6DyA48l0Mwah&#10;Obm+uNwsuaK5NMexg8qfPvZI4YOBXsSgkMgzTeDqcE9hevr0JPZycGe7Ls21c78lGDNmEvnId2Ie&#10;xnIUtirk66gsaimhOrIahGlbeLs5aAF/SjHwphSSfuwVGim6j44duVxtNnG10mXz5mLNFzyvlOcV&#10;5TRDFTJIMYU3YVrHvUfbtNxpmoGDa3axtknhM6uZPm9D8mje3Lhu5/f06vn/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQD8uikQ2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSP0Ha5G4&#10;UTuIlCbEqSoQV1ALVOLmxtskIl5HsduEv2d7ak+j0YxmXrGaXCdOOITWk4ZkrkAgVd62VGv4+ny7&#10;X4II0ZA1nSfU8IcBVuXspjC59SNt8LSNteARCrnR0MTY51KGqkFnwtz3SJwd/OBMZDvU0g5m5HHX&#10;yQelFtKZlvihMT2+NFj9bo9Ow/f74Wf3qD7qV5f2o5+UJJdJre9up/UziIhTvJThjM/oUDLT3h/J&#10;BtFpWDyl3GTNQJzjJGG/15CqDGRZyGv+8h8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBt&#10;xpkD3gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD8uikQ2gAAAAcBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="24360895" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00C704C2" w:rsidP="00C704C2">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -4965,51 +4967,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="6CFFCAA0" id="Tekstlodziņš 19" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:46.1pt;margin-top:2.75pt;width:22pt;height:22pt;z-index:251724800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuazUE3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrjrGo6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+xkXYE3xIt1vnO++77vLtvrse/EwSBZcIVcLZZSGKehsq4p5Lev92/e&#10;SUFBuUp14Ewhj4bk9e71q+3gc7OGFrrKoGAQR/ngC9mG4PMsI92aXtECvHFcrAF7FfiKTVahGhi9&#10;77L1cvk2GwArj6ANEWfvpqLcJfy6Njo81jWZILpCMreQTkxnGc9st1V5g8q3Vs801D+w6JV13PQE&#10;daeCEnu0f0H1ViMQ1GGhoc+grq02SQOrWS3/UPPUKm+SFjaH/Mkm+n+w+vPhyX9BEcb3MPIAkwjy&#10;D6C/k3Bw2yrXmBtEGFqjKm68ipZlg6d8/jRaTTlFkHL4BBUPWe0DJKCxxj66wjoFo/MAjifTzRiE&#10;5uT68mqz5Irm0hzHDip//tgjhQ8GehGDQiLPNIGrwwOF6enzk9jLwb3tujTXzv2WYMyYSeQj34l5&#10;GMtR2KqQF1FZ1FJCdWQ1CNO28HZz0AL+lGLgTSkk/dgrNFJ0Hx07crXabOJqpcvm4nLNFzyvlOcV&#10;5TRDFTJIMYW3YVrHvUfbtNxpmoGDG3axtknhC6uZPm9D8mje3Lhu5/f06uX/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQA+jqDZ2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSP0Haytx&#10;ozahqZqQTYVAXEGUthI3N94mEfE6it0m/D3uCY6jGb15xWaynbjQ4FvHCPcLBYK4cqblGmH3+Xq3&#10;BuGDZqM7x4TwQx425eym0LlxI3/QZRtqESHsc43QhNDnUvqqIav9wvXEsTu5weoQ41BLM+gxwm0n&#10;E6VW0uqW40Oje3puqPreni3C/u30dViq9/rFpv3oJiXZZhLxdj49PYIINIW/MVz1ozqU0enozmy8&#10;6BCyJIlLhDQFca0fVjEfEZZZCrIs5H//8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBu&#10;azUE3gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQA+jqDZ2gAAAAcBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="6CFFCAA0" id="Tekstlodziņš 19" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:46.1pt;margin-top:2.75pt;width:22pt;height:22pt;z-index:251724800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOJcDo3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJvHU14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lu2m2vhV7EShSPjznkN5eTUPPDgq9AVvx9SrnTFkJjbFtxX98v3vz&#10;njMfhG1ED1ZV/Kg8v9q9frUdXak20EHfKGQEYn05uop3Ibgyy7zs1CD8CpyyVNSAgwh0xTZrUIyE&#10;PvTZJs/fZSNg4xCk8p6yt3OR7xK+1kqGr1p7FVhfceIW0onprOOZ7baibFG4zsiFhngBi0EYS01P&#10;ULciCLZH8wxqMBLBgw4rCUMGWhupkgZSs87/UfPQCaeSFjLHu5NN/v/Byi+HB/cNWZg+wEQDTCK8&#10;uwf50zMLN52wrbpGhLFToqHG62hZNjpfLp9Gq33pI0g9foaGhiz2ARLQpHGIrpBORug0gOPJdDUF&#10;Jim5ubgscqpIKi1x7CDKx48d+vBRwcBiUHGkmSZwcbj3YX76+CT2snBn+j7Ntbd/JQgzZhL5yHdm&#10;HqZ6YqapeBGVRS01NEdSgzBvC203BR3gb85G2pSK+197gYqz/pMlRy7XRRFXK12KtxcbuuB5pT6v&#10;CCsJquKBszm8CfM67h2atqNO8wwsXJOL2iSFT6wW+rQNyaNlc+O6nd/Tq6f/a/cHAAD//wMAUEsD&#10;BBQABgAIAAAAIQA+jqDZ2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSP0Haytx&#10;ozahqZqQTYVAXEGUthI3N94mEfE6it0m/D3uCY6jGb15xWaynbjQ4FvHCPcLBYK4cqblGmH3+Xq3&#10;BuGDZqM7x4TwQx425eym0LlxI3/QZRtqESHsc43QhNDnUvqqIav9wvXEsTu5weoQ41BLM+gxwm0n&#10;E6VW0uqW40Oje3puqPreni3C/u30dViq9/rFpv3oJiXZZhLxdj49PYIINIW/MVz1ozqU0enozmy8&#10;6BCyJIlLhDQFca0fVjEfEZZZCrIs5H//8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDO&#10;JcDo3gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQA+jqDZ2gAAAAcBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="77C2765E" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00EB1C53" w:rsidP="00EB1C53">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -5231,51 +5233,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2C0D49BF" id="Tekstlodziņš 17" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:45.95pt;margin-top:-.5pt;width:22pt;height:22pt;z-index:251726848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPvlvq3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrsrGo6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+xkXYE3xIt1vnO++77vLtvrse/EwSBZcIVcLZZSGKehsq4p5Lev92/e&#10;SUFBuUp14Ewhj4bk9e71q+3gc7OGFrrKoGAQR/ngC9mG4PMsI92aXtECvHFcrAF7FfiKTVahGhi9&#10;77L1cnmRDYCVR9CGiLN3U1HuEn5dGx0e65pMEF0hmVtIJ6azjGe226q8QeVbq2ca6h9Y9Mo6bnqC&#10;ulNBiT3av6B6qxEI6rDQ0GdQ11abpIHVrJZ/qHlqlTdJC5tD/mQT/T9Y/fnw5L+gCON7GHmASQT5&#10;B9DfSTi4bZVrzA0iDK1RFTdeRcuywVM+fxqtppwiSDl8goqHrPYBEtBYYx9dYZ2C0XkAx5PpZgxC&#10;c3J9ebVZckVzaY5jB5U/f+yRwgcDvYhBIZFnmsDV4YHC9PT5Sezl4N52XZpr535LMGbMJPKR78Q8&#10;jOUobFXIi6gsaimhOrIahGlbeLs5aAF/SjHwphSSfuwVGim6j44duVptNnG10mXz9nLNFzyvlOcV&#10;5TRDFTJIMYW3YVrHvUfbtNxpmoGDG3axtknhC6uZPm9D8mje3Lhu5/f06uX/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQCGr4w13AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;Wju0RU3IpkIgriAKVOLmJtskIl5HsduEv2d7osedGc2+yTeT69SJhtB6RkjmBhRx6auWa4TPj5fZ&#10;GlSIlivbeSaEXwqwKa6vcptVfuR3Om1jraSEQ2YRmhj7TOtQNuRsmPueWLyDH5yNcg61rgY7Srnr&#10;9J0x99rZluVDY3t6aqj82R4dwtfr4Xu3NG/1s1v1o5+MZpdqxNub6fEBVKQp/ofhjC/oUAjT3h+5&#10;CqpDSJNUkgizRCad/cVKhD3CcmFAF7m+HFD8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AM++W+reAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIavjDXcAAAACAEAAA8AAAAAAAAAAAAAAAAAOAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2C0D49BF" id="Tekstlodziņš 17" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:45.95pt;margin-top:-.5pt;width:22pt;height:22pt;z-index:251726848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuazUE3gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrjrGo6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+xkXYE3xIt1vnO++77vLtvrse/EwSBZcIVcLZZSGKehsq4p5Lev92/e&#10;SUFBuUp14Ewhj4bk9e71q+3gc7OGFrrKoGAQR/ngC9mG4PMsI92aXtECvHFcrAF7FfiKTVahGhi9&#10;77L1cvk2GwArj6ANEWfvpqLcJfy6Njo81jWZILpCMreQTkxnGc9st1V5g8q3Vs801D+w6JV13PQE&#10;daeCEnu0f0H1ViMQ1GGhoc+grq02SQOrWS3/UPPUKm+SFjaH/Mkm+n+w+vPhyX9BEcb3MPIAkwjy&#10;D6C/k3Bw2yrXmBtEGFqjKm68ipZlg6d8/jRaTTlFkHL4BBUPWe0DJKCxxj66wjoFo/MAjifTzRiE&#10;5uT68mqz5Irm0hzHDip//tgjhQ8GehGDQiLPNIGrwwOF6enzk9jLwb3tujTXzv2WYMyYSeQj34l5&#10;GMtR2KqQF1FZ1FJCdWQ1CNO28HZz0AL+lGLgTSkk/dgrNFJ0Hx07crXabOJqpcvm4nLNFzyvlOcV&#10;5TRDFTJIMYW3YVrHvUfbtNxpmoGDG3axtknhC6uZPm9D8mje3Lhu5/f06uX/2v0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQCGr4w13AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;Wju0RU3IpkIgriAKVOLmJtskIl5HsduEv2d7osedGc2+yTeT69SJhtB6RkjmBhRx6auWa4TPj5fZ&#10;GlSIlivbeSaEXwqwKa6vcptVfuR3Om1jraSEQ2YRmhj7TOtQNuRsmPueWLyDH5yNcg61rgY7Srnr&#10;9J0x99rZluVDY3t6aqj82R4dwtfr4Xu3NG/1s1v1o5+MZpdqxNub6fEBVKQp/ofhjC/oUAjT3h+5&#10;CqpDSJNUkgizRCad/cVKhD3CcmFAF7m+HFD8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5rNQTeAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIavjDXcAAAACAEAAA8AAAAAAAAAAAAAAAAAOAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="1D7D6160" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="006A705C" w:rsidP="00E7469F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -5534,50 +5536,57 @@
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>KONVENCIJPRIORITĀTE; DOKUMENTA VEIDS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6466" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6181,50 +6190,58 @@
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> IZSTĀDES PRIORITĀTE; DOKUMENTA VEIDS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E7469F" w14:paraId="2AC6EA6C" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
@@ -6303,51 +6320,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="14D2F457" id="Tekstlodziņš 15" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:11.55pt;margin-top:9.35pt;width:26.05pt;height:20.6pt;z-index:251720704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6gP3n5QEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Jsx0kFy0GaIEWB&#10;9AEk/QCKIi2iEpdd0pbcr++Schy3uRW9ECSXmp2ZHa2vx75je4XegK14Mcs5U1ZCY+y24t+f7t9d&#10;ceaDsI3owKqKH5Tn15u3b9aDK9UcWugahYxArC8HV/E2BFdmmZet6oWfgVOWihqwF4GOuM0aFAOh&#10;9102z/NVNgA2DkEq7+n2biryTcLXWsnwVWuvAusqTtxCWjGtdVyzzVqUWxSuNfJIQ/wDi14YS01P&#10;UHciCLZD8wqqNxLBgw4zCX0GWhupkgZSU+R/qXlshVNJC5nj3ckm//9g5Zf9o/uGLIwfYKQBJhHe&#10;PYD84ZmF21bYrbpBhKFVoqHGRbQsG5wvj59Gq33pI0g9fIaGhix2ARLQqLGPrpBORug0gMPJdDUG&#10;JulyscivFhecSSrNV8VqnoaSifL5Y4c+fFTQs7ipONJME7jYP/gQyYjy+UnsZeHedF2aa2f/uKCH&#10;8SaRj3wn5mGsR2aail9GZVFLDc2B1CBMaaF006YF/MXZQEmpuP+5E6g46z5ZcuR9sVzGaKXD8uKS&#10;BDA8r9TnFWElQVU8cDZtb8MUx51Ds22p0zQDCzfkojZJ4QurI31KQxJ+TG6M2/k5vXr5vza/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAfEikD9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOy07DMBBF&#10;90j8gzVI7KjdQGgT4lQViC2o5SGxc+NpEjUeR7HbhL/vdAXL+9C9p1hNrhMnHELrScN8pkAgVd62&#10;VGv4/Hi9W4II0ZA1nSfU8IsBVuX1VWFy60fa4Gkba8EjFHKjoYmxz6UMVYPOhJnvkTjb+8GZyHKo&#10;pR3MyOOuk4lSj9KZlvihMT0+N1gdtken4ett//P9oN7rF5f2o5+UJJdJrW9vpvUTiIhT/CvDBZ/R&#10;oWSmnT+SDaLTkNzPucn+cgGC80WagNhpSLMMZFnI//zlGQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhALqA/eflAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHxIpA/bAAAABwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="14D2F457" id="Tekstlodziņš 15" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:11.55pt;margin-top:9.35pt;width:26.05pt;height:20.6pt;z-index:251720704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAazggL5AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/0yRtV0bUdBqbhpDG&#10;QBr7AMexG4vE11y7TcrXc+10XWFviBfL9nXOPefck/XV2Hdsr9AbsBUvZjlnykpojN1W/On73btL&#10;znwQthEdWFXxg/L8avP2zXpwpZpDC12jkBGI9eXgKt6G4Mos87JVvfAzcMpSUQP2ItARt1mDYiD0&#10;vsvmeb7KBsDGIUjlPd3eTkW+SfhaKxm+au1VYF3FiVtIK6a1jmu2WYtyi8K1Rh5piH9g0QtjqekJ&#10;6lYEwXZoXkH1RiJ40GEmoc9AayNV0kBqivwvNY+tcCppIXO8O9nk/x+sfNg/um/IwvgRRhpgEuHd&#10;Pcgfnlm4aYXdqmtEGFolGmpcRMuywfny+Gm02pc+gtTDF2hoyGIXIAGNGvvoCulkhE4DOJxMV2Ng&#10;ki4Xi/xyccGZpNJ8VazmaSiZKJ8/dujDJwU9i5uKI800gYv9vQ+RjCifn8ReFu5M16W5dvaPC3oY&#10;bxL5yHdiHsZ6ZKap+Coqi1pqaA6kBmFKC6WbNi3gL84GSkrF/c+dQMVZ99mSIx+K5TJGKx2WF+9J&#10;AMPzSn1eEVYSVMUDZ9P2Jkxx3Dk025Y6TTOwcE0uapMUvrA60qc0JOHH5Ma4nZ/Tq5f/a/MbAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB8SKQP2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7LTsMwEEX3&#10;SPyDNUjsqN1AaBPiVBWILajlIbFz42kSNR5HsduEv+90Bcv70L2nWE2uEyccQutJw3ymQCBV3rZU&#10;a/j8eL1bggjRkDWdJ9TwiwFW5fVVYXLrR9rgaRtrwSMUcqOhibHPpQxVg86Eme+RONv7wZnIcqil&#10;HczI466TiVKP0pmW+KExPT43WB22R6fh623/8/2g3usXl/ajn5Qkl0mtb2+m9ROIiFP8K8MFn9Gh&#10;ZKadP5INotOQ3M+5yf5yAYLzRZqA2GlIswxkWcj//OUZAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAGs4IC+QBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAfEikD9sAAAAHAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="1037F5E3" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00E7469F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -7515,51 +7532,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="7BF459CF" id="Tekstlodziņš 13" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-3.7pt;margin-top:9.55pt;width:21.6pt;height:20.4pt;z-index:251731968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqfHeo4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06ShY13UdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMWXi5wzZSU0xrYV//b1/s2a&#10;Mx+EbUQPVlX8oDy/3r5+tRldqQrooG8UMgKxvhxdxbsQXJllXnZqEH4BTlkqasBBBDpimzUoRkIf&#10;+qzI83fZCNg4BKm8p9u7uci3CV9rJcNnrb0KrK84cQtpxbTWcc22G1G2KFxn5JGG+AcWgzCWmp6g&#10;7kQQbIfmL6jBSAQPOiwkDBlobaRKGkjNMv9DzVMnnEpayBzvTjb5/wcrH/dP7guyML2HiQaYRHj3&#10;APK7ZxZuO2FbdYMIY6dEQ42X0bJsdL48fhqt9qWPIPX4CRoastgFSECTxiG6QjoZodMADifT1RSY&#10;pMvicvW2oIqkUnFxla/TUDJRPn/s0IcPCgYWNxVHmmkCF/sHHyIZUT4/ib0s3Ju+T3Pt7W8X9DDe&#10;JPKR78w8TPXETFPxdVQWtdTQHEgNwpwWSjdtOsCfnI2UlIr7HzuBirP+oyVHrparVYxWOqwuLqMY&#10;PK/U5xVhJUFVPHA2b2/DHMedQ9N21GmegYUbclGbpPCF1ZE+pSEJPyY3xu38nF69/F/bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhABKJUM/cAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNxau9AACXEqBOIKovxI3LbxNomI11HsNuHtWU5wnJ3RzLflZva9OtIYu8AWVksDirgOruPG&#10;wtvr4+IGVEzIDvvAZOGbImyq05MSCxcmfqHjNjVKSjgWaKFNaSi0jnVLHuMyDMTi7cPoMYkcG+1G&#10;nKTc9/rCmCvtsWNZaHGg+5bqr+3BW3h/2n9+rM1z8+CzYQqz0exzbe352Xx3CyrRnP7C8Isv6FAJ&#10;0y4c2EXVW1hcryUp93wFSvzLTD7ZWcjyHHRV6v/81Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAKnx3qOMBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAEolQz9wAAAAHAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="7BF459CF" id="Tekstlodziņš 13" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-3.7pt;margin-top:9.55pt;width:21.6pt;height:20.4pt;z-index:251731968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCN80BJ4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06Sho1vUdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMWXi5wzZSU0xrYV//b1/s0l&#10;Zz4I24gerKr4QXl+vX39ajO6UhXQQd8oZARifTm6inchuDLLvOzUIPwCnLJU1ICDCHTENmtQjIQ+&#10;9FmR5++yEbBxCFJ5T7d3c5FvE77WSobPWnsVWF9x4hbSimmt45ptN6JsUbjOyCMN8Q8sBmEsNT1B&#10;3Ykg2A7NX1CDkQgedFhIGDLQ2kiVNJCaZf6HmqdOOJW0kDnenWzy/w9WPu6f3BdkYXoPEw0wifDu&#10;AeR3zyzcdsK26gYRxk6Jhhovo2XZ6Hx5/DRa7UsfQerxEzQ0ZLELkIAmjUN0hXQyQqcBHE6mqykw&#10;SZfFevW2oIqkUnFxlV+moWSifP7YoQ8fFAwsbiqONNMELvYPPkQyonx+EntZuDd9n+ba298u6GG8&#10;SeQj35l5mOqJmabi66gsaqmhOZAahDktlG7adIA/ORspKRX3P3YCFWf9R0uOXC1XqxitdFhdrKMY&#10;PK/U5xVhJUFVPHA2b2/DHMedQ9N21GmegYUbclGbpPCF1ZE+pSEJPyY3xu38nF69/F/bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhABKJUM/cAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNxau9AACXEqBOIKovxI3LbxNomI11HsNuHtWU5wnJ3RzLflZva9OtIYu8AWVksDirgOruPG&#10;wtvr4+IGVEzIDvvAZOGbImyq05MSCxcmfqHjNjVKSjgWaKFNaSi0jnVLHuMyDMTi7cPoMYkcG+1G&#10;nKTc9/rCmCvtsWNZaHGg+5bqr+3BW3h/2n9+rM1z8+CzYQqz0exzbe352Xx3CyrRnP7C8Isv6FAJ&#10;0y4c2EXVW1hcryUp93wFSvzLTD7ZWcjyHHRV6v/81Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAjfNASeMBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAEolQz9wAAAAHAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="4390AB4A" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
@@ -7693,50 +7710,58 @@
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70453246" w14:textId="77777777" w:rsidR="004A574E" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -7972,51 +7997,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="682660D8" id="Tekstlodziņš 11" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-14.25pt;margin-top:16.25pt;width:21.6pt;height:20.4pt;z-index:251722752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKMoJE4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06ShY2vUdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMWXi5wzZSU0xrYV//b1/s0V&#10;Zz4I24gerKr4QXl+vX39ajO6UhXQQd8oZARifTm6inchuDLLvOzUIPwCnLJU1ICDCHTENmtQjIQ+&#10;9FmR5++yEbBxCFJ5T7d3c5FvE77WSobPWnsVWF9x4hbSimmt45ptN6JsUbjOyCMN8Q8sBmEsNT1B&#10;3Ykg2A7NX1CDkQgedFhIGDLQ2kiVNJCaZf6HmqdOOJW0kDnenWzy/w9WPu6f3BdkYXoPEw0wifDu&#10;AeR3zyzcdsK26gYRxk6Jhhovo2XZ6Hx5/DRa7UsfQerxEzQ0ZLELkIAmjUN0hXQyQqcBHE6mqykw&#10;SZfF5eptQRVJpeJinV+loWSifP7YoQ8fFAwsbiqONNMELvYPPkQyonx+EntZuDd9n+ba298u6GG8&#10;SeQj35l5mOqJmabi66gsaqmhOZAahDktlG7adIA/ORspKRX3P3YCFWf9R0uOrJerVYxWOqwuLqMY&#10;PK/U5xVhJUFVPHA2b2/DHMedQ9N21GmegYUbclGbpPCF1ZE+pSEJPyY3xu38nF69/F/bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJPgf9zdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOxau0lfpJlUCMQW1PKQ2LnxNImIx1HsNuHvcVd0NRrN0Z1z8+1oW3Gm3jeOEWZTBYK4dKbh&#10;CuHj/WWyBuGDZqNbx4TwSx62xe1NrjPjBt7ReR8qEUPYZxqhDqHLpPRlTVb7qeuI4+3oeqtDXPtK&#10;ml4PMdy2MlFqKa1uOH6odUdPNZU/+5NF+Hw9fn/N1Vv1bBfd4EYl2T5IxPu78XEDItAY/mG46Ed1&#10;KKLTwZ3YeNEiTJL1IqIIaRLnBZivQBwQVmkKssjldYHiDwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAIoygkTjAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJPgf9zdAAAACAEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="682660D8" id="Tekstlodziņš 11" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-14.25pt;margin-top:16.25pt;width:21.6pt;height:20.4pt;z-index:251722752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqfHeo4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06ShY13UdBqbhpDG&#10;QBp8gOPYiUXia67dJuXruXa6rsAb4sWyfZ1zzzn3ZHM9DT3bK/QGbMWXi5wzZSU0xrYV//b1/s2a&#10;Mx+EbUQPVlX8oDy/3r5+tRldqQrooG8UMgKxvhxdxbsQXJllXnZqEH4BTlkqasBBBDpimzUoRkIf&#10;+qzI83fZCNg4BKm8p9u7uci3CV9rJcNnrb0KrK84cQtpxbTWcc22G1G2KFxn5JGG+AcWgzCWmp6g&#10;7kQQbIfmL6jBSAQPOiwkDBlobaRKGkjNMv9DzVMnnEpayBzvTjb5/wcrH/dP7guyML2HiQaYRHj3&#10;APK7ZxZuO2FbdYMIY6dEQ42X0bJsdL48fhqt9qWPIPX4CRoastgFSECTxiG6QjoZodMADifT1RSY&#10;pMvicvW2oIqkUnFxla/TUDJRPn/s0IcPCgYWNxVHmmkCF/sHHyIZUT4/ib0s3Ju+T3Pt7W8X9DDe&#10;JPKR78w8TPXETFPxdVQWtdTQHEgNwpwWSjdtOsCfnI2UlIr7HzuBirP+oyVHrparVYxWOqwuLqMY&#10;PK/U5xVhJUFVPHA2b2/DHMedQ9N21GmegYUbclGbpPCF1ZE+pSEJPyY3xu38nF69/F/bXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJPgf9zdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOxau0lfpJlUCMQW1PKQ2LnxNImIx1HsNuHvcVd0NRrN0Z1z8+1oW3Gm3jeOEWZTBYK4dKbh&#10;CuHj/WWyBuGDZqNbx4TwSx62xe1NrjPjBt7ReR8qEUPYZxqhDqHLpPRlTVb7qeuI4+3oeqtDXPtK&#10;ml4PMdy2MlFqKa1uOH6odUdPNZU/+5NF+Hw9fn/N1Vv1bBfd4EYl2T5IxPu78XEDItAY/mG46Ed1&#10;KKLTwZ3YeNEiTJL1IqIIaRLnBZivQBwQVmkKssjldYHiDwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACp8d6jjAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJPgf9zdAAAACAEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="6F13CC1A" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00E01531" w:rsidP="004A574E">
                             <w:pPr>
                               <w:ind w:right="-141"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
@@ -8102,50 +8127,58 @@
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F3F5649" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -8491,51 +8524,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="235E280B" id="Tekstlodziņš 9" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:-3.35pt;margin-top:4.25pt;width:25.35pt;height:27.9pt;z-index:251736064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPSuqT5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRtCmzUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnixPDPOmXPOTLbX09Czg0JvwFY8Xyw5U1ZCY2xb8W9f71+9&#10;5cwHYRvRg1UVPyrPr3cvX2xHV6oVdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz5bLZevsxGwcQhSeU/Zu7nIdwlfayXDZ629CqyvOHEL6cR01vHMdltRtihcZ+SJhvgHFoMwlpqe&#10;oe5EEGyP5i+owUgEDzosJAwZaG2kShpITb78Q81jJ5xKWsgc7842+f8HKz8dHt0XZGF6BxMNMInw&#10;7gHkd88s3HbCtuoGEcZOiYYa59GybHS+PH0arfaljyD1+BEaGrLYB0hAk8YhukI6GaHTAI5n09UU&#10;mKTkepVfFRvOJJXWm2K9TkPJRPn0sUMf3isYWLxUHGmmCVwcHnyIZET59CT2snBv+j7Ntbe/Jehh&#10;zCTyke/MPEz1xExDylLjKKaG5khyEOZ1ofWmSwf4k7ORVqXi/sdeoOKs/2DJkqu8KOJupaDYvFlR&#10;gJeV+rIirCSoigfO5uttmPdx79C0HXWah2DhhmzUJkl8ZnXiT+uQlJ9WN+7bZZxePf9gu18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCOI+4l2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcWhtIQwnZVAjEFUT5kbi58TaJiNdR7Dbh7VlOcBzNaOabcjP7Xh1pjF1ghIulAUVcB9dx&#10;g/D2+rhYg4rJsrN9YEL4pgib6vSktIULE7/QcZsaJSUcC4vQpjQUWse6JW/jMgzE4u3D6G0SOTba&#10;jXaSct/rS2Ny7W3HstDage5bqr+2B4/w/rT//MjMc/PgV8MUZqPZ32jE87P57hZUojn9heEXX9Ch&#10;EqZdOLCLqkdY5NeSRFivQImdZfJsh5BnV6CrUv/Hr34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAz0rqk+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAjiPuJdsAAAAGAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="235E280B" id="Tekstlodziņš 9" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-3.35pt;margin-top:4.25pt;width:25.35pt;height:27.9pt;z-index:251736064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAROnef5QEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOZVuMOEXXosOA&#10;7gJ0/QBZlmxhtqhRSuzs60fJaZptb8VeBJGUD885pLdXY9+xg0JvwJY8n805U1ZCbWxT8sfvd2/e&#10;c+aDsLXowKqSH5XnV7vXr7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vO32QBYOwSpvKfs7VTku4SvtZLhq9ZeBdaVnLiFdGI6q3hmu60oGhSuNfJEQ7yARS+MpaZn&#10;qFsRBNuj+QeqNxLBgw4zCX0GWhupkgZSk8//UvPQCqeSFjLHu7NN/v/Byi+HB/cNWRg/wEgDTCK8&#10;uwf5wzMLN62wjbpGhKFVoqbGebQsG5wvTp9Gq33hI0g1fIaahiz2ARLQqLGPrpBORug0gOPZdDUG&#10;Jim5XOSb1ZozSaXlerVcpqFkonj62KEPHxX0LF5KjjTTBC4O9z5EMqJ4ehJ7WbgzXZfm2tk/EvQw&#10;ZhL5yHdiHsZqZKYu+SYqi1oqqI+kBmHaFtpuurSAvzgbaFNK7n/uBSrOuk+WHNnkq1VcrRSs1u8W&#10;FOBlpbqsCCsJquSBs+l6E6Z13Ds0TUudphlYuCYXtUkKn1md6NM2JOGnzY3rdhmnV8//1+43AAAA&#10;//8DAFBLAwQUAAYACAAAACEAjiPuJdsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3FobSEMJ2VQIxBVE+ZG4ufE2iYjXUew24e1ZTnAczWjmm3Iz+14daYxdYISLpQFFXAfX&#10;cYPw9vq4WIOKybKzfWBC+KYIm+r0pLSFCxO/0HGbGiUlHAuL0KY0FFrHuiVv4zIMxOLtw+htEjk2&#10;2o12knLf60tjcu1tx7LQ2oHuW6q/tgeP8P60//zIzHPz4FfDFGaj2d9oxPOz+e4WVKI5/YXhF1/Q&#10;oRKmXTiwi6pHWOTXkkRYr0CJnWXybIeQZ1egq1L/x69+AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABE6d5/lAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAI4j7iXbAAAABgEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="794E9BFB" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
                             <w:pPr>
                               <w:ind w:right="76"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
@@ -8665,51 +8698,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="6E330536" id="Tekstlodziņš 7" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:33.3pt;margin-top:4.55pt;width:21.6pt;height:20.4pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCruxkY4gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu1DAQfEfiHyy/c8mFK22jy1WlVRFS&#10;KUilH+A4dmKReM3ad8nx9ayd6/WAt4oXy/Y6szOzk/XVNPRsp9AbsBVfLnLOlJXQGNtW/On73bsL&#10;znwQthE9WFXxvfL8avP2zXp0pSqgg75RyAjE+nJ0Fe9CcGWWedmpQfgFOGWpqAEHEeiIbdagGAl9&#10;6LMizz9kI2DjEKTynm5v5yLfJHytlQxftfYqsL7ixC2kFdNaxzXbrEXZonCdkQca4hUsBmEsNT1C&#10;3Yog2BbNP1CDkQgedFhIGDLQ2kiVNJCaZf6XmsdOOJW0kDneHW3y/w9WPuwe3TdkYfoIEw0wifDu&#10;HuQPzyzcdMK26hoRxk6Jhhovo2XZ6Hx5+DRa7UsfQerxCzQ0ZLENkIAmjUN0hXQyQqcB7I+mqykw&#10;SZfF+ep9QRVJpeLsMr9IQ8lE+fyxQx8+KRhY3FQcaaYJXOzufYhkRPn8JPaycGf6Ps21t39c0MN4&#10;k8hHvjPzMNUTMw0pS9KimBqaPclBmONC8aZNB/iLs5GiUnH/cytQcdZ/tmTJ5XK1itlKh9XZeVSD&#10;p5X6tCKsJKiKB87m7U2Y87h1aNqOOs1DsHBNNmqTJL6wOvCnOCTlh+jGvJ2e06uXH2zzGwAA//8D&#10;AFBLAwQUAAYACAAAACEANBWAr9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VIvVG7qEQ4zaaqinoFUX4kbm68TaLG6yh2m/D2uCc4jmY0802xnlwnLjSE1jPCYq5AEFfetlwj&#10;fLzv7p9AhGjYms4zIfxQgHV5e1OY3PqR3+iyj7VIJRxyg9DE2OdShqohZ8Lc98TJO/rBmZjkUEs7&#10;mDGVu04+KJVJZ1pOC43padtQddqfHcLny/H7a6le62f32I9+UpKdloizu2mzAhFpin9huOIndCgT&#10;08Gf2QbRIWRZlpIIegHiaiudnhwQllqDLAv5n7/8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAKu7GRjiAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhADQVgK/bAAAABwEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="6E330536" id="Tekstlodziņš 7" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:33.3pt;margin-top:4.55pt;width:21.6pt;height:20.4pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAL9ez04gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu1DAQfEfiHyy/c8mFK22jy1WlVRFS&#10;KUilH+A4dmKReM3ad8nx9ayd6/WAt4oXy/Y6szOzk/XVNPRsp9AbsBVfLnLOlJXQGNtW/On73bsL&#10;znwQthE9WFXxvfL8avP2zXp0pSqgg75RyAjE+nJ0Fe9CcGWWedmpQfgFOGWpqAEHEeiIbdagGAl9&#10;6LMizz9kI2DjEKTynm5v5yLfJHytlQxftfYqsL7ixC2kFdNaxzXbrEXZonCdkQca4hUsBmEsNT1C&#10;3Yog2BbNP1CDkQgedFhIGDLQ2kiVNJCaZf6XmsdOOJW0kDneHW3y/w9WPuwe3TdkYfoIEw0wifDu&#10;HuQPzyzcdMK26hoRxk6Jhhovo2XZ6Hx5+DRa7UsfQerxCzQ0ZLENkIAmjUN0hXQyQqcB7I+mqykw&#10;SZfF+ep9QRVJpeLsMr9IQ8lE+fyxQx8+KRhY3FQcaaYJXOzufYhkRPn8JPaycGf6Ps21t39c0MN4&#10;k8hHvjPzMNUTMw0pS42jmBqaPclBmONC8aZNB/iLs5GiUnH/cytQcdZ/tmTJ5XK1itlKh9XZeVSD&#10;p5X6tCKsJKiKB87m7U2Y87h1aNqOOs1DsHBNNmqTJL6wOvCnOCTlh+jGvJ2e06uXH2zzGwAA//8D&#10;AFBLAwQUAAYACAAAACEANBWAr9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VIvVG7qEQ4zaaqinoFUX4kbm68TaLG6yh2m/D2uCc4jmY0802xnlwnLjSE1jPCYq5AEFfetlwj&#10;fLzv7p9AhGjYms4zIfxQgHV5e1OY3PqR3+iyj7VIJRxyg9DE2OdShqohZ8Lc98TJO/rBmZjkUEs7&#10;mDGVu04+KJVJZ1pOC43padtQddqfHcLny/H7a6le62f32I9+UpKdloizu2mzAhFpin9huOIndCgT&#10;08Gf2QbRIWRZlpIIegHiaiudnhwQllqDLAv5n7/8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAAv17PTiAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhADQVgK/bAAAABwEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="6B72099B" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="004A574E" w:rsidP="004A574E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
@@ -9431,51 +9464,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="365BD2F1" id="Tekstlodziņš 5" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:-1.9pt;width:25.35pt;height:27.9pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDO0XGR5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRpC2zUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnixPDPOmXPOTLbX09Czg0JvwFY8Xyw5U1ZCY2xb8W9f71+9&#10;5cwHYRvRg1UVPyrPr3cvX2xHV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58Vy+XrbARsHIJU3lP2bi7yXcLXWsnwWWuvAusrTtxCOjGddTyz3VaULQrXGXmiIf6BxSCMpaZn&#10;qDsRBNuj+QtqMBLBgw4LCUMGWhupkgZSky//UPPYCaeSFjLHu7NN/v/Byk+HR/cFWZjewUQDTCK8&#10;ewD53TMLt52wrbpBhLFToqHGebQsG50vT59Gq33pI0g9foSGhiz2ARLQpHGIrpBORug0gOPZdDUF&#10;Jim5KvKr9YYzSaXVZr1apaFkonz62KEP7xUMLF4qjjTTBC4ODz5EMqJ8ehJ7Wbg3fZ/m2tvfEvQw&#10;ZhL5yHdmHqZ6YqYhZUWUFsXU0BxJDsK8LrTedOkAf3I20qpU3P/YC1Sc9R8sWXKVr9dxt1Kw3rwp&#10;KMDLSn1ZEVYSVMUDZ/P1Nsz7uHdo2o46zUOwcEM2apMkPrM68ad1SMpPqxv37TJOr55/sN0vAAAA&#10;//8DAFBLAwQUAAYACAAAACEAN0ovi9wAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3No1/aEQ4lQIxBXUQitxc+NtEhGvo9htwtuznOC0Gs1o9pt8PfpWnamPTWADN1MNirgM&#10;ruHKwMf7y+QOVEyWnW0Dk4FvirAuLi9ym7kw8IbO21QpKeGYWQN1Sl2GGMuavI3T0BGLdwy9t0lk&#10;X6Hr7SDlvsWZ1rfobcPyobYdPdVUfm1P3sDu9fi5X+i36tkvuyGMGtnfozHXV+PjA6hEY/oLwy++&#10;oEMhTIdwYhdVa2CyWklS7lwWiL+Yy7SDgeVMAxY5/ucvfgAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDO0XGR5QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA3Si+L3AAAAAcBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="365BD2F1" id="Tekstlodziņš 5" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:-1.9pt;width:25.35pt;height:27.9pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvBB9/5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRtCmzUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnixPDPOmXPOTLbX09Czg0JvwFY8Xyw5U1ZCY2xb8W9f71+9&#10;5cwHYRvRg1UVPyrPr3cvX2xHV6oVdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz5bLZevsxGwcQhSeU/Zu7nIdwlfayXDZ629CqyvOHEL6cR01vHMdltRtihcZ+SJhvgHFoMwlpqe&#10;oe5EEGyP5i+owUgEDzosJAwZaG2kShpITb78Q81jJ5xKWsgc7842+f8HKz8dHt0XZGF6BxMNMInw&#10;7gHkd88s3HbCtuoGEcZOiYYa59GybHS+PH0arfaljyD1+BEaGrLYB0hAk8YhukI6GaHTAI5n09UU&#10;mKTkepVfFRvOJJXWm2K9TkPJRPn0sUMf3isYWLxUHGmmCVwcHnyIZET59CT2snBv+j7Ntbe/Jehh&#10;zCTyke/MPEz1xExDypK0KKaG5khyEOZ1ofWmSwf4k7ORVqXi/sdeoOKs/2DJkqu8KOJupaDYvFlR&#10;gJeV+rIirCSoigfO5uttmPdx79C0HXWah2DhhmzUJkl8ZnXiT+uQlJ9WN+7bZZxePf9gu18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA3Si+L3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjc2jX9oRDiVAjEFdRCK3Fz420SEa+j2G3C27Oc4LQazWj2m3w9+ladqY9NYAM3Uw2KuAyu&#10;4crAx/vL5A5UTJadbQOTgW+KsC4uL3KbuTDwhs7bVCkp4ZhZA3VKXYYYy5q8jdPQEYt3DL23SWRf&#10;oevtIOW+xZnWt+htw/Khth091VR+bU/ewO71+Llf6Lfq2S+7IYwa2d+jMddX4+MDqERj+gvDL76g&#10;QyFMh3BiF1VrYLJaSVLuXBaIv5jLtIOB5UwDFjn+5y9+AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAG8EH3/kAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhADdKL4vcAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="1764EC58" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="0031467A" w:rsidP="0031467A">
                             <w:pPr>
                               <w:ind w:right="76"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0066601C">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
@@ -9976,51 +10009,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1C2DC689" id="Tekstlodziņš 3" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:-8.75pt;margin-top:14.85pt;width:30.9pt;height:20.3pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGQzhf5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh20rU14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vQ17EURSPjznkN7cTEPP9gq9AVvxfLHkTFkJjbFtxb99fXhz&#10;xZkPwjaiB6sqflCe32xfv9qMrlQFdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz4rlsu32QjYOASpvKfs/Vzk24SvtZLhs9ZeBdZXnLiFdGI663hm240oWxSuM/JIQ/wDi0EYS01P&#10;UPciCLZD8xfUYCSCBx0WEoYMtDZSJQ2kJl/+oeapE04lLWSOdyeb/P+DlZ/2T+4LsjC9g4kGmER4&#10;9wjyu2cW7jphW3WLCGOnREON82hZNjpfHj+NVvvSR5B6/AgNDVnsAiSgSeMQXSGdjNBpAIeT6WoK&#10;TFJydV2sV1SRVCouLq/yNJRMlM8fO/ThvYKBxUvFkWaawMX+0YdIRpTPT2IvCw+m79Nce/tbgh7G&#10;TCIf+c7Mw1RPzDSkbBWlRTE1NAeSgzCvC603XTrAn5yNtCoV9z92AhVn/QdLllzn63XcrRSsLy4L&#10;CvC8Up9XhJUEVfHA2Xy9C/M+7hyatqNO8xAs3JKN2iSJL6yO/GkdkvLj6sZ9O4/Tq5cfbPsLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAdmyCV3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3&#10;lfgHa5C6AxsITQmZoKpVt62gD6k7Ew9JRDyOYkPSv6+7apeje3TvmXw32lZcqfeNY4TFXIEgLp1p&#10;uEJ4f3ue3YPwQbPRrWNC+CYPu2Jyk+vMuIH3dD2ESsQS9plGqEPoMil9WZPVfu464pidXG91iGdf&#10;SdPrIZbbVi6VupNWNxwXat3RY03l+XCxCB8vp6/PRL1WT3bdDW5Uku1GIt5Ox4ctiEBj+IPhVz+q&#10;QxGdju7CxosWYbZI1xFFWG5SEBFIkhWII0KqViCLXP5/oPgBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAxkM4X+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAHZsgld4AAAAIAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="1C2DC689" id="Tekstlodziņš 3" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:-8.75pt;margin-top:14.85pt;width:30.9pt;height:20.3pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmDc2z5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh207U14hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkF5fT0PPdgq9AVvxfLHkTFkJjbFtxZ++37+7&#10;5MwHYRvRg1UV3yvPrzdv36xHV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58Vy+X7bARsHIJU3lP2bi7yTcLXWsnwVWuvAusrTtxCOjGddTyzzVqULQrXGXmgIf6BxSCMpaZH&#10;qDsRBNuieQU1GIngQYeFhCEDrY1USQOpyZd/qXnshFNJC5nj3dEm//9g5Zfdo/uGLEwfYKIBJhHe&#10;PYD84ZmF207YVt0gwtgp0VDjPFqWjc6Xh0+j1b70EaQeP0NDQxbbAAlo0jhEV0gnI3QawP5oupoC&#10;k5Q8uypWZ1SRVCrOLy7zNJRMlM8fO/Tho4KBxUvFkWaawMXuwYdIRpTPT2IvC/em79Nce/tHgh7G&#10;TCIf+c7Mw1RPzDSkrIjSopgamj3JQZjXhdabLh3gL85GWpWK+59bgYqz/pMlS67y1SruVgpW5xcF&#10;BXhaqU8rwkqCqnjgbL7ehnkftw5N21GneQgWbshGbZLEF1YH/rQOSflhdeO+ncbp1csPtvkNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAdmyCV3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3&#10;lfgHa5C6AxsITQmZoKpVt62gD6k7Ew9JRDyOYkPSv6+7apeje3TvmXw32lZcqfeNY4TFXIEgLp1p&#10;uEJ4f3ue3YPwQbPRrWNC+CYPu2Jyk+vMuIH3dD2ESsQS9plGqEPoMil9WZPVfu464pidXG91iGdf&#10;SdPrIZbbVi6VupNWNxwXat3RY03l+XCxCB8vp6/PRL1WT3bdDW5Uku1GIt5Ox4ctiEBj+IPhVz+q&#10;QxGdju7CxosWYbZI1xFFWG5SEBFIkhWII0KqViCLXP5/oPgBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAZg3Ns+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAHZsgld4AAAAIAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="40884063" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="004C1BFD">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -10037,50 +10070,58 @@
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00257362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9788" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="200FF6C0" w14:textId="3FDEF4A4" w:rsidR="00257362" w:rsidRPr="000F6669" w:rsidRDefault="0078385C" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-111"/>
               <w:rPr>
@@ -10147,51 +10188,51 @@
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="23264858" id="Tekstlodziņš 1" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:188pt;margin-top:14.4pt;width:30.9pt;height:20.3pt;z-index:251740160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBloGG05AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh207U14hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkF5fT0PPdgq9AVvxfLHkTFkJjbFtxZ++37+7&#10;5MwHYRvRg1UV3yvPrzdv36xHV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58Vy+X7bARsHIJU3lP2bi7yTcLXWsnwVWuvAusrTtxCOjGddTyzzVqULQrXGXmgIf6BxSCMpaZH&#10;qDsRBNuieQU1GIngQYeFhCEDrY1USQOpyZd/qXnshFNJC5nj3dEm//9g5Zfdo/uGLEwfYKIBJhHe&#10;PYD84ZmF207YVt0gwtgp0VDjPFqWjc6Xh0+j1b70EaQeP0NDQxbbAAlo0jhEV0gnI3QawP5oupoC&#10;k5Q8uypWZ1SRVCrOLy7zNJRMlM8fO/Tho4KBxUvFkWaawMXuwYdIRpTPT2IvC/em79Nce/tHgh7G&#10;TCIf+c7Mw1RPzDSkbBWlRTE1NHuSgzCvC603XTrAX5yNtCoV9z+3AhVn/SdLllzlq1XcrRSszi8K&#10;CvC0Up9WhJUEVfHA2Xy9DfM+bh2atqNO8xAs3JCN2iSJL6wO/GkdkvLD6sZ9O43Tq5cfbPMbAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD00C6x3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLGUr3VbqTgjEFcRgk7hljddWNE7VZGt5e8wJbrb86/f3FZvJdepMQ2g9I9zOElDElbct&#10;1wgf7883K1AhGram80wI3xRgU15eFCa3fuQ3Om9jraSEQ24Qmhj7XOtQNeRMmPmeWG5HPzgTZR1q&#10;bQczSrnr9DxJMu1My/KhMT09NlR9bU8OYfdy/NynyWv95O760U+JZrfWiNdX08M9qEhT/AvDL76g&#10;QylMB39iG1SHsFhm4hIR5itRkEC6WMpwQMjWKeiy0P8Nyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAZaBhtOQBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA9NAusd4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="23264858" id="Tekstlodziņš 1" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:188pt;margin-top:14.4pt;width:30.9pt;height:20.3pt;z-index:251740160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGQzhf5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh20rU14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vQ17EURSPjznkN7cTEPP9gq9AVvxfLHkTFkJjbFtxb99fXhz&#10;xZkPwjaiB6sqflCe32xfv9qMrlQFdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz4rlsu32QjYOASpvKfs/Vzk24SvtZLhs9ZeBdZXnLiFdGI663hm240oWxSuM/JIQ/wDi0EYS01P&#10;UPciCLZD8xfUYCSCBx0WEoYMtDZSJQ2kJl/+oeapE04lLWSOdyeb/P+DlZ/2T+4LsjC9g4kGmER4&#10;9wjyu2cW7jphW3WLCGOnREON82hZNjpfHj+NVvvSR5B6/AgNDVnsAiSgSeMQXSGdjNBpAIeT6WoK&#10;TFJydV2sV1SRVCouLq/yNJRMlM8fO/ThvYKBxUvFkWaawMX+0YdIRpTPT2IvCw+m79Nce/tbgh7G&#10;TCIf+c7Mw1RPzDSkbBWlRTE1NAeSgzCvC603XTrAn5yNtCoV9z92AhVn/QdLllzn63XcrRSsLy4L&#10;CvC8Up9XhJUEVfHA2Xy9C/M+7hyatqNO8xAs3JKN2iSJL6yO/GkdkvLj6sZ9O4/Tq5cfbPsLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD00C6x3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLGUr3VbqTgjEFcRgk7hljddWNE7VZGt5e8wJbrb86/f3FZvJdepMQ2g9I9zOElDElbct&#10;1wgf7883K1AhGram80wI3xRgU15eFCa3fuQ3Om9jraSEQ24Qmhj7XOtQNeRMmPmeWG5HPzgTZR1q&#10;bQczSrnr9DxJMu1My/KhMT09NlR9bU8OYfdy/NynyWv95O760U+JZrfWiNdX08M9qEhT/AvDL76g&#10;QylMB39iG1SHsFhm4hIR5itRkEC6WMpwQMjWKeiy0P8Nyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAxkM4X+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA9NAusd4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="1209E80A" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00D83C0A" w:rsidP="00D83C0A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -10612,71 +10653,71 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32B7CB7E" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A659A2" w:rsidSect="004865ED">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="426" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="486CFFF4" w14:textId="77777777" w:rsidR="00CA19C7" w:rsidRDefault="00CA19C7">
+    <w:p w14:paraId="08076BF0" w14:textId="77777777" w:rsidR="007C57BD" w:rsidRDefault="007C57BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A6C24EB" w14:textId="77777777" w:rsidR="00CA19C7" w:rsidRDefault="00CA19C7">
+    <w:p w14:paraId="5496D143" w14:textId="77777777" w:rsidR="007C57BD" w:rsidRDefault="007C57BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Vrinda">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -10685,58 +10726,58 @@
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13A4BA27" w14:textId="77777777" w:rsidR="00CA19C7" w:rsidRDefault="00CA19C7">
+    <w:p w14:paraId="2714570A" w14:textId="77777777" w:rsidR="007C57BD" w:rsidRDefault="007C57BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0282253A" w14:textId="77777777" w:rsidR="00CA19C7" w:rsidRDefault="00CA19C7">
+    <w:p w14:paraId="2A3214FD" w14:textId="77777777" w:rsidR="007C57BD" w:rsidRDefault="007C57BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29986EEF"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -10824,56 +10865,54 @@
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1972594867">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2072194955">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="358747834">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="462507101">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1514297184">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ztYpXwFPyk49sS0ahRkpZ/icZ+uunKLwaCr7nmAZK21NxR5QbnjbTw15FKFxpFHodV7+an+iSwINEmjXeamQvA==" w:salt="OlSX9H39j9j1eFhINBVtpw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="FZ49A/R2jwgthQjiCWpEM8NEiZzaI8ytXpRLn9Um+1e46w1T7GWHpQe+G21qaGDsHecygZYP9PKbyvTZm4NDfA==" w:salt="keW+Ss7BCx8zqby8ZpgaLw=="/>
   <w:defaultTabStop w:val="340"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A659A2"/>
     <w:rsid w:val="00004837"/>
@@ -10894,50 +10933,51 @@
     <w:rsid w:val="000D4C14"/>
     <w:rsid w:val="000E0F26"/>
     <w:rsid w:val="000E1405"/>
     <w:rsid w:val="000E1B20"/>
     <w:rsid w:val="000F6669"/>
     <w:rsid w:val="000F6ECB"/>
     <w:rsid w:val="00113B17"/>
     <w:rsid w:val="00121925"/>
     <w:rsid w:val="00121B05"/>
     <w:rsid w:val="00123AD6"/>
     <w:rsid w:val="00127A20"/>
     <w:rsid w:val="00145652"/>
     <w:rsid w:val="001554BE"/>
     <w:rsid w:val="001573D9"/>
     <w:rsid w:val="00171D14"/>
     <w:rsid w:val="00185860"/>
     <w:rsid w:val="001A5399"/>
     <w:rsid w:val="001A5450"/>
     <w:rsid w:val="001A79B5"/>
     <w:rsid w:val="001B2BE1"/>
     <w:rsid w:val="001D0B52"/>
     <w:rsid w:val="001D683F"/>
     <w:rsid w:val="001E79B7"/>
     <w:rsid w:val="001F7F45"/>
     <w:rsid w:val="002040D4"/>
+    <w:rsid w:val="00214EFF"/>
     <w:rsid w:val="00231B22"/>
     <w:rsid w:val="0023582B"/>
     <w:rsid w:val="00240033"/>
     <w:rsid w:val="002414CA"/>
     <w:rsid w:val="00244727"/>
     <w:rsid w:val="002474D6"/>
     <w:rsid w:val="00257362"/>
     <w:rsid w:val="00283A8E"/>
     <w:rsid w:val="002912E8"/>
     <w:rsid w:val="00291369"/>
     <w:rsid w:val="00292A9E"/>
     <w:rsid w:val="00292BC0"/>
     <w:rsid w:val="00293EBB"/>
     <w:rsid w:val="002A3C94"/>
     <w:rsid w:val="002A7827"/>
     <w:rsid w:val="002B4CD4"/>
     <w:rsid w:val="002D2FC3"/>
     <w:rsid w:val="002E03AB"/>
     <w:rsid w:val="0030505D"/>
     <w:rsid w:val="0031467A"/>
     <w:rsid w:val="00322BDA"/>
     <w:rsid w:val="003318C2"/>
     <w:rsid w:val="00345762"/>
     <w:rsid w:val="00345D37"/>
     <w:rsid w:val="00347B58"/>
@@ -10966,192 +11006,197 @@
     <w:rsid w:val="00483F8F"/>
     <w:rsid w:val="004865ED"/>
     <w:rsid w:val="0049664C"/>
     <w:rsid w:val="00497AF2"/>
     <w:rsid w:val="004A0DA9"/>
     <w:rsid w:val="004A574E"/>
     <w:rsid w:val="004A69F2"/>
     <w:rsid w:val="004B642C"/>
     <w:rsid w:val="004C1BFD"/>
     <w:rsid w:val="004C765B"/>
     <w:rsid w:val="004D1EA0"/>
     <w:rsid w:val="004D5773"/>
     <w:rsid w:val="004E3DAD"/>
     <w:rsid w:val="00500510"/>
     <w:rsid w:val="00500D6C"/>
     <w:rsid w:val="005015C4"/>
     <w:rsid w:val="00504C63"/>
     <w:rsid w:val="0053403C"/>
     <w:rsid w:val="00541392"/>
     <w:rsid w:val="00553AE3"/>
     <w:rsid w:val="005667FF"/>
     <w:rsid w:val="00582C72"/>
     <w:rsid w:val="00586058"/>
     <w:rsid w:val="005A13FB"/>
     <w:rsid w:val="005A1E77"/>
+    <w:rsid w:val="005B0D98"/>
     <w:rsid w:val="005C6FD0"/>
     <w:rsid w:val="005D25B2"/>
     <w:rsid w:val="005D57D5"/>
     <w:rsid w:val="005E0D11"/>
     <w:rsid w:val="005E748F"/>
     <w:rsid w:val="00612440"/>
     <w:rsid w:val="006142F2"/>
     <w:rsid w:val="0061711B"/>
     <w:rsid w:val="00635127"/>
     <w:rsid w:val="0064337F"/>
     <w:rsid w:val="00647030"/>
     <w:rsid w:val="006545B9"/>
     <w:rsid w:val="0066160E"/>
     <w:rsid w:val="0066601C"/>
     <w:rsid w:val="0067374B"/>
     <w:rsid w:val="00674A41"/>
     <w:rsid w:val="006759E8"/>
     <w:rsid w:val="00676FF7"/>
     <w:rsid w:val="00695D67"/>
     <w:rsid w:val="00696F1E"/>
     <w:rsid w:val="006A4414"/>
     <w:rsid w:val="006A705C"/>
     <w:rsid w:val="006A753D"/>
     <w:rsid w:val="006B740E"/>
     <w:rsid w:val="006C105D"/>
     <w:rsid w:val="006C27B5"/>
     <w:rsid w:val="006F6526"/>
     <w:rsid w:val="00743589"/>
     <w:rsid w:val="00747182"/>
     <w:rsid w:val="0075526F"/>
     <w:rsid w:val="007567CF"/>
     <w:rsid w:val="00774650"/>
     <w:rsid w:val="0078385C"/>
     <w:rsid w:val="00783F73"/>
     <w:rsid w:val="007849B0"/>
     <w:rsid w:val="007858A1"/>
     <w:rsid w:val="00795909"/>
     <w:rsid w:val="00796C30"/>
+    <w:rsid w:val="007C57BD"/>
     <w:rsid w:val="007D08C5"/>
     <w:rsid w:val="007D09C1"/>
     <w:rsid w:val="007D1E34"/>
     <w:rsid w:val="007F1592"/>
     <w:rsid w:val="007F260F"/>
     <w:rsid w:val="0080461E"/>
     <w:rsid w:val="00806F63"/>
     <w:rsid w:val="008119E2"/>
     <w:rsid w:val="0081279B"/>
     <w:rsid w:val="0081379B"/>
     <w:rsid w:val="0083743F"/>
     <w:rsid w:val="00865BD0"/>
     <w:rsid w:val="00893DB6"/>
     <w:rsid w:val="008952E1"/>
     <w:rsid w:val="0089543B"/>
     <w:rsid w:val="008A67D7"/>
     <w:rsid w:val="008C2723"/>
     <w:rsid w:val="008C709F"/>
     <w:rsid w:val="008C7E71"/>
     <w:rsid w:val="008D0549"/>
     <w:rsid w:val="008D754E"/>
     <w:rsid w:val="008F0A1B"/>
     <w:rsid w:val="008F23C6"/>
     <w:rsid w:val="00900200"/>
     <w:rsid w:val="009039EC"/>
     <w:rsid w:val="00904465"/>
     <w:rsid w:val="009167D5"/>
     <w:rsid w:val="00925727"/>
     <w:rsid w:val="00930D88"/>
     <w:rsid w:val="00971894"/>
     <w:rsid w:val="009827AC"/>
     <w:rsid w:val="009832A4"/>
     <w:rsid w:val="009A3115"/>
     <w:rsid w:val="009B1004"/>
     <w:rsid w:val="009B5657"/>
     <w:rsid w:val="009C4BDA"/>
     <w:rsid w:val="009C520B"/>
     <w:rsid w:val="009F6729"/>
     <w:rsid w:val="00A131D1"/>
     <w:rsid w:val="00A21E15"/>
+    <w:rsid w:val="00A22DE1"/>
     <w:rsid w:val="00A401A4"/>
     <w:rsid w:val="00A53B1A"/>
     <w:rsid w:val="00A630AC"/>
     <w:rsid w:val="00A659A2"/>
     <w:rsid w:val="00A666AC"/>
     <w:rsid w:val="00A70DB0"/>
     <w:rsid w:val="00A83CFD"/>
     <w:rsid w:val="00A84B76"/>
     <w:rsid w:val="00A931C6"/>
     <w:rsid w:val="00AA6425"/>
     <w:rsid w:val="00AC3AF4"/>
     <w:rsid w:val="00AC42B5"/>
     <w:rsid w:val="00AE4E28"/>
     <w:rsid w:val="00AE58B4"/>
     <w:rsid w:val="00AE6001"/>
     <w:rsid w:val="00AE6CC0"/>
     <w:rsid w:val="00AE7C25"/>
     <w:rsid w:val="00AE7D75"/>
     <w:rsid w:val="00AF27D4"/>
     <w:rsid w:val="00AF3D82"/>
     <w:rsid w:val="00AF67BA"/>
     <w:rsid w:val="00B11341"/>
     <w:rsid w:val="00B11B83"/>
     <w:rsid w:val="00B179E1"/>
     <w:rsid w:val="00B319D8"/>
     <w:rsid w:val="00B36B32"/>
     <w:rsid w:val="00B371C2"/>
     <w:rsid w:val="00B375B3"/>
     <w:rsid w:val="00B37EAB"/>
     <w:rsid w:val="00B40FDC"/>
     <w:rsid w:val="00B455B5"/>
     <w:rsid w:val="00B4665C"/>
     <w:rsid w:val="00B56ABE"/>
     <w:rsid w:val="00B5718D"/>
     <w:rsid w:val="00B61B01"/>
     <w:rsid w:val="00B727C4"/>
+    <w:rsid w:val="00B84864"/>
     <w:rsid w:val="00B96CEE"/>
     <w:rsid w:val="00BA0F31"/>
     <w:rsid w:val="00BA116E"/>
     <w:rsid w:val="00BA1777"/>
     <w:rsid w:val="00BB2726"/>
     <w:rsid w:val="00BB3058"/>
     <w:rsid w:val="00BC68C3"/>
     <w:rsid w:val="00BD2AD9"/>
     <w:rsid w:val="00C029E5"/>
     <w:rsid w:val="00C07C94"/>
     <w:rsid w:val="00C120BD"/>
     <w:rsid w:val="00C22257"/>
     <w:rsid w:val="00C31F0E"/>
     <w:rsid w:val="00C32F1D"/>
     <w:rsid w:val="00C37C58"/>
     <w:rsid w:val="00C43DA8"/>
     <w:rsid w:val="00C5048C"/>
     <w:rsid w:val="00C61E9E"/>
     <w:rsid w:val="00C66E5A"/>
     <w:rsid w:val="00C704C2"/>
     <w:rsid w:val="00C76079"/>
     <w:rsid w:val="00C85D4A"/>
     <w:rsid w:val="00C95DDD"/>
     <w:rsid w:val="00CA19C7"/>
     <w:rsid w:val="00CC2DF3"/>
     <w:rsid w:val="00CD4E1E"/>
     <w:rsid w:val="00D009C7"/>
     <w:rsid w:val="00D20A78"/>
+    <w:rsid w:val="00D34852"/>
     <w:rsid w:val="00D34CBC"/>
     <w:rsid w:val="00D454EE"/>
     <w:rsid w:val="00D76EFB"/>
     <w:rsid w:val="00D806C2"/>
     <w:rsid w:val="00D83C0A"/>
     <w:rsid w:val="00D86A9E"/>
     <w:rsid w:val="00D92D11"/>
     <w:rsid w:val="00D97C95"/>
     <w:rsid w:val="00DC725B"/>
     <w:rsid w:val="00DD50A8"/>
     <w:rsid w:val="00DD5270"/>
     <w:rsid w:val="00DE4504"/>
     <w:rsid w:val="00DE7FE9"/>
     <w:rsid w:val="00DF6B32"/>
     <w:rsid w:val="00E01531"/>
     <w:rsid w:val="00E16064"/>
     <w:rsid w:val="00E2147B"/>
     <w:rsid w:val="00E23A88"/>
     <w:rsid w:val="00E35CC3"/>
     <w:rsid w:val="00E42611"/>
     <w:rsid w:val="00E54592"/>
     <w:rsid w:val="00E64ADB"/>
     <w:rsid w:val="00E64DBA"/>
     <w:rsid w:val="00E65012"/>
     <w:rsid w:val="00E6795B"/>
@@ -11186,54 +11231,55 @@
     <w:rsid w:val="00FF6D3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="bn-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="727018FD"/>
   <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{BE41C302-F47C-4C88-A4D0-862B3D7C49BE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11310,57 +11356,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -12157,196 +12247,216 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010075660069187F7746B90153F694BEE8F8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc07c63e43b995b9e99ae144c9f659b3">
-[...2 lines deleted...]
-    <xsd:import namespace="0cb553d9-e450-4128-a715-c243a3d667bf"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100A06403C9EF9F9A41BAB599FE2091A2E8" ma:contentTypeVersion="18" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="16977352fefc8f0c84182ca1f42282a4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dedbf918-5459-4e67-a311-416d3d367d93" xmlns:ns3="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3b3acefee25647f8dfb49449acc8f6e5" ns2:_="" ns3:_="">
+    <xsd:import namespace="dedbf918-5459-4e67-a311-416d3d367d93"/>
+    <xsd:import namespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...13 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4d71a6df-e05e-41f2-881e-0bf7c7663097" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dedbf918-5459-4e67-a311-416d3d367d93" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f2b9b02f-9abf-4f74-b798-1ff310cbf216" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_activity" ma:index="16" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
-[...14 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="21" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="22" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0cb553d9-e450-4128-a715-c243a3d667bf" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="14" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c0ee614a-4876-4e49-b0e0-572ea6053610}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f52a3cfe-5bd0-4921-94ab-c4df0b74d531">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -12413,140 +12523,128 @@
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ControlsStorage xmlns="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage">
   <Controls>AAEAAAD/////AQAAAAAAAAAMAgAAAEVDaGVtNFdvcmQuQ29yZSwgVmVyc2lvbj0xLjAuMC4wLCBDdWx0dXJlPW5ldXRyYWwsIFB1YmxpY0tleVRva2VuPW51bGwHAQAAAAABAAAAAAAAAAQgQ2hlbTRXb3JkLkNvcmUuQ29udHJvbFByb3BlcnRpZXMCAAAACw==</Controls>
 </ControlsStorage>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <_activity xmlns="4d71a6df-e05e-41f2-881e-0bf7c7663097" xsi:nil="true"/>
+    <TaxCatchAll xmlns="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="dedbf918-5459-4e67-a311-416d3d367d93">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB88C735-D4BF-4BD6-B86D-954F4EF7BDF7}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D451AA0D-0818-4B1A-98C1-DAF12238B211}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B2F3A94-B46E-4E7D-BEAF-817D75E69C35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35925F9B-10B6-4DC9-8A81-AD75D70DCC08}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D60737A5-481B-4F80-8513-092AD331CACC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8734F6DA-10E8-4702-B1C2-280C9550C48E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4d71a6df-e05e-41f2-881e-0bf7c7663097"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2291</Words>
-  <Characters>1306</Characters>
+  <Words>2306</Words>
+  <Characters>1315</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3590</CharactersWithSpaces>
+  <CharactersWithSpaces>3614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Inguna Gruntiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010075660069187F7746B90153F694BEE8F8</vt:lpwstr>
+    <vt:lpwstr>0x010100A06403C9EF9F9A41BAB599FE2091A2E8</vt:lpwstr>
   </property>
 </Properties>
 </file>