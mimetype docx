--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -1,95 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7EDCE9FA" w14:textId="77777777" w:rsidR="005B1AD9" w:rsidRDefault="002B773A" w:rsidP="005B1AD9">
+    <w:p w14:paraId="7EDCE9FA" w14:textId="6A3782B3" w:rsidR="005B1AD9" w:rsidRDefault="002B773A" w:rsidP="005B1AD9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>PATENTU VALDE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidR="005B1AD9">
+      <w:r w:rsidR="00651FE9" w:rsidRPr="00651FE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Raiņa bulvāris 15</w:t>
+        <w:t>Citadeles iela 6A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F42104" w14:textId="56A7CFD4" w:rsidR="00DD40C6" w:rsidRDefault="002B773A" w:rsidP="005B1AD9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Rīga, LV-1010</w:t>
       </w:r>
@@ -1086,57 +1086,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">visās </w:t>
       </w:r>
       <w:r w:rsidR="000B0939">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1216,57 +1216,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>visās p</w:t>
       </w:r>
       <w:r w:rsidR="000B0939">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1368,57 +1368,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>šādās p</w:t>
       </w:r>
       <w:r w:rsidR="000B0939">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1557,57 +1557,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>visiem esošajiem un turpmākajiem p</w:t>
       </w:r>
       <w:r w:rsidR="000B0939">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1653,57 +1653,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>šādiem p</w:t>
       </w:r>
       <w:r w:rsidR="000B0939">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1836,57 +1836,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Pārpilnvarojums ir atļauts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1895,57 +1895,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Pārpilnvarojums nav atļauts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BA7C38" w14:textId="77777777" w:rsidR="005B1AD9" w:rsidRPr="005B1AD9" w:rsidRDefault="005B1AD9" w:rsidP="005B1AD9">
       <w:pPr>
         <w:tabs>
@@ -2498,70 +2498,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002B773A">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C7A602B" w14:textId="77777777" w:rsidR="003B6DDD" w:rsidRDefault="003B6DDD">
+    <w:p w14:paraId="0474E632" w14:textId="77777777" w:rsidR="005A35A5" w:rsidRDefault="005A35A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67964D3B" w14:textId="77777777" w:rsidR="003B6DDD" w:rsidRDefault="003B6DDD">
+    <w:p w14:paraId="578311D2" w14:textId="77777777" w:rsidR="005A35A5" w:rsidRDefault="005A35A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
@@ -2571,70 +2571,70 @@
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="056CE71C" w14:textId="77777777" w:rsidR="003B6DDD" w:rsidRDefault="003B6DDD">
+    <w:p w14:paraId="31FA87C2" w14:textId="77777777" w:rsidR="005A35A5" w:rsidRDefault="005A35A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="762AACC4" w14:textId="77777777" w:rsidR="003B6DDD" w:rsidRDefault="003B6DDD">
+    <w:p w14:paraId="1CDAA5B3" w14:textId="77777777" w:rsidR="005A35A5" w:rsidRDefault="005A35A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="42C29984"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E998ECF2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2820,141 +2820,144 @@
   <w:num w:numId="4" w16cid:durableId="2046367266">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="96411219">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1346521492">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1308702481">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1385368452">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1560825237">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="615874009">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="VqMrlCeR+aduFfLm+tGRft9DC0wSK+qAz3jQB8jxJWmrw3eF5HIHjBdaEYl47MDMCE4aUS57mlv+fEh3be19Jw==" w:salt="qKP5cc1+VOmX21HuHRzu2Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kBrzIUu7HXfkv/5dDc9HgKhihXBsQACXVv+zTWIivbw1fAzsVvhOlHxmLMTjZWO/CK86wWJYWdzbq9AegRIwYw==" w:salt="xd7jSszu1ULfKUaGgI7mGg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A96FEC"/>
     <w:rsid w:val="000B0939"/>
     <w:rsid w:val="001C2BAA"/>
     <w:rsid w:val="001E3C74"/>
     <w:rsid w:val="002B773A"/>
     <w:rsid w:val="00305E43"/>
     <w:rsid w:val="00342258"/>
     <w:rsid w:val="00363E15"/>
     <w:rsid w:val="003B6DDD"/>
     <w:rsid w:val="003D6DCC"/>
     <w:rsid w:val="003F54D4"/>
     <w:rsid w:val="00434976"/>
+    <w:rsid w:val="005A35A5"/>
     <w:rsid w:val="005B1AD9"/>
+    <w:rsid w:val="00651FE9"/>
     <w:rsid w:val="00671B9B"/>
+    <w:rsid w:val="006A0B55"/>
     <w:rsid w:val="006C7D6F"/>
     <w:rsid w:val="006D030A"/>
     <w:rsid w:val="008900E1"/>
     <w:rsid w:val="00A65E09"/>
     <w:rsid w:val="00A96FEC"/>
     <w:rsid w:val="00B9587A"/>
     <w:rsid w:val="00C73D19"/>
     <w:rsid w:val="00D3209D"/>
     <w:rsid w:val="00DD40C6"/>
     <w:rsid w:val="00DE60FB"/>
     <w:rsid w:val="00E47B05"/>
     <w:rsid w:val="00E6329B"/>
     <w:rsid w:val="00E65EB3"/>
     <w:rsid w:val="00EE3611"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1092A628"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4331,51 +4334,51 @@
     <w:basedOn w:val="Parastatabula"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
     <w:name w:val="Komentāra teksts Rakstz."/>
     <w:link w:val="Komentrateksts"/>
     <w:semiHidden/>
     <w:rsid w:val="005B1AD9"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1358234428">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
@@ -4630,48 +4633,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1019</Words>
   <Characters>581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1597</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>