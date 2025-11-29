--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -1,132 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="51AD393F" w14:textId="7E6129FD" w:rsidR="00C70AF2" w:rsidRDefault="00C70AF2">
+    <w:p w14:paraId="51AD393F" w14:textId="48D871B4" w:rsidR="00C70AF2" w:rsidRDefault="00C70AF2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>PATENTU VALDE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidR="00066343">
+      <w:r w:rsidR="00A62D4A" w:rsidRPr="00A62D4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Raiņa bulvāris 15</w:t>
+        <w:t>Citadeles iela 6A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7A0AA9" w14:textId="5C993F9B" w:rsidR="00C70AF2" w:rsidRDefault="00C70AF2">
+    <w:p w14:paraId="7D7A0AA9" w14:textId="2C6E3DEE" w:rsidR="00C70AF2" w:rsidRDefault="00C70AF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Rīga, LV-10</w:t>
       </w:r>
-      <w:r w:rsidR="00066343">
+      <w:r w:rsidR="00A62D4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>50</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00066343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Tālr.:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1086,57 +1096,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00731E11">
-[...5 lines deleted...]
-      <w:r w:rsidR="00731E11">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>visās dizainparaugu lietvedības procedūrās, ieskaitot pieteikuma (pieteikumu) atsaukšanu, atteikšanos no reģistrācijas (reģistrācijām),</w:t>
       </w:r>
       <w:r w:rsidR="000749B7" w:rsidRPr="000749B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1200,57 +1210,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00731E11">
-[...5 lines deleted...]
-      <w:r w:rsidR="00731E11">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">visās dizainparaugu lietvedības procedūrās, izņemot šādas: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -1339,57 +1349,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00731E11">
-[...5 lines deleted...]
-      <w:r w:rsidR="00731E11">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">šādās dizainparaugu lietvedības procedūrās: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -1514,57 +1524,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00731E11">
-[...5 lines deleted...]
-      <w:r w:rsidR="00731E11">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>visiem esošajiem un turpmākajiem dizainparaugu pieteikumiem un/vai reģistrācijām</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F393772" w14:textId="77777777" w:rsidR="00C70AF2" w:rsidRDefault="00C70AF2">
       <w:pPr>
         <w:tabs>
@@ -1583,57 +1593,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00731E11">
-[...5 lines deleted...]
-      <w:r w:rsidR="00731E11">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">šādiem dizainparaugu pieteikumiem un/vai reģistrācijām: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1744,57 +1754,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00731E11">
-[...5 lines deleted...]
-      <w:r w:rsidR="00731E11">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Pārpilnvarojums ir atļauts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1803,57 +1813,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00731E11">
-[...5 lines deleted...]
-      <w:r w:rsidR="00731E11">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Pārpilnvarojums nav atļauts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E8E1AA" w14:textId="77777777" w:rsidR="007E406C" w:rsidRDefault="007E406C" w:rsidP="007E406C">
       <w:pPr>
         <w:tabs>
@@ -2441,143 +2451,143 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C70AF2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="337EEC30" w14:textId="77777777" w:rsidR="00E2659F" w:rsidRDefault="00E2659F">
+    <w:p w14:paraId="2CF6FA73" w14:textId="77777777" w:rsidR="00110388" w:rsidRDefault="00110388">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21522710" w14:textId="77777777" w:rsidR="00E2659F" w:rsidRDefault="00E2659F">
+    <w:p w14:paraId="150B9CD3" w14:textId="77777777" w:rsidR="00110388" w:rsidRDefault="00110388">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47B7902D" w14:textId="77777777" w:rsidR="00E2659F" w:rsidRDefault="00E2659F">
+    <w:p w14:paraId="1ACEE218" w14:textId="77777777" w:rsidR="00110388" w:rsidRDefault="00110388">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BF644D9" w14:textId="77777777" w:rsidR="00E2659F" w:rsidRDefault="00E2659F">
+    <w:p w14:paraId="461AD519" w14:textId="77777777" w:rsidR="00110388" w:rsidRDefault="00110388">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="42C29984"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E998ECF2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2763,139 +2773,143 @@
   <w:num w:numId="4" w16cid:durableId="677390518">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2124423068">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1626081342">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1551576411">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="685209509">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1258252636">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="988481880">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Sp+AZI2PU1dB62xDuFsczlFuDPfDKpzO400/chG3NDi4GwaP0YwbkyUt9sdpmoKtGo5ronT1zIEKQhtWLrNq6g==" w:salt="UR37qTmz/bKGHMae9wELrQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="V6Ra88Roi75T0jh4PZ8xOVCuY7MV+93qrFjw7iJVEFann3E8LHjvWdpUCNaJPjaW8CaQjbPYrMZrNfLIMxBLOg==" w:salt="qi5P3XQUtBJTcWnLIaxaew=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D8587E"/>
     <w:rsid w:val="00017901"/>
     <w:rsid w:val="00066343"/>
     <w:rsid w:val="000749B7"/>
     <w:rsid w:val="000A07D3"/>
+    <w:rsid w:val="00110388"/>
     <w:rsid w:val="002057C9"/>
     <w:rsid w:val="0021218C"/>
     <w:rsid w:val="00257471"/>
     <w:rsid w:val="002867EA"/>
     <w:rsid w:val="00287A64"/>
     <w:rsid w:val="00427DF0"/>
     <w:rsid w:val="004D427C"/>
     <w:rsid w:val="00510B81"/>
+    <w:rsid w:val="00521C21"/>
     <w:rsid w:val="00731E11"/>
     <w:rsid w:val="007B1844"/>
     <w:rsid w:val="007E406C"/>
+    <w:rsid w:val="0094039D"/>
+    <w:rsid w:val="00A62D4A"/>
     <w:rsid w:val="00AB4D59"/>
     <w:rsid w:val="00B849AD"/>
     <w:rsid w:val="00C70AF2"/>
     <w:rsid w:val="00C73D19"/>
     <w:rsid w:val="00CC5306"/>
     <w:rsid w:val="00D77D62"/>
     <w:rsid w:val="00D83A98"/>
     <w:rsid w:val="00D8587E"/>
     <w:rsid w:val="00DC016E"/>
     <w:rsid w:val="00E077A4"/>
     <w:rsid w:val="00E2659F"/>
     <w:rsid w:val="00F00A47"/>
     <w:rsid w:val="00F83C42"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="41114FA5"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4262,51 +4276,51 @@
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Parastatabula"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="583416452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2139688253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4598,57 +4612,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1110</Words>
   <Characters>633</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>PATENTTIESĪBU   NODOŠANAS   AKTS</vt:lpstr>
       <vt:lpstr>PATENTTIESĪBU   NODOŠANAS   AKTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>