--- v0 (2025-10-21)
+++ v1 (2025-11-26)
@@ -1,133 +1,143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1A0B585A" w14:textId="77777777" w:rsidR="0005047D" w:rsidRDefault="0005047D">
+    <w:p w14:paraId="1A0B585A" w14:textId="51BA4509" w:rsidR="0005047D" w:rsidRDefault="0005047D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>PATENTU VALDE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidR="00A36E5D">
+      <w:r w:rsidR="00EF79F9" w:rsidRPr="00EF79F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Raiņa bulvāris 15</w:t>
+        <w:t>Citadeles iela 6A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="404938A8" w14:textId="77777777" w:rsidR="0005047D" w:rsidRDefault="0005047D">
+    <w:p w14:paraId="404938A8" w14:textId="377826C6" w:rsidR="0005047D" w:rsidRDefault="0005047D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Rīga, LV-10</w:t>
       </w:r>
-      <w:r w:rsidR="00A36E5D">
+      <w:r w:rsidR="00EF79F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>50</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Tālr.:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1114,57 +1124,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">visās preču zīmju lietvedības procedūrās, ieskaitot pieteikuma (pieteikumu) </w:t>
       </w:r>
       <w:r w:rsidRPr="00A13782">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1195,115 +1205,106 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A75315">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kā arī iebilduma</w:t>
       </w:r>
       <w:r w:rsidR="00FF21CB" w:rsidRPr="00A75315">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, atzīšanas par spēka neesošu vai atcelšanas iesniegumu iesniegšanu,</w:t>
       </w:r>
       <w:r w:rsidR="00FF21CB" w:rsidRPr="00A75315">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> tostarp </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> tostarp pretiesnieguma</w:t>
+      </w:r>
       <w:r w:rsidR="00FF21CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanu, kā arī iebilduma, atzīšanas par spēkā neesošu vai atcelšanas iesniegumu atsaukšanu, prasījumu atzīšanu un izlīguma noslēgšanu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C0F64BC" w14:textId="77777777" w:rsidR="0005047D" w:rsidRDefault="0005047D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="539" w:hanging="539"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">visās preču zīmju lietvedības procedūrās, izņemot šādas: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -1392,57 +1393,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">šādās preču zīmju lietvedības procedūrās: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -1567,57 +1568,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>visiem esošajiem un turpmākajiem preču zīmju pieteikumiem un/vai reģistrācijām</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57CED22C" w14:textId="77777777" w:rsidR="0005047D" w:rsidRDefault="0005047D">
       <w:pPr>
         <w:tabs>
@@ -1636,57 +1637,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">šādiem preču zīmju pieteikumiem un/vai reģistrācijām: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1797,57 +1798,57 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A36E5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
@@ -1876,57 +1877,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A36E5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
@@ -2516,70 +2517,70 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:sectPr w:rsidR="0005047D">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F335CDA" w14:textId="77777777" w:rsidR="00B61E34" w:rsidRDefault="00B61E34">
+    <w:p w14:paraId="474A7C69" w14:textId="77777777" w:rsidR="002E28E4" w:rsidRDefault="002E28E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="590529EB" w14:textId="77777777" w:rsidR="00B61E34" w:rsidRDefault="00B61E34">
+    <w:p w14:paraId="2EC28652" w14:textId="77777777" w:rsidR="002E28E4" w:rsidRDefault="002E28E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
@@ -2587,70 +2588,70 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="766476E3" w14:textId="77777777" w:rsidR="00B61E34" w:rsidRDefault="00B61E34">
+    <w:p w14:paraId="676013CC" w14:textId="77777777" w:rsidR="002E28E4" w:rsidRDefault="002E28E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21279C8E" w14:textId="77777777" w:rsidR="00B61E34" w:rsidRDefault="00B61E34">
+    <w:p w14:paraId="348800D5" w14:textId="77777777" w:rsidR="002E28E4" w:rsidRDefault="002E28E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="42C29984"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E998ECF2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2836,160 +2837,163 @@
   <w:num w:numId="4" w16cid:durableId="842471511">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="5864946">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2094356426">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="842404208">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="992761375">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="635961758">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1083185895">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1mzmTEOS4WCwghnVosnOD7pKOl5mmg/Dn/1z1h1mDLLCOEf8QYiUjNo8PePp5BiaY1p0S8dTxVlm4olaJZkVbw==" w:salt="D/mABiZoRG/3mZXDyMrhhw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ZcPgsrUOnGXx+vRGzxoJBzTrL16iPWS/w9r9ZPP11LY3Jxm5B+Fd0A768qTpfaVhlZJVwJWBtDbBBGPJCjfI7g==" w:salt="6OJbVRgoFhRHWaqed8p7zw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB4106"/>
     <w:rsid w:val="00016450"/>
     <w:rsid w:val="00040A45"/>
     <w:rsid w:val="0005047D"/>
     <w:rsid w:val="00050CE7"/>
     <w:rsid w:val="00074888"/>
     <w:rsid w:val="000B0CD1"/>
     <w:rsid w:val="000C2502"/>
     <w:rsid w:val="0017740E"/>
     <w:rsid w:val="001877DD"/>
     <w:rsid w:val="00193007"/>
     <w:rsid w:val="001B560D"/>
     <w:rsid w:val="002A78B3"/>
+    <w:rsid w:val="002E28E4"/>
     <w:rsid w:val="002F5A05"/>
     <w:rsid w:val="00324485"/>
     <w:rsid w:val="003646C9"/>
     <w:rsid w:val="003D565B"/>
     <w:rsid w:val="0043761D"/>
     <w:rsid w:val="00485396"/>
     <w:rsid w:val="00542BF0"/>
     <w:rsid w:val="005823E1"/>
     <w:rsid w:val="005F1019"/>
     <w:rsid w:val="00665CD7"/>
     <w:rsid w:val="006C06B1"/>
     <w:rsid w:val="006D59D6"/>
     <w:rsid w:val="007370E6"/>
     <w:rsid w:val="00746BE6"/>
     <w:rsid w:val="00805B69"/>
     <w:rsid w:val="008D4DFA"/>
     <w:rsid w:val="008E2ED6"/>
     <w:rsid w:val="009E459B"/>
     <w:rsid w:val="00A13782"/>
     <w:rsid w:val="00A36E5D"/>
     <w:rsid w:val="00A75315"/>
     <w:rsid w:val="00B51E88"/>
     <w:rsid w:val="00B571CE"/>
     <w:rsid w:val="00B61E34"/>
     <w:rsid w:val="00B73BA6"/>
     <w:rsid w:val="00BB4106"/>
     <w:rsid w:val="00C25BEC"/>
     <w:rsid w:val="00C320C0"/>
     <w:rsid w:val="00C377DA"/>
     <w:rsid w:val="00D4532F"/>
     <w:rsid w:val="00D45C21"/>
+    <w:rsid w:val="00D90C13"/>
     <w:rsid w:val="00DB4B29"/>
     <w:rsid w:val="00DD424D"/>
     <w:rsid w:val="00E04C45"/>
     <w:rsid w:val="00E57111"/>
+    <w:rsid w:val="00EF79F9"/>
     <w:rsid w:val="00F51B71"/>
     <w:rsid w:val="00FF21CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4790164F"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4404,51 +4408,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
     <w:name w:val="Komentāra teksts Rakstz."/>
     <w:link w:val="Komentrateksts"/>
     <w:semiHidden/>
     <w:rsid w:val="00050CE7"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
     <w:name w:val="Komentāra tēma Rakstz."/>
     <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00050CE7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="399211977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">