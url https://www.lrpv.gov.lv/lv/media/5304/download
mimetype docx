--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -1,228 +1,238 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5C8FA423" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="47F10D42" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">DIZAINPARAUGA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NODOŠANAS AKTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D98B506" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="05966D01" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>TRANSFER DOCUMENT OF DESIGN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1F9C02" w14:textId="53B59057" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="76E07289" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PATENTU VALDEI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D256166" w14:textId="2BAD6C5B" w:rsidR="00746874" w:rsidRDefault="009B21E5">
+    <w:p w14:paraId="1B96F44C" w14:textId="4AE73261" w:rsidR="00746874" w:rsidRDefault="003D7214">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003D7214">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Raiņa bulvāris 15</w:t>
+        <w:t>Citadeles iela 6A</w:t>
       </w:r>
       <w:r w:rsidR="00865C6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001F3CF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Rīga, LV-10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>50</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009B21E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1664C3" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="0926CB46" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Latvija</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E8D22C" w14:textId="77777777" w:rsidR="0060320C" w:rsidRDefault="0060320C" w:rsidP="0060320C">
+    <w:p w14:paraId="3050F0BB" w14:textId="77777777" w:rsidR="0060320C" w:rsidRDefault="0060320C" w:rsidP="0060320C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">E-pasts: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00E930DD">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
@@ -236,248 +246,236 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:br/>
         <w:t>Tālr.:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>+371 67099600</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A76041" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="2C300788" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00746874">
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="709" w:equalWidth="0">
             <w:col w:w="2466" w:space="4680"/>
             <w:col w:w="2493"/>
           </w:cols>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07246AA5" w14:textId="0EA6FB2B" w:rsidR="00746874" w:rsidRDefault="00003109">
+    <w:p w14:paraId="499DBED4" w14:textId="208DC689" w:rsidR="00746874" w:rsidRDefault="000E4191">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="556B80E6" wp14:editId="69BCE4EB">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52967E11" wp14:editId="7423E825">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>723900</wp:posOffset>
+                  <wp:posOffset>723899</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="8255" r="8255" b="10795"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1430985362" name="Line 13"/>
+                <wp:docPr id="1390160143" name="Taisns savienotājs 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="58E9D2FB" id="Line 13" o:spid="_x0000_s1026" style="position:absolute;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,57pt" to="481.9pt,57pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPbJ693AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3bRKTWM2RZRSlF7aCr1OkzEbzc6m2W0b/70jCHqbeW948718PrhWnagPjWcD41EC&#10;irj0VcO1gbft4iYFFSJyha1nMvBFAebF5UWOWeXPvKbTJtZKQjhkaMDG2GVah9KSwzDyHbF47753&#10;GGXta131eJZw1+pJkky1w4blg8WOniyVn5ujM4DPy3XcpZPX++bFrj62i8PSpgdjrq+GxwdQkYb4&#10;dww/+IIOhTDt/ZGroFoDUiSKOr6TQezZ9Faa7H8VXeT6f4HiGwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM9snr3cAAAACAEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="045E1CE5" id="Taisns savienotājs 23" o:spid="_x0000_s1026" style="position:absolute;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,57pt" to="481.9pt,57pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPbJ693AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3bRKTWM2RZRSlF7aCr1OkzEbzc6m2W0b/70jCHqbeW948718PrhWnagPjWcD41EC&#10;irj0VcO1gbft4iYFFSJyha1nMvBFAebF5UWOWeXPvKbTJtZKQjhkaMDG2GVah9KSwzDyHbF47753&#10;GGXta131eJZw1+pJkky1w4blg8WOniyVn5ujM4DPy3XcpZPX++bFrj62i8PSpgdjrq+GxwdQkYb4&#10;dww/+IIOhTDt/ZGroFoDUiSKOr6TQezZ9Faa7H8VXeT6f4HiGwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM9snr3cAAAACAEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mēs, tiesību nodevējs (nodevēji) un tiesību saņēmējs (saņēmēji), ar parakstu apliecinām, ka īpašumtiesības uz reģistrāciju (reģistrācijām) u</w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n/</w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vai pieteikumu (pieteikumiem) tiek nodotas ar šo aktu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1BE4EE" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="43AE9D5D" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Akts attiecas uz šādu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> reģistrāciju (reģistrācijām) u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vai pieteikumu (pieteikumiem):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182A3FA7" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="1CD7C42A" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="3600" w:hanging="3600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -522,183 +520,167 @@
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00F2034D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00F2034D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00F2034D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00F2034D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00F2034D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D89E32" w14:textId="37269185" w:rsidR="00746874" w:rsidRDefault="00003109">
+    <w:p w14:paraId="1C8D4EC2" w14:textId="7053F0BA" w:rsidR="00746874" w:rsidRDefault="000E4191">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="3600" w:hanging="3600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="183CD764" wp14:editId="16CFA62C">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="726F37DA" wp14:editId="062FBC35">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>314325</wp:posOffset>
+                  <wp:posOffset>314324</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="12065" r="8255" b="6985"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="446385488" name="Line 3"/>
+                <wp:docPr id="1091882873" name="Taisns savienotājs 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="694F1246" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.75pt" to="481.9pt,24.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmHd3j3QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcqEOBkoY4FQJVFYhLf6Ret8kSB+J1GrtteHsWcYDj7Kxmvslng2vVkfrQeDZwPUpA&#10;EZe+arg2sFnPr1JQISJX2HomA18UYFacn+WYVf7ESzquYq0khEOGBmyMXaZ1KC05DCPfEYv37nuH&#10;UWRf66rHk4S7Vo+TZKIdNiwNFjt6slR+rg7OAD4vlnGbjl/vmxf79rGe7xc23RtzeTE8PoCKNMS/&#10;Z/jBF3QohGnnD1wF1RqQIdHA7fQOlLjTyY0M2f0edJHr//jFNwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9UiLKrgEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDmHd3j3QAAAAYBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="04740B51" id="Taisns savienotājs 21" o:spid="_x0000_s1026" style="position:absolute;z-index:-251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.75pt" to="481.9pt,24.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmHd3j3QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcqEOBkoY4FQJVFYhLf6Ret8kSB+J1GrtteHsWcYDj7Kxmvslng2vVkfrQeDZwPUpA&#10;EZe+arg2sFnPr1JQISJX2HomA18UYFacn+WYVf7ESzquYq0khEOGBmyMXaZ1KC05DCPfEYv37nuH&#10;UWRf66rHk4S7Vo+TZKIdNiwNFjt6slR+rg7OAD4vlnGbjl/vmxf79rGe7xc23RtzeTE8PoCKNMS/&#10;Z/jBF3QohGnnD1wF1RqQIdHA7fQOlLjTyY0M2f0edJHr//jFNwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9UiLKrgEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDmHd3j3QAAAAYBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:instrText>EQ \X(21)</w:instrText>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -774,51 +756,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C39A44E" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="74133799" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -834,51 +816,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību nodevējs (nodevēji):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A610A66" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="2048E198" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -930,178 +912,166 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D89829" w14:textId="72CB3A99" w:rsidR="00746874" w:rsidRDefault="00003109">
+    <w:p w14:paraId="2703452F" w14:textId="1F067988" w:rsidR="00746874" w:rsidRDefault="000E4191">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="711FD704" wp14:editId="3D2C97E0">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FBE92B1" wp14:editId="22A49575">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="13970" r="11430" b="5080"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="756696761" name="Line 15"/>
+                <wp:docPr id="1941456093" name="Taisns savienotājs 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="0CBC6060" id="Line 15" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="5B9E6D1C" id="Taisns savienotājs 19" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B524412" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="4381E20F" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>juridiskām pers. – pilns nosaukums, fiziskām pers. – vārds, uzvārds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0A44F2" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="68CA25F3" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1153,240 +1123,216 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B03F305" w14:textId="3423705F" w:rsidR="00746874" w:rsidRDefault="00003109">
+    <w:p w14:paraId="2E1EC693" w14:textId="3AD09859" w:rsidR="00746874" w:rsidRDefault="000E4191">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D889D6D" wp14:editId="57495A8B">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D0E6ABD" wp14:editId="549D8A54">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="11430" r="11430" b="7620"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1997071587" name="Line 24"/>
+                <wp:docPr id="376712519" name="Taisns savienotājs 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="4987C5E8" id="Line 24" o:spid="_x0000_s1026" style="position:absolute;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="245DA514" id="Taisns savienotājs 17" o:spid="_x0000_s1026" style="position:absolute;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118EF171" w14:textId="0D1524A8" w:rsidR="00746874" w:rsidRDefault="00003109" w:rsidP="00832710">
+    <w:p w14:paraId="6DB4D36F" w14:textId="664B10AE" w:rsidR="00746874" w:rsidRDefault="000E4191" w:rsidP="00832710">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="2410" w:hanging="2410"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D0C4ADF" wp14:editId="13039FC6">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D21B7B7" wp14:editId="4E2115B8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310515</wp:posOffset>
+                  <wp:posOffset>310514</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="8255" r="8255" b="10795"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1446763130" name="Line 25"/>
+                <wp:docPr id="673524163" name="Taisns savienotājs 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="0876E3ED" id="Line 25" o:spid="_x0000_s1026" style="position:absolute;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.45pt" to="481.9pt,24.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhyHOu3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JA&#10;EIXvJv6HzZh4k61osJRuidEQouECmHAd2rFb7c6W7gL13zvGgx7fvMl738vng2vVifrQeDZwO0pA&#10;EZe+arg28LZd3KSgQkSusPVMBr4owLy4vMgxq/yZ13TaxFpJCIcMDdgYu0zrUFpyGEa+Ixbv3fcO&#10;o8i+1lWPZwl3rR4nyUQ7bFgaLHb0ZKn83BydAXxeruMuHb8+NC929bFdHJY2PRhzfTU8zkBFGuLf&#10;M/zgCzoUwrT3R66Cag3IkGjgPp2CEnc6uZMh+9+DLnL9H7/4BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGHIc67cAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="4BA6B8B8" id="Taisns savienotājs 15" o:spid="_x0000_s1026" style="position:absolute;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.45pt" to="481.9pt,24.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhyHOu3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JA&#10;EIXvJv6HzZh4k61osJRuidEQouECmHAd2rFb7c6W7gL13zvGgx7fvMl738vng2vVifrQeDZwO0pA&#10;EZe+arg28LZd3KSgQkSusPVMBr4owLy4vMgxq/yZ13TaxFpJCIcMDdgYu0zrUFpyGEa+Ixbv3fcO&#10;o8i+1lWPZwl3rR4nyUQ7bFgaLHb0ZKn83BydAXxeruMuHb8+NC929bFdHJY2PRhzfTU8zkBFGuLf&#10;M/zgCzoUwrT3R66Cag3IkGjgPp2CEnc6uZMh+9+DLnL9H7/4BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGHIc67cAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>adrese, valsts (kods)</w:t>
       </w:r>
       <w:r w:rsidR="00832710">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1396,51 +1342,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>(juridiskās personas</w:t>
       </w:r>
       <w:r w:rsidR="00832710">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> norāda savu juridisko adresi, L</w:t>
       </w:r>
       <w:r w:rsidR="00832710" w:rsidRPr="00832710">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>atvijas fiziskās personas – deklarētās dzīvesvietas adresi, ārvalstu fiziskās personas – pastāvīgās dzīvesvietas adresi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D141CF" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="4D2047F4" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -1456,51 +1402,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību saņēmējs (saņēmēji):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD68028" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="6A753494" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1552,178 +1498,166 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28FF7632" w14:textId="11581B0B" w:rsidR="00746874" w:rsidRDefault="00003109">
+    <w:p w14:paraId="2D6F02E9" w14:textId="2DC814AD" w:rsidR="00746874" w:rsidRDefault="000E4191">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BA1129F" wp14:editId="5F852137">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4191C644" wp14:editId="5E062BB8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="12700" r="11430" b="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="2126749613" name="Line 16"/>
+                <wp:docPr id="1495403591" name="Taisns savienotājs 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="627EF74C" id="Line 16" o:spid="_x0000_s1026" style="position:absolute;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="422EE5DE" id="Taisns savienotājs 13" o:spid="_x0000_s1026" style="position:absolute;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6612C9" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="16CF62C3" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>juridiskām pers. – pilns nosaukums, fiziskām pers. – vārds, uzvārds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EB92D1" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="2D0C9C92" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1775,240 +1709,216 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796C480B" w14:textId="79DDDAD4" w:rsidR="00746874" w:rsidRDefault="00003109">
+    <w:p w14:paraId="57DF5CB0" w14:textId="5EBFCF5C" w:rsidR="00746874" w:rsidRDefault="000E4191">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D542DC8" wp14:editId="2E6F2B53">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="106FF001" wp14:editId="0F2021DD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="10160" r="11430" b="8890"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1651689653" name="Line 27"/>
+                <wp:docPr id="1580006012" name="Taisns savienotājs 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="08C77A24" id="Line 27" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="0D408C4E" id="Taisns savienotājs 11" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A14D252" w14:textId="36D0D3FE" w:rsidR="00746874" w:rsidRDefault="00003109" w:rsidP="00832710">
+    <w:p w14:paraId="2EF3A900" w14:textId="492F20A3" w:rsidR="00746874" w:rsidRDefault="000E4191" w:rsidP="00832710">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="2410" w:hanging="2410"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="216D5190" wp14:editId="56AC9B5B">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31570CEA" wp14:editId="15B483C0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-2540</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310515</wp:posOffset>
+                  <wp:posOffset>310514</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="12700" t="6985" r="10795" b="12065"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="701997202" name="Line 26"/>
+                <wp:docPr id="198988587" name="Taisns savienotājs 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="0C2717A3" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-.2pt,24.45pt" to="481.7pt,24.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQBAgzUk2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5PT8JA&#10;EMXvJn6HzZh4g61IsNRuidEQouECmHgd2rFb7c6W7gL12zvGgx7fn7z3yxeDa9WJ+tB4NnAzTkAR&#10;l75quDbwuluOUlAhIlfYeiYDXxRgUVxe5JhV/swbOm1jrWSEQ4YGbIxdpnUoLTkMY98RS/bue4dR&#10;ZF/rqsezjLtWT5Jkph02LA8WO3q0VH5uj84APq028S2dvNw1z3b9sVseVjY9GHN9NTzcg4o0xL8y&#10;/OALOhTCtPdHroJqDYymUjQwTeegJJ7PbsXY/xq6yPV//uIbAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAPVIiyq4BAABJAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAQIM1JNsAAAAHAQAADwAAAAAAAAAAAAAAAAAIBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="47714091" id="Taisns savienotājs 9" o:spid="_x0000_s1026" style="position:absolute;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-.2pt,24.45pt" to="481.7pt,24.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQBAgzUk2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5PT8JA&#10;EMXvJn6HzZh4g61IsNRuidEQouECmHgd2rFb7c6W7gL12zvGgx7fn7z3yxeDa9WJ+tB4NnAzTkAR&#10;l75quDbwuluOUlAhIlfYeiYDXxRgUVxe5JhV/swbOm1jrWSEQ4YGbIxdpnUoLTkMY98RS/bue4dR&#10;ZF/rqsezjLtWT5Jkph02LA8WO3q0VH5uj84APq028S2dvNw1z3b9sVseVjY9GHN9NTzcg4o0xL8y&#10;/OALOhTCtPdHroJqDYymUjQwTeegJJ7PbsXY/xq6yPV//uIbAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAPVIiyq4BAABJAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAQIM1JNsAAAAHAQAADwAAAAAAAAAAAAAAAAAIBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>adrese, valsts (kods)</w:t>
       </w:r>
       <w:r w:rsidR="00832710">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2018,79 +1928,79 @@
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>(juridiskās personas</w:t>
       </w:r>
       <w:r w:rsidR="00832710">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> norāda savu juridisko adresi, L</w:t>
       </w:r>
       <w:r w:rsidR="00832710" w:rsidRPr="00832710">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>atvijas fiziskās personas – deklarētās dzīvesvietas adresi, ārvalstu fiziskās personas – pastāvīgās dzīvesvietas adresi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD5653D" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="54A72F67" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību nodevēja (nodevēju) paraksts (paraksti)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649999A5" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="2CD26A6C" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2142,268 +2052,245 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A82987" w14:textId="14343A1F" w:rsidR="00746874" w:rsidRDefault="00003109">
+    <w:p w14:paraId="1F496935" w14:textId="4E23915C" w:rsidR="00746874" w:rsidRDefault="000E4191">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79DEB72F" wp14:editId="20952189">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73972979" wp14:editId="1FC470AE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="13970" r="11430" b="5080"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1139461199" name="Line 18"/>
+                <wp:docPr id="1152137711" name="Taisns savienotājs 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="4DBAF359" id="Line 18" o:spid="_x0000_s1026" style="position:absolute;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="4288D79C" id="Taisns savienotājs 7" o:spid="_x0000_s1026" style="position:absolute;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="154E110A" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="5E55E407" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>vārds, uzvārds, amats; paraksts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF05CCF" w14:textId="5E071C12" w:rsidR="00746874" w:rsidRDefault="00003109" w:rsidP="00832710">
+    <w:p w14:paraId="2019CF37" w14:textId="0AB69C25" w:rsidR="00746874" w:rsidRDefault="000E4191" w:rsidP="00832710">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="702676EA" wp14:editId="59BA6024">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="091EF734" wp14:editId="04FA2052">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>401955</wp:posOffset>
+                  <wp:posOffset>401954</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="9525" r="8255" b="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="125767887" name="Line 19"/>
+                <wp:docPr id="312635693" name="Taisns savienotājs 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="08E15CD3" id="Line 19" o:spid="_x0000_s1026" style="position:absolute;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.65pt" to="481.9pt,31.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOOEfC3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3dhAjDGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNMOO5YGiwM9WKo/NwdnAB9X6/iWz59vuif78rFd7lc23xtzeTHd34GKNMW/&#10;Z/jBF3SohGnnD9wE1RuQIdFAlqagxL3NUhmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM44R8LcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="0039950F" id="Taisns savienotājs 5" o:spid="_x0000_s1026" style="position:absolute;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.65pt" to="481.9pt,31.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOOEfC3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3dhAjDGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNMOO5YGiwM9WKo/NwdnAB9X6/iWz59vuif78rFd7lc23xtzeTHd34GKNMW/&#10;Z/jBF3SohGnnD9wE1RuQIdFAlqagxL3NUhmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM44R8LcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Parakstīšanas datums </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(DD.MM.GGGG)</w:t>
       </w:r>
       <w:r w:rsidR="00746874">
@@ -2469,79 +2356,79 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16256989" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="192F2F53" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību saņēmēja (saņēmēju) paraksts (paraksti)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344E7BD2" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="42373B6C" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2593,267 +2480,244 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F0F2F8" w14:textId="22C7FDFB" w:rsidR="00746874" w:rsidRDefault="00003109">
+    <w:p w14:paraId="5BEF87E2" w14:textId="5D521650" w:rsidR="00746874" w:rsidRDefault="000E4191">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EACDE21" wp14:editId="69E8CB31">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03FE3D44" wp14:editId="6C644258">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="10160" r="11430" b="8890"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="619134770" name="Line 20"/>
+                <wp:docPr id="2075406180" name="Taisns savienotājs 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="0451AB43" id="Line 20" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="1CF91FAE" id="Taisns savienotājs 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53A5D91A" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="0F3CC74A" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>vārds, uzvārds, amats; paraksts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C869F73" w14:textId="5E818C2E" w:rsidR="00746874" w:rsidRDefault="00003109" w:rsidP="00832710">
+    <w:p w14:paraId="29B621B9" w14:textId="33EEA416" w:rsidR="00746874" w:rsidRDefault="000E4191" w:rsidP="00832710">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18D259DA" wp14:editId="25418B16">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B811618" wp14:editId="16E39598">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>401955</wp:posOffset>
+                  <wp:posOffset>401954</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="15240" r="8255" b="13335"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="851894142" name="Line 28"/>
+                <wp:docPr id="1545428146" name="Taisns savienotājs 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="495979C8" id="Line 28" o:spid="_x0000_s1026" style="position:absolute;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.65pt" to="481.9pt,31.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOOEfC3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3dhAjDGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNMOO5YGiwM9WKo/NwdnAB9X6/iWz59vuif78rFd7lc23xtzeTHd34GKNMW/&#10;Z/jBF3SohGnnD9wE1RuQIdFAlqagxL3NUhmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM44R8LcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="3568A7AE" id="Taisns savienotājs 1" o:spid="_x0000_s1026" style="position:absolute;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.65pt" to="481.9pt,31.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOOEfC3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3dhAjDGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNMOO5YGiwM9WKo/NwdnAB9X6/iWz59vuif78rFd7lc23xtzeTHd34GKNMW/&#10;Z/jBF3SohGnnD9wE1RuQIdFAlqagxL3NUhmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM44R8LcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Parakstīšanas datums </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(DD.MM.GGGG)</w:t>
       </w:r>
       <w:r w:rsidR="00746874">
@@ -2919,103 +2783,96 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00746874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739FD2EB" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="4B3886C1" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A3641C">
-[...10 lines deleted...]
-        <w:fldChar w:fldCharType="separate"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pievienotas </w:t>
       </w:r>
@@ -3078,449 +2935,509 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> papildu lapas</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00746874">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="160B6436" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="74399F40" w14:textId="77777777" w:rsidR="009B30AF" w:rsidRDefault="009B30AF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EBBC867" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="37B758D3" w14:textId="77777777" w:rsidR="009B30AF" w:rsidRDefault="009B30AF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58CDCD12" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="71CAB656" w14:textId="77777777" w:rsidR="009B30AF" w:rsidRDefault="009B30AF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D8ED3DB" w14:textId="77777777" w:rsidR="00746874" w:rsidRDefault="00746874">
+    <w:p w14:paraId="12AD878B" w14:textId="77777777" w:rsidR="009B30AF" w:rsidRDefault="009B30AF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="42C29984"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E998ECF2"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="D3FE2ED6"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="D890CDEE"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="B8AACE90"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="F466B002"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="DA72FD16"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0248CD36"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="43742C0C"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="26C6EA52"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1817449085">
+  <w:num w:numId="1" w16cid:durableId="1668091748">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="195167455">
+  <w:num w:numId="2" w16cid:durableId="561796694">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="411583457">
+  <w:num w:numId="3" w16cid:durableId="2079668255">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1605570822">
+  <w:num w:numId="4" w16cid:durableId="148446948">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1235237238">
+  <w:num w:numId="5" w16cid:durableId="510606707">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="335885223">
+  <w:num w:numId="6" w16cid:durableId="1794404805">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1552499702">
+  <w:num w:numId="7" w16cid:durableId="767039625">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2068675887">
+  <w:num w:numId="8" w16cid:durableId="1307668157">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1495488717">
+  <w:num w:numId="9" w16cid:durableId="1962103780">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1774521162">
+  <w:num w:numId="10" w16cid:durableId="894587656">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1416828298">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2026395320">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="713694671">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1006059921">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="607082141">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="432675373">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1462528679">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1677417843">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1457211345">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1713143183">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="dvESNaKVxSsqP3gi34zZ6oo8FjRt3pHE9NbqlYeySKI/7fNQn+llEiqCtLJDTF28GExVlylmHlWuIZf1PkcJnw==" w:salt="fPJp7tojVgCWr3/2h5QYuQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="p0V/lKiY9dpEzlOqQZBvpaBZqHYk9LLu0T67TsKNut1xxs6i6OoTLq0P5NlqJYijjvjK+yOMC6HRqTvc3ekcTw==" w:salt="SSxnKX4zomgdswNYnnRiYQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00832710"/>
     <w:rsid w:val="00003109"/>
+    <w:rsid w:val="000E4191"/>
     <w:rsid w:val="001F3CF4"/>
+    <w:rsid w:val="003D7214"/>
     <w:rsid w:val="0060320C"/>
     <w:rsid w:val="00666C11"/>
     <w:rsid w:val="007327B3"/>
     <w:rsid w:val="00746874"/>
     <w:rsid w:val="00832710"/>
     <w:rsid w:val="00865C6A"/>
     <w:rsid w:val="008C709F"/>
+    <w:rsid w:val="00911F7B"/>
     <w:rsid w:val="009B21E5"/>
+    <w:rsid w:val="009B30AF"/>
     <w:rsid w:val="00A3641C"/>
     <w:rsid w:val="00A83CFD"/>
     <w:rsid w:val="00B6369A"/>
     <w:rsid w:val="00B8108E"/>
+    <w:rsid w:val="00BC4E84"/>
     <w:rsid w:val="00C14710"/>
+    <w:rsid w:val="00CE22E9"/>
+    <w:rsid w:val="00E930DD"/>
+    <w:rsid w:val="00F2034D"/>
     <w:rsid w:val="00F63CE0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="15AD1D78"/>
-  <w15:chartTrackingRefBased/>
+  <w14:docId w14:val="65D2B460"/>
+  <w14:defaultImageDpi w14:val="0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3592,101 +3509,57 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...40 lines deleted...]
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3877,1048 +3750,1674 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts5Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts6Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts7Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts8Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts9Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
+    <w:name w:val="Virsraksts 5 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts6Rakstz">
+    <w:name w:val="Virsraksts 6 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts7Rakstz">
+    <w:name w:val="Virsraksts 7 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts8Rakstz">
+    <w:name w:val="Virsraksts 8 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
+    <w:name w:val="Virsraksts 9 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstabloks">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsRakstz">
+    <w:name w:val="Pamatteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamatteksts2Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts2Rakstz">
+    <w:name w:val="Pamatteksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamatteksts3Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts3Rakstz">
+    <w:name w:val="Pamatteksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstapirmatkpe">
     <w:name w:val="Body Text First Indent"/>
     <w:basedOn w:val="Pamatteksts"/>
+    <w:link w:val="PamattekstapirmatkpeRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstapirmatkpeRakstz">
+    <w:name w:val="Pamatteksta pirmā atkāpe Rakstz."/>
+    <w:basedOn w:val="PamattekstsRakstz"/>
+    <w:link w:val="Pamattekstapirmatkpe"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstsaratkpi">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsaratkpiRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsaratkpiRakstz">
+    <w:name w:val="Pamatteksts ar atkāpi Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstsaratkpi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstapirmatkpe2">
     <w:name w:val="Body Text First Indent 2"/>
     <w:basedOn w:val="Pamattekstsaratkpi"/>
+    <w:link w:val="Pamattekstapirmatkpe2Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamattekstapirmatkpe2Rakstz">
+    <w:name w:val="Pamatteksta pirmā atkāpe 2 Rakstz."/>
+    <w:basedOn w:val="PamattekstsaratkpiRakstz"/>
+    <w:link w:val="Pamattekstapirmatkpe2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstaatkpe2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamattekstaatkpe2Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamattekstaatkpe2Rakstz">
+    <w:name w:val="Pamatteksta atkāpe 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstaatkpe2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstaatkpe3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamattekstaatkpe3Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamattekstaatkpe3Rakstz">
+    <w:name w:val="Pamatteksta atkāpe 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstaatkpe3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Parakstszemobjekta">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="35"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Noslgums">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="NoslgumsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoslgumsRakstz">
+    <w:name w:val="Noslēgums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Noslgums"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:semiHidden/>
-    <w:rPr>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Datums">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="DatumsRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DatumsRakstz">
+    <w:name w:val="Datums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Datums"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Dokumentakarte">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="DokumentakarteRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DokumentakarteRakstz">
+    <w:name w:val="Dokumenta karte Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Dokumentakarte"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...3 lines deleted...]
-    <w:basedOn w:val="Parasts"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-pastaparaksts">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="E-pastaparakstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-pastaparakstsRakstz">
+    <w:name w:val="E-pasta paraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="E-pastaparaksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Izclums">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Beiguvresatsauce">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Beiguvresteksts">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BeiguvrestekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Datums">
-[...40 lines deleted...]
-      <w:szCs w:val="20"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BeiguvrestekstsRakstz">
+    <w:name w:val="Beigu vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Beiguvresteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Adreseuzaploksnes">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:ind w:left="2880"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Atpakaadreseuzaploksnes">
     <w:name w:val="envelope return"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vresteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="HTMLakronms">
     <w:name w:val="HTML Acronym"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLadrese">
     <w:name w:val="HTML Address"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="HTMLadreseRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLadreseRakstz">
+    <w:name w:val="HTML adrese Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="HTMLadrese"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="HTMLcitts">
     <w:name w:val="HTML Cite"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
-      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLkods">
     <w:name w:val="HTML Code"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLdefincija">
     <w:name w:val="HTML Definition"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
-      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLtastatra">
     <w:name w:val="HTML Keyboard"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLiepriekformattais">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="HTMLiepriekformattaisRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLiepriekformattaisRakstz">
+    <w:name w:val="HTML iepriekšformatētais Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="HTMLiepriekformattais"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="HTMLparaugs">
     <w:name w:val="HTML Sample"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLrakstmmana">
     <w:name w:val="HTML Typewriter"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLmaingais">
     <w:name w:val="HTML Variable"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
-      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs1">
     <w:name w:val="index 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs2">
     <w:name w:val="index 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs3">
     <w:name w:val="index 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs4">
     <w:name w:val="index 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="960" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs5">
     <w:name w:val="index 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1200" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs6">
     <w:name w:val="index 6"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs7">
     <w:name w:val="index 7"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1680" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs8">
     <w:name w:val="index 8"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1920" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs9">
     <w:name w:val="index 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="2160" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskrdtjavirsraksts">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Alfabtiskaisrdtjs1"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rindiasnumurs">
     <w:name w:val="line number"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts">
     <w:name w:val="List"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts2">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts3">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts4">
     <w:name w:val="List 4"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="1132" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts5">
     <w:name w:val="List 5"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="1415" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="12"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="15"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums3">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="849"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums4">
     <w:name w:val="List Continue 4"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1132"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums5">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1415"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="16"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="17"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="18"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="19"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="10"/>
+        <w:numId w:val="20"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Makroteksts">
     <w:name w:val="macro"/>
+    <w:link w:val="MakrotekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MakrotekstsRakstz">
+    <w:name w:val="Makro teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Makroteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Ziojumaieskums">
     <w:name w:val="Message Header"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="ZiojumaieskumsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZiojumaieskumsRakstz">
+    <w:name w:val="Ziņojuma iesākums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Ziojumaieskums"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Paraststmeklis">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Parastaatkpe">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piezmesvirsraksts">
     <w:name w:val="Note Heading"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="PiezmesvirsrakstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiezmesvirsrakstsRakstz">
+    <w:name w:val="Piezīmes virsraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Piezmesvirsraksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lappusesnumurs">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vienkrsteksts">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VienkrstekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VienkrstekstsRakstz">
+    <w:name w:val="Vienkāršs teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vienkrsteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Uzruna">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="UzrunaRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UzrunaRakstz">
+    <w:name w:val="Uzruna Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Uzruna"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paraksts">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="ParakstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ParakstsRakstz">
+    <w:name w:val="Paraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Paraksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izteiksmgs">
     <w:name w:val="Strong"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="ApakvirsrakstsRakstz"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
+    <w:name w:val="Apakšvirsraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Apakvirsraksts"/>
+    <w:uiPriority w:val="11"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Izmantotsliteratrassaraksts">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ilustrcijusaraksts">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="NosaukumsRakstz"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
+    <w:name w:val="Nosaukums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Nosaukums"/>
+    <w:uiPriority w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Izmantotsliteratrassarakstavirsraksts">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
+  <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -5179,71 +5678,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1081</Words>
+  <Words>1080</Words>
   <Characters>617</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PATENTTIESĪBU   NODOŠANAS   AKTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1695</CharactersWithSpaces>
+  <CharactersWithSpaces>1694</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PATENTTIESĪBU   NODOŠANAS   AKTS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>