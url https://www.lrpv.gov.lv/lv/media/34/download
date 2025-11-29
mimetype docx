--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -3,150 +3,158 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6487" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2518"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="283"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008378C5" w14:paraId="4CFFDD2F" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="1632AC9C" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="3402" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="58D70C4D" w14:textId="11D6C407" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="32BCF5E9" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PATENTU VALDEI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="2340DC54" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="7FB0D388" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="3402" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED52D8B" w14:textId="50DA2E55" w:rsidR="008378C5" w:rsidRDefault="008637FF">
+          <w:p w14:paraId="3114A2A8" w14:textId="121D6CF8" w:rsidR="008378C5" w:rsidRDefault="003D3B98">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Raiņa bulvāris 15</w:t>
+            <w:r w:rsidRPr="003D3B98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Citadeles iela 6A</w:t>
             </w:r>
             <w:r w:rsidR="00FE4238">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00711C2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Rīga, LV-10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008637FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00711C2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Latvija</w:t>
             </w:r>
             <w:r w:rsidR="00711C2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="009800FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">E-pasts: </w:t>
@@ -184,261 +192,261 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00711C2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>+371 670996</w:t>
             </w:r>
             <w:r w:rsidR="009800FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="02F3BBE5" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="050D13DE" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="3402" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A514A27" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="3DAFF3B4" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B966027" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="22251E6E" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="3F22A312" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="18B7621C" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7C0041" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="61BFDE13" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:ind w:left="2410"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br w:type="column"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>IESNIEGUMS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>PAR DIZAINPARAUGA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>REĢISTRĀCIJAS ATJAUNOŠANU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="7D6EB04C" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="5E713463" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED6B1C5" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="4E3B9287" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="2410"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>REQUEST FOR RENEWAL OF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>DESIGN REGISTRATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="157C28D4" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="69048661" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6E5CBB" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="37F390A8" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:ind w:left="2410"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJA ŠIFRS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16E834FF" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="16015CF1" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="0" w:name="txtRef"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6545E3EA" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="4D575035" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtRef"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Please use references"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="txtRef"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -497,168 +505,168 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> IF Check1  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45457A93" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="29ACE61C" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5737152C" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+    <w:p w14:paraId="6DA418A5" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60C32619" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+    <w:p w14:paraId="4B5250E0" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="008378C5">
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="1134" w:equalWidth="0">
             <w:col w:w="3119" w:space="283"/>
             <w:col w:w="6237"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1010"/>
         <w:gridCol w:w="2109"/>
         <w:gridCol w:w="17"/>
         <w:gridCol w:w="183"/>
         <w:gridCol w:w="1359"/>
         <w:gridCol w:w="556"/>
         <w:gridCol w:w="295"/>
         <w:gridCol w:w="1075"/>
         <w:gridCol w:w="626"/>
         <w:gridCol w:w="524"/>
         <w:gridCol w:w="1052"/>
         <w:gridCol w:w="1117"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008378C5" w14:paraId="4FCE7DB9" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="7853B556" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39997947" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="2FF5809C" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:pStyle w:val="Virsraksts2"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>LŪDZU ATJAUNOT DIZAINPARAUGA REĢISTRĀCIJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="434FA251" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="59098E5D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="671"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3319" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FB9EF62" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="3E60AE30" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(11)</w:instrText>
@@ -666,51 +674,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>REĢISTRĀCIJAS NUMURS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B215FE3" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="1E072A5A" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="D"/>
                     <w:maxLength w:val="1"/>
                     <w:format w:val="Lielie burti"/>
                   </w:textInput>
                 </w:ffData>
@@ -902,51 +910,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A6866C6" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="13F07A0B" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="560"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(22)</w:instrText>
@@ -963,51 +971,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PIETEIKUMA DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="023B9592" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="0B86A615" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1073,51 +1081,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3319" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42E5BB22" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="479E1BF1" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="535"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(21)</w:instrText>
@@ -1142,51 +1150,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEIKUMA NUMURS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(NAV OBLIGĀTS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0248F0EF" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="17A2BBC1" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="D"/>
                     <w:maxLength w:val="1"/>
                     <w:format w:val="Lielie burti"/>
                   </w:textInput>
                 </w:ffData>
@@ -1376,66 +1384,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="15B89070" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="5BFDF2DE" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5234" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6112DEAF" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="5EA768EA" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -1558,75 +1566,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:sym w:font="Arial" w:char="2013"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BF5C794" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="5770BEC2" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EF630BE" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A" w:rsidP="0062071B">
+          <w:p w14:paraId="1B530BF2" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A" w:rsidP="0062071B">
             <w:pPr>
               <w:spacing w:before="100"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ADRESE, VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(KODS)</w:t>
@@ -1666,136 +1674,136 @@
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t xml:space="preserve">LATVIJAS FIZISKĀS PERSONAS – DEKLARĒTĀS DZĪVESVIETAS ADRESI, </w:t>
             </w:r>
             <w:r w:rsidR="0062071B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="0062071B" w:rsidRPr="0062071B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>ĀRVALSTU FIZISKĀS PERSONAS – PASTĀVĪGĀS DZĪVESVIETAS ADRESI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="47DC20CA" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="0FC52800" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="593"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5234" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6489E0FE" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="385B1214" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="188954FB" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="18D16488" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="678DD974" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="340A7206" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="2584C34A" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="32ED8039" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1162"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62E2C391" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="199C36FC" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1857,51 +1865,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="307577E1" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="18F610C1" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -1956,397 +1964,381 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="469E016C" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="3DA0EE90" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7144AB79" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="5C5CE8D1" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="727326A2" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="735C7928" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="154C06A8" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="658A8320" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7754" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36A96DB8" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="61ECEE0A" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DIZAINPARAUGI, KURIEM NEPIECIEŠAMA REĢISTRĀCIJAS ATJAUNOŠANA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(ATZĪMĒT TIKAI VIENU NO VARIANTIEM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CE2EB63" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="5974ECC4" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="486CE9A4" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="75AC140F" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="19145033" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="035C1775" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7754" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20A818D9" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="0DD55040" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BCE110D" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="4B7450C3" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B70FFDB" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="484B1471" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="660BF875" w14:textId="77777777" w:rsidTr="00B550FF">
+      <w:tr w:rsidR="008378C5" w14:paraId="71FFC8CA" w14:textId="77777777" w:rsidTr="00B550FF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2753"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B556DA0" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="7EFCA643" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="80" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="584" w:hanging="584"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003C1A52">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ATJAUNOŠANA NEPIECIEŠAMA VISIEM REĢISTRĀCIJĀ IEKĻAUTAJIEM DIZAINPARAUGIEM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="575B5656" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="3D835279" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:ind w:left="584" w:hanging="584"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003C1A52">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ATJAUNOŠANA NEPIECIEŠAMA VIENĪGI ŠĀDIEM REĢISTRĀCIJĀ IEKĻAUTAJIEM DIZAINPARAUGIEM </w:t>
             </w:r>
@@ -2425,111 +2417,111 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="2B719411" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="7DC9C082" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8806" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74478AD3" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="7CC6EF9B" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77A5B730" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="76E301D2" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="20509BC3" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="77687756" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F4A0BBF" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="3FEB38BB" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(74)</w:instrText>
@@ -2555,181 +2547,181 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PĀRSTĀVIS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16B16160" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="3DEC415D" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DF16230" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A" w:rsidP="00B550FF">
+          <w:p w14:paraId="2B94680D" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A" w:rsidP="00B550FF">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE</w:t>
             </w:r>
             <w:r w:rsidR="0062071B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="1F3FF6CD" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="71764E4B" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F7456E3" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="7DB71C6B" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D363482" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="74CA3093" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6389243C" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="0BB6736A" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:spacing w:before="90"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="2947DC26" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="736E4485" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:val="890"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73EBEA9D" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="62A69A91" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2791,51 +2783,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C948890" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="2C848851" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:pStyle w:val="Virsraksts4"/>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -2869,115 +2861,115 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="6B98C39F" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="51E1BF0C" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="320"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44D55D7E" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="68478BE3" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ĢENERĀLPILNVARAS REĢISTRĀCIJAS Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="1" w:name="Text12"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="487093BF" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="1BCE811F" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3016,79 +3008,79 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21E0F296" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="5C3C4D30" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DC7230F" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="106A1CDB" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3144,112 +3136,112 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="4A830AA6" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="010E4EB3" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E95AE69" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="5C6AFFC2" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F50D188" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="0FE28B7F" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="0FCD3462" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="02C206E1" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="203C5DA5" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="1CEDC80D" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(70)</w:instrText>
@@ -3291,172 +3283,172 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(ADRESĀTA VĀRDS, UZVĀRDS VAI NOSAUKUMS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46E14687" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="692055D7" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B5B7CBD" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="188A0A83" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE, PASTA INDEKSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="7C0CA9E6" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="67BAD5BB" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E5F3F49" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="688E9D8F" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="370BA963" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="423F5D27" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="556E1AF2" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="13E588B9" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:spacing w:before="90"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="19DA0902" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="01657DDC" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="794"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CDEE3A7" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="05A64D70" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3518,51 +3510,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DD04453" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="57F587BF" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:pStyle w:val="Virsraksts4"/>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -3596,90 +3588,90 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="0533B0F1" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="08312FA4" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="320"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C9857EF" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="2D9A21BC" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>E-PASTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4519" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B724D3B" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="0D0D07B6" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3733,69 +3725,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B09AF5E" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="47ED8B00" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>FAKSS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D99884F" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="7EFA51D4" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3858,81 +3850,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="160F0C67" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="64223DD4" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A5B8CC1" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="10AAEC20" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3988,182 +3980,174 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="6BCCF4B3" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="096C4D79" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B17C573" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A" w:rsidP="00B20903">
+          <w:p w14:paraId="61FD59E7" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A" w:rsidP="00B20903">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="312" w:hanging="312"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003C1A52">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>TURPMĀKO INFORMĀCIJU UN DOKUMENTUS VĒLOS SAŅEMT ELEKTRONISKI UZ NORĀDĪTO E-PASTA ADRESI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49FE9396" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="4F6EDD04" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>FAKSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4670ADEB" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="6B21C415" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4219,312 +4203,296 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="686B9AC8" w14:textId="77777777" w:rsidTr="0062071B">
+      <w:tr w:rsidR="008378C5" w14:paraId="6E658715" w14:textId="77777777" w:rsidTr="0062071B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30D4592F" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="1AE4C78B" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D6E381D" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="55C7D5E5" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764E90" w14:paraId="62B744AF" w14:textId="77777777" w:rsidTr="00F95964">
+      <w:tr w:rsidR="00764E90" w14:paraId="2F473896" w14:textId="77777777" w:rsidTr="00F95964">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1330"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="031DDA3B" w14:textId="77777777" w:rsidR="00764E90" w:rsidRDefault="00764E90">
+          <w:p w14:paraId="47FC291D" w14:textId="77777777" w:rsidR="00764E90" w:rsidRDefault="00764E90">
             <w:pPr>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIELIKUMĀ:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B49A84E" w14:textId="77777777" w:rsidR="00764E90" w:rsidRDefault="00764E90">
+          <w:p w14:paraId="2FC21A5F" w14:textId="77777777" w:rsidR="00764E90" w:rsidRDefault="00764E90">
             <w:pPr>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
+            <w:bookmarkStart w:id="2" w:name="chk2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="chk2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003C1A52">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PILNVARA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43CA8BE2" w14:textId="77777777" w:rsidR="00764E90" w:rsidRDefault="00764E90">
+          <w:p w14:paraId="447A8A60" w14:textId="77777777" w:rsidR="00764E90" w:rsidRDefault="00764E90">
             <w:pPr>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
+            <w:bookmarkStart w:id="3" w:name="chk3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="chk3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003C1A52">
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CITI DOKUMENTI </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(NOSAUKT)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C653BE3" w14:textId="77777777" w:rsidR="00764E90" w:rsidRDefault="00764E90">
+          <w:p w14:paraId="2C1B52E0" w14:textId="77777777" w:rsidR="00764E90" w:rsidRDefault="00764E90">
             <w:pPr>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -4595,65 +4563,65 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="5C28A6CE" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="68E356CC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BD2E9E2" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="5A52AAD5" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ĪPAŠNIEK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>A/</w:t>
             </w:r>
@@ -4663,130 +4631,130 @@
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PĀRSTĀVJA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
               <w:t>PARAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="556343B0" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="30708D23" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
               <w:t>VĀRDS, UZVĀRDS, AMATS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="45BCA31A" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="413CB1A4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="448"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E940DF2" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+          <w:p w14:paraId="7485BD34" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="4" w:name="txtAttorneySignature"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30E7BFFA" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="49B85FB6" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtAttorneySignature"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="txtAttorneySignature"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4818,105 +4786,105 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008378C5" w14:paraId="46A28917" w14:textId="77777777">
+      <w:tr w:rsidR="008378C5" w14:paraId="4E083A21" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="420"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70C9E8A5" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="5077C954" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">AIZPILDĪŠANAS DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="5" w:name="txtApplDate"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CEEF7BB" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
+          <w:p w14:paraId="1E7372CF" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="00711C2A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtApplDate"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4974,397 +4942,407 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="64720E1F" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+    <w:p w14:paraId="2CAAD00B" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0694A224" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+    <w:p w14:paraId="2FFBF77C" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008378C5">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78D528FD" w14:textId="77777777" w:rsidR="00E57D41" w:rsidRDefault="00E57D41">
+    <w:p w14:paraId="510B54BA" w14:textId="77777777" w:rsidR="00205529" w:rsidRDefault="00205529">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F228BE0" w14:textId="77777777" w:rsidR="00E57D41" w:rsidRDefault="00E57D41">
+    <w:p w14:paraId="2F0A5989" w14:textId="77777777" w:rsidR="00205529" w:rsidRDefault="00205529">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AAF65C9" w14:textId="77777777" w:rsidR="00E57D41" w:rsidRDefault="00E57D41">
+    <w:p w14:paraId="5B7C2C93" w14:textId="77777777" w:rsidR="00205529" w:rsidRDefault="00205529">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A34084F" w14:textId="77777777" w:rsidR="00E57D41" w:rsidRDefault="00E57D41">
+    <w:p w14:paraId="7D0D980F" w14:textId="77777777" w:rsidR="00205529" w:rsidRDefault="00205529">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="234D1FA1" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6AF3AC5A" w14:textId="77777777" w:rsidR="008378C5" w:rsidRDefault="008378C5">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29986EEF"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64282A32"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E4869630"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FEC049A"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="751F6C4C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="BB460734"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F0779BC"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2048800184">
+  <w:num w:numId="1" w16cid:durableId="212011818">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1144196388">
+  <w:num w:numId="2" w16cid:durableId="2074351615">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="237979195">
+  <w:num w:numId="3" w16cid:durableId="1374963774">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="631636340">
+  <w:num w:numId="4" w16cid:durableId="1178930196">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1382900901">
+  <w:num w:numId="5" w16cid:durableId="23555264">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="W+GmtAIfLCQrF84gKpAOm4MQw4sAPR/fN2TimXNQnD9r+hSvbmbgl6xxEBVAJ1Ujf2oNSgOWusOmWv47nAnK1w==" w:salt="9SBOXA1V+4myI+x3GWTh4A=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="UVQhvzOQeBsNP0aKatowVM7jnSXVTcwJyxwxyXr447EkcYs6kbIO/jnujKcQJ6FySt56AGzP9Ms+VmHbMXCM2g==" w:salt="yqDwS0TpXHB/wa2nxocIMw=="/>
   <w:defaultTabStop w:val="340"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...3 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008378C5"/>
     <w:rsid w:val="000735C0"/>
     <w:rsid w:val="00121C4D"/>
+    <w:rsid w:val="00132A9E"/>
     <w:rsid w:val="00145796"/>
+    <w:rsid w:val="00205529"/>
     <w:rsid w:val="003C1A52"/>
+    <w:rsid w:val="003D3B98"/>
     <w:rsid w:val="0041510C"/>
     <w:rsid w:val="004B3A95"/>
+    <w:rsid w:val="00592C97"/>
     <w:rsid w:val="0062071B"/>
     <w:rsid w:val="00711C2A"/>
+    <w:rsid w:val="00720264"/>
+    <w:rsid w:val="00725FA0"/>
     <w:rsid w:val="00764E90"/>
     <w:rsid w:val="008378C5"/>
     <w:rsid w:val="008637FF"/>
     <w:rsid w:val="00863D25"/>
     <w:rsid w:val="008C709F"/>
     <w:rsid w:val="00966016"/>
     <w:rsid w:val="00977787"/>
     <w:rsid w:val="009800FB"/>
     <w:rsid w:val="00A83CFD"/>
     <w:rsid w:val="00AB3715"/>
     <w:rsid w:val="00B20903"/>
     <w:rsid w:val="00B51AFC"/>
     <w:rsid w:val="00B550FF"/>
     <w:rsid w:val="00B8181D"/>
     <w:rsid w:val="00BD5561"/>
     <w:rsid w:val="00E57D41"/>
+    <w:rsid w:val="00E930DD"/>
     <w:rsid w:val="00F50C99"/>
+    <w:rsid w:val="00F95964"/>
     <w:rsid w:val="00FE4238"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fillcolor="white">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2356B50C"/>
+  <w14:docId w14:val="4319AD1E"/>
+  <w14:defaultImageDpi w14:val="0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5436,101 +5414,57 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...40 lines deleted...]
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -5719,212 +5653,301 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
     <w:name w:val="Galvene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009800FB"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Iestāde">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -6207,77 +6230,72 @@
 </ControlsStorage>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DDB1D04-D24D-43BC-A8CF-1A15CFD16C11}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C4ED099-6D92-4F4F-A21D-768D04DAA0BA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1336</Words>
-  <Characters>762</Characters>
+  <Words>1333</Words>
+  <Characters>760</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2094</CharactersWithSpaces>
+  <CharactersWithSpaces>2089</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>