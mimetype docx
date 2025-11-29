--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -2,384 +2,387 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="4962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0043137F" w14:paraId="680E4F57" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="7DAD4C61" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63EE8538" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="75330BBC" w14:textId="486C18D2" w:rsidR="001521A0" w:rsidRDefault="00FF2B63">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B0BD90D" wp14:editId="60928CE1">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68AE2B7E" wp14:editId="4236B936">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-384175</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-176530</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="388620" cy="913765"/>
-                      <wp:effectExtent l="2540" t="635" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="1982206532" name="Text Box 7"/>
+                      <wp:docPr id="512478961" name="Tekstlodziņš 25"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="388620" cy="913765"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="7D16C026" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                                <w:p w14:paraId="6FF86285" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                       <w:szCs w:val="12"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                       <w:szCs w:val="12"/>
                                     </w:rPr>
                                     <w:t>AIZPILDA</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="6CD66CFC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                                <w:p w14:paraId="26E8866C" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                       <w:szCs w:val="12"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                       <w:szCs w:val="12"/>
                                     </w:rPr>
                                     <w:t>PATENTU VALDE</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="0B0BD90D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:shapetype w14:anchorId="68AE2B7E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-30.25pt;margin-top:-13.9pt;width:30.6pt;height:71.95pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfbjsx1QEAAIkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO0yQ14hRbiw4D&#10;um5Atw+gZfmC2aJGKbHz96PkNM22t2EvhETKh+cc0tvbse/EQZNr0eQync2l0EZh2Zo6l9+/Pbzb&#10;SOE8mBI6NDqXR+3k7e7tm+1gM73ABrtSk2AQ47LB5rLx3mZJ4lSje3AztNpwsULqwfOV6qQkGBi9&#10;75LFfL5KBqTSEirtHGfvp6LcRfyq0sp/qSqnvehyydx8jBRjEWKy20JWE9imVSca8A8semgNNz1D&#10;3YMHsaf2L6i+VYQOKz9T2CdYVa3SUQOrSed/qHluwOqohc1x9myT+3+w6unwbL+S8OMHHHmAUYSz&#10;j6h+OGHwrgFT6/dEODQaSm6cBsuSwbrs9Gmw2mUugBTDZyx5yLD3GIHGivrgCusUjM4DOJ5N16MX&#10;ipNXm81qwRXFpZv0ar26jh0ge/nYkvMfNfYiHHJJPNMIDodH5wMZyF6ehF4GH9qui3PtzG8Jfhgy&#10;kXzgOzH3YzHy6yCiwPLIMginNeG15kOIizUTHHhLcul+7oG0FN0nw27cpMtlWKt4WV6vgxC6rBSX&#10;FTCqQV4+L8V0vPPTKu4ttXXDzV7d5XlHaafdDAt1eY8yXv+g3S8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQCH7Wcb3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9IhOlSaTgjE&#10;JC5oK3DgljamrWic0mRr9/aY07jZ8qff359vZteLI46h86QhWSoQSLW3HTUa3t+eF3cgQjRkTe8J&#10;NZwwwKa4vMhNZv1EezyWsREcQiEzGtoYh0zKULfoTFj6AYlvX350JvI6NtKOZuJw18uVUql0piP+&#10;0JoBH1usv8uD0/BRvZ76/XDzqbrpZTdvf3bl07bR+vpqfrgHEXGOZxj+9FkdCnaq/IFsEL2GRapu&#10;GeVhteYOTKxBVMwlaQKyyOX/AsUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN9uOzHV&#10;AQAAiQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIft&#10;ZxvfAAAACAEAAA8AAAAAAAAAAAAAAAAALwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape id="Tekstlodziņš 25" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-30.25pt;margin-top:-13.9pt;width:30.6pt;height:71.95pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfbjsx1QEAAIkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO0yQ14hRbiw4D&#10;um5Atw+gZfmC2aJGKbHz96PkNM22t2EvhETKh+cc0tvbse/EQZNr0eQync2l0EZh2Zo6l9+/Pbzb&#10;SOE8mBI6NDqXR+3k7e7tm+1gM73ABrtSk2AQ47LB5rLx3mZJ4lSje3AztNpwsULqwfOV6qQkGBi9&#10;75LFfL5KBqTSEirtHGfvp6LcRfyq0sp/qSqnvehyydx8jBRjEWKy20JWE9imVSca8A8semgNNz1D&#10;3YMHsaf2L6i+VYQOKz9T2CdYVa3SUQOrSed/qHluwOqohc1x9myT+3+w6unwbL+S8OMHHHmAUYSz&#10;j6h+OGHwrgFT6/dEODQaSm6cBsuSwbrs9Gmw2mUugBTDZyx5yLD3GIHGivrgCusUjM4DOJ5N16MX&#10;ipNXm81qwRXFpZv0ar26jh0ge/nYkvMfNfYiHHJJPNMIDodH5wMZyF6ehF4GH9qui3PtzG8Jfhgy&#10;kXzgOzH3YzHy6yCiwPLIMginNeG15kOIizUTHHhLcul+7oG0FN0nw27cpMtlWKt4WV6vgxC6rBSX&#10;FTCqQV4+L8V0vPPTKu4ttXXDzV7d5XlHaafdDAt1eY8yXv+g3S8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQCH7Wcb3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9IhOlSaTgjE&#10;JC5oK3DgljamrWic0mRr9/aY07jZ8qff359vZteLI46h86QhWSoQSLW3HTUa3t+eF3cgQjRkTe8J&#10;NZwwwKa4vMhNZv1EezyWsREcQiEzGtoYh0zKULfoTFj6AYlvX350JvI6NtKOZuJw18uVUql0piP+&#10;0JoBH1usv8uD0/BRvZ76/XDzqbrpZTdvf3bl07bR+vpqfrgHEXGOZxj+9FkdCnaq/IFsEL2GRapu&#10;GeVhteYOTKxBVMwlaQKyyOX/AsUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN9uOzHV&#10;AQAAiQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIft&#10;ZxvfAAAACAEAAA8AAAAAAAAAAAAAAAAALwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                         <w:txbxContent>
-                          <w:p w14:paraId="7D16C026" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="6FF86285" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>AIZPILDA</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6CD66CFC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="26E8866C" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>PATENTU VALDE</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>SAŅEMŠANAS</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5079B47F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="425623EE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>SAŅEMŠANAS DATUMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0806A955" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="7C582D28" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="029AC480" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="5DC9448D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="001521A0">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="067112D5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="0D57BA28" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5070" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0043137F" w14:paraId="1D88ED41" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="0BF68500" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEC2EED" w14:textId="77777777" w:rsidR="000E6C2F" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="798D3757" w14:textId="5DC06ADD" w:rsidR="000E6C2F" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PATENTU VALDEI</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Raiņa bulvāris 15, Rīga, LV-1050 </w:t>
+            <w:r w:rsidR="00267D9D" w:rsidRPr="00267D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Citadeles iela 6A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>, Rīga, LV-10</w:t>
+            </w:r>
+            <w:r w:rsidR="00267D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11D117C0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE" w:rsidP="000E6C2F">
+          <w:p w14:paraId="39910841" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE" w:rsidP="000E6C2F">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Latvija</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">E-pasts: </w:t>
             </w:r>
@@ -393,363 +396,339 @@
                 </w:rPr>
                 <w:t>pasts@lrpv.gov.lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Tālr.:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>+371 67099600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="41055475" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="163B87E0" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29029B8D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="0B590D3F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="641627E4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="725DDEDC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="1FBA5174" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="78963A36" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0485E54C" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="04D849DC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:pStyle w:val="Virsraksts2"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>LŪDZU REĢISTRĒT DIZAINPARAUGU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="54B32BC8" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="22BF7B34" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D3957F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="364419C9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="551B187B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="6D9E0AB6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="80" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0B86FD61" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="630DC806" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="160" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>VIENA DIZAINPARAUGA PIETEIKUMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="6432D408" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="30616847" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78A384AC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="26E63862" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="80" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3425C5B4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="690DCDCF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="140" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="281E50C0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="519D5F9B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(28)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0C9EBB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="1D699C3F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="240" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KOMPLEKSS PIETEIKUMS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="353242A0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="779BD5AE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DIZAINPARAUGU SKAITS PIETEIKUMĀ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -799,269 +778,269 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CFD23EE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+    <w:p w14:paraId="23EA2D35" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4536" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="283"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0043137F" w14:paraId="5DCE99D9" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="2E60FAB7" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="66581FF3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="69D513AE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:ind w:left="1451"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>IESNIEGUMS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>PAR DIZAINPARAUGA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>REĢISTRĀCIJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="0CE33219" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="790913A9" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="59F0FB3D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="597F05A9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="1451"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>DESIGN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>APPLICATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="0A200271" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="0F04C2B7" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0305A1E2" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="6C44307B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="17BACD76" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="2A487394" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="090A6A65" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="44AEACD7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:ind w:left="743" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJA ŠIFRS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA057C8" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="7C297D15" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="0" w:name="txtRef"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75547FF4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="5EB08BAF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtRef"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Please use references"/>
                   <w:textInput>
                     <w:maxLength w:val="12"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="txtRef"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1105,376 +1084,337 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> IF Check1  \* MERGEFORMAT </w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45BDA6F5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="35EB988F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7468F424" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="3886AF23" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="796B05D5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="21F9984D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="001521A0">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="1134" w:equalWidth="0">
             <w:col w:w="4820" w:space="283"/>
-            <w:col w:w="4536" w:space="0"/>
+            <w:col w:w="4536"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19CBA6DB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+    <w:p w14:paraId="7F54797E" w14:textId="28145B0D" w:rsidR="001521A0" w:rsidRDefault="00FF2B63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="14"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="713386AD" wp14:editId="60C28D1D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CC77283" wp14:editId="0C54B0EE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>175895</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>58420</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="274320" cy="227965"/>
-                <wp:effectExtent l="635" t="3810" r="1270" b="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="711196888" name="Text Box 14"/>
+                <wp:docPr id="1746362413" name="Tekstlodziņš 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="274320" cy="227965"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
-                        <a:extLst>
-[...17 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5B2A7FED" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="73BC393B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="713386AD" id="Text Box 14" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:13.85pt;margin-top:4.6pt;width:21.6pt;height:17.95pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAW4+kA1gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOuQ5PFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulNxbSCultYprtllDsSVwrVHHNuAFXfRgLBc9&#10;Qd1CALEj8w9UbxShxybMFPYZNo1ROnFgNov5X2weWnA6cWFxvDvJ5P8frPqyf3DfSITxA448wETC&#10;u3tUP7yweNOC3er3RDi0GmouvIiSZYPzxfFplNoXPoJUw2eseciwC5iAxob6qArzFIzOAzicRNdj&#10;EIqD+Wr5NueM4lSer64uL1IFKJ4eO/Lho8ZexE0piWeawGF/70NsBoqnK7GWxTvTdWmunf0jwBdj&#10;JDUf+506D2M1ClMfmUUuFdYHZkM4uYXdzZsW6ZcUAzullP7nDkhL0X2yrMjVYrmM1kqH5cUqkqHz&#10;THWeAasYqpRBiml7EyY77hyZbcuVnhXmmSd6R39GU52fE5XnX7T5DQAA//8DAFBLAwQUAAYACAAA&#10;ACEA3uL6ndsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7WVuFG7UUuakE2F&#10;QFxBlLYSNzfeJlHjdRS7Tfh7zAmOoxm9ecVmsp240uBbxwiLuQJBXDnTco2w+3y9X4PwQbPRnWNC&#10;+CYPm/L2ptC5cSN/0HUbahEh7HON0ITQ51L6qiGr/dz1xLE7ucHqEONQSzPoMcJtJxOlHqTVLceH&#10;Rvf03FB13l4swv7t9HVYqvf6xa760U1Kss0k4t1senoEEWgKf2P41Y/qUEano7uw8aJDSNI0LhGy&#10;BESsU5WBOCIsVwuQZSH/65c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABbj6QDWAQAA&#10;jQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN7i+p3b&#10;AAAABgEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="7CC77283" id="Tekstlodziņš 23" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:13.85pt;margin-top:4.6pt;width:21.6pt;height:17.95pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAW4+kA1gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOuQ5PFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulNxbSCultYprtllDsSVwrVHHNuAFXfRgLBc9&#10;Qd1CALEj8w9UbxShxybMFPYZNo1ROnFgNov5X2weWnA6cWFxvDvJ5P8frPqyf3DfSITxA448wETC&#10;u3tUP7yweNOC3er3RDi0GmouvIiSZYPzxfFplNoXPoJUw2eseciwC5iAxob6qArzFIzOAzicRNdj&#10;EIqD+Wr5NueM4lSer64uL1IFKJ4eO/Lho8ZexE0piWeawGF/70NsBoqnK7GWxTvTdWmunf0jwBdj&#10;JDUf+506D2M1ClMfmUUuFdYHZkM4uYXdzZsW6ZcUAzullP7nDkhL0X2yrMjVYrmM1kqH5cUqkqHz&#10;THWeAasYqpRBiml7EyY77hyZbcuVnhXmmSd6R39GU52fE5XnX7T5DQAA//8DAFBLAwQUAAYACAAA&#10;ACEA3uL6ndsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7WVuFG7UUuakE2F&#10;QFxBlLYSNzfeJlHjdRS7Tfh7zAmOoxm9ecVmsp240uBbxwiLuQJBXDnTco2w+3y9X4PwQbPRnWNC&#10;+CYPm/L2ptC5cSN/0HUbahEh7HON0ITQ51L6qiGr/dz1xLE7ucHqEONQSzPoMcJtJxOlHqTVLceH&#10;Rvf03FB13l4swv7t9HVYqvf6xa760U1Kss0k4t1senoEEWgKf2P41Y/qUEano7uw8aJDSNI0LhGy&#10;BESsU5WBOCIsVwuQZSH/65c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABbj6QDWAQAA&#10;jQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN7i+p3b&#10;AAAABgEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5B2A7FED" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                    <w:p w14:paraId="73BC393B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>*</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5900"/>
         <w:gridCol w:w="162"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0043137F" w14:paraId="316F8A71" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="4C820143" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34CCD762" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="66C5C777" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(54)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t>IZSTRĀDĀJUMA NOSAUKUMS, KURĀ DIZAINPARAUGU PAREDZĒTS ĪSTENOT VAI IEKĻAUT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="7EC18E88" w14:textId="77777777">
+      <w:bookmarkStart w:id="1" w:name="Text3"/>
+      <w:tr w:rsidR="0043137F" w14:paraId="2556E483" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1191"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F1EE19A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="327749CC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7513"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1506,349 +1446,296 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="4A3F18FC" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="599F78D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62860372" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="1189416C" w14:textId="408B7C30" w:rsidR="001521A0" w:rsidRDefault="00FF2B63">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22AC6B87" wp14:editId="4BA5D34A">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A810175" wp14:editId="1D938CC1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>3938270</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>234315</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="635" t="1270" r="1270" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="119402421" name="Text Box 15"/>
+                      <wp:docPr id="464530530" name="Tekstlodziņš 21"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="629F5B98" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                                <w:p w14:paraId="07EE083B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="22AC6B87" id="Text Box 15" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:310.1pt;margin-top:18.45pt;width:21.6pt;height:17.95pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAahLN02AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOofnkFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulFxbSCultYprtllDsSVwrVHHMuAFVfRgLJOe&#10;oG4hgNiR+QeqN4rQYxNmCvsMm8YonTSwmsX8LzUPLTidtLA53p1s8v8PVn3ZP7hvJML4AUduYBLh&#10;3T2qH15YvGnBbvV7IhxaDTUTL6Jl2eB8cXwarfaFjyDV8BlrbjLsAiagsaE+usI6BaNzAw4n0/UY&#10;hOJgvlq+zTmjOJXnq6vLi8QAxdNjRz581NiLuCklcU8TOOzvfYjFQPF0JXJZvDNdl/ra2T8CfDFG&#10;UvGx3qnyMFajMDWTR96opcL6wGoIp2nh6eZNi/RLioEnpZT+5w5IS9F9suzI1WK5jKOVDsuLVRRD&#10;55nqPANWMVQpgxTT9iZM47hzZLYtMz07zD1P8o7zGYfq/JykPP+izW8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQAiSNsC3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE1aTBuy&#10;qRCIK6iFVuLmxtskIl5HsduEv8ec4Liap5m3xXpynTjTEFrPCLczBYK48rblGuHj/eVmCSJEw9Z0&#10;ngnhmwKsy8uLwuTWj7yh8zbWIpVwyA1CE2OfSxmqhpwJM98Tp+zoB2diOoda2sGMqdx1MlNKS2da&#10;TguN6empoepre3IIu9fj536h3upnd9ePflKS3UoiXl9Njw8gIk3xD4Zf/aQOZXI6+BPbIDoEnaks&#10;oQhzvQKRAK3nCxAHhPtsCbIs5P8Pyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGoSz&#10;dNgBAACNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;IkjbAt4AAAAJAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="0A810175" id="Tekstlodziņš 21" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:310.1pt;margin-top:18.45pt;width:21.6pt;height:17.95pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAahLN02AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOofnkFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulFxbSCultYprtllDsSVwrVHHMuAFVfRgLJOe&#10;oG4hgNiR+QeqN4rQYxNmCvsMm8YonTSwmsX8LzUPLTidtLA53p1s8v8PVn3ZP7hvJML4AUduYBLh&#10;3T2qH15YvGnBbvV7IhxaDTUTL6Jl2eB8cXwarfaFjyDV8BlrbjLsAiagsaE+usI6BaNzAw4n0/UY&#10;hOJgvlq+zTmjOJXnq6vLi8QAxdNjRz581NiLuCklcU8TOOzvfYjFQPF0JXJZvDNdl/ra2T8CfDFG&#10;UvGx3qnyMFajMDWTR96opcL6wGoIp2nh6eZNi/RLioEnpZT+5w5IS9F9suzI1WK5jKOVDsuLVRRD&#10;55nqPANWMVQpgxTT9iZM47hzZLYtMz07zD1P8o7zGYfq/JykPP+izW8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQAiSNsC3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE1aTBuy&#10;qRCIK6iFVuLmxtskIl5HsduEv8ec4Liap5m3xXpynTjTEFrPCLczBYK48rblGuHj/eVmCSJEw9Z0&#10;ngnhmwKsy8uLwuTWj7yh8zbWIpVwyA1CE2OfSxmqhpwJM98Tp+zoB2diOoda2sGMqdx1MlNKS2da&#10;TguN6empoepre3IIu9fj536h3upnd9ePflKS3UoiXl9Njw8gIk3xD4Zf/aQOZXI6+BPbIDoEnaks&#10;oQhzvQKRAK3nCxAHhPtsCbIs5P8Pyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGoSz&#10;dNgBAACNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;IkjbAt4AAAAJAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="629F5B98" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="07EE083B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33A78F08" wp14:editId="3E26F4E2">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12218E58" wp14:editId="69314C33">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>361315</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>224155</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="0" t="635" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="856639495" name="Text Box 13"/>
+                      <wp:docPr id="1511079553" name="Tekstlodziņš 19"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="3D72E742" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                                <w:p w14:paraId="10F515B6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="33A78F08" id="Text Box 13" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:28.45pt;margin-top:17.65pt;width:21.6pt;height:17.95pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhW1Xu2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mzbmVR0wk2DSGN&#10;gTT4AY7jNBaJz9y5Tcqv5+x0XYE3xItl39nf3ffd5/XN2Hdib5AsuFIuZnMpjNNQW7ct5bev92/e&#10;SkFBuVp14EwpD4bkzeb1q/XgC5NDC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jhONoC9CnzEbVajGhi9&#10;77J8Pr/KBsDaI2hDxNG7KSk3Cb9pjA6fm4ZMEF0pubeQVkxrFddss1bFFpVvrT62of6hi15Zx0VP&#10;UHcqKLFD+xdUbzUCQRNmGvoMmsZqkzgwm8X8DzZPrfImcWFxyJ9kov8Hqx/3T/4LijC+h5EHmEiQ&#10;fwD9nYSD21a5rXmHCENrVM2FF1GybPBUHJ9GqamgCFINn6DmIatdgAQ0NthHVZinYHQewOEkuhmD&#10;0BzMV8uLnDOaU3m+ur66TBVU8fzYI4UPBnoRN6VEnmkCV/sHCrEZVTxfibUc3NuuS3Pt3G8Bvhgj&#10;qfnY79R5GKtR2LqUF7Fu5FJBfWA2CJNb2N28aQF/SjGwU0pJP3YKjRTdR8eKXC+Wy2itdFheriIZ&#10;PM9U5xnlNEOVMkgxbW/DZMedR7ttudKLwjzzRO/oz2iq83Oi8vKLNr8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCSoEmz3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAFITvJvyHzSPxJrsFC1L6&#10;SozGq0YUE25L99E2dt823YXWf+9y0uNkJjPf5NvRtuJCvW8cIyQzBYK4dKbhCuHz4+XuAYQPmo1u&#10;HRPCD3nYFpObXGfGDfxOl12oRCxhn2mEOoQuk9KXNVntZ64jjt7J9VaHKPtKml4Psdy2cq7UUlrd&#10;cFyodUdPNZXfu7NF2L+eDl/36q16tmk3uFFJtmuJeDsdHzcgAo3hLwxX/IgORWQ6ujMbL1qEdLmO&#10;SYRFugBx9ZVKQBwRVskcZJHL/weKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAhW1Xu&#10;2AEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCS&#10;oEmz3QAAAAgBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="12218E58" id="Tekstlodziņš 19" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:28.45pt;margin-top:17.65pt;width:21.6pt;height:17.95pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhW1Xu2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mzbmVR0wk2DSGN&#10;gTT4AY7jNBaJz9y5Tcqv5+x0XYE3xItl39nf3ffd5/XN2Hdib5AsuFIuZnMpjNNQW7ct5bev92/e&#10;SkFBuVp14EwpD4bkzeb1q/XgC5NDC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jhONoC9CnzEbVajGhi9&#10;77J8Pr/KBsDaI2hDxNG7KSk3Cb9pjA6fm4ZMEF0pubeQVkxrFddss1bFFpVvrT62of6hi15Zx0VP&#10;UHcqKLFD+xdUbzUCQRNmGvoMmsZqkzgwm8X8DzZPrfImcWFxyJ9kov8Hqx/3T/4LijC+h5EHmEiQ&#10;fwD9nYSD21a5rXmHCENrVM2FF1GybPBUHJ9GqamgCFINn6DmIatdgAQ0NthHVZinYHQewOEkuhmD&#10;0BzMV8uLnDOaU3m+ur66TBVU8fzYI4UPBnoRN6VEnmkCV/sHCrEZVTxfibUc3NuuS3Pt3G8Bvhgj&#10;qfnY79R5GKtR2LqUF7Fu5FJBfWA2CJNb2N28aQF/SjGwU0pJP3YKjRTdR8eKXC+Wy2itdFheriIZ&#10;PM9U5xnlNEOVMkgxbW/DZMedR7ttudKLwjzzRO/oz2iq83Oi8vKLNr8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCSoEmz3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAFITvJvyHzSPxJrsFC1L6&#10;SozGq0YUE25L99E2dt823YXWf+9y0uNkJjPf5NvRtuJCvW8cIyQzBYK4dKbhCuHz4+XuAYQPmo1u&#10;HRPCD3nYFpObXGfGDfxOl12oRCxhn2mEOoQuk9KXNVntZ64jjt7J9VaHKPtKml4Psdy2cq7UUlrd&#10;cFyodUdPNZXfu7NF2L+eDl/36q16tmk3uFFJtmuJeDsdHzcgAo3hLwxX/IgORWQ6ujMbL1qEdLmO&#10;SYRFugBx9ZVKQBwRVskcZJHL/weKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAhW1Xu&#10;2AEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCS&#10;oEmz3QAAAAgBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="3D72E742" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="10F515B6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(51)</w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">LOKARNO KLASIFIKĀCIJAS INDEKSS </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -1911,117 +1798,109 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="459E3BD5" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="0043137F" w14:paraId="76C2CD1A" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71AE5CF3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="55EAC6B0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(7</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>1/</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>73)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t>PIETEICĒJ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="14"/>
               </w:rPr>
@@ -2139,104 +2018,104 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4930DB93" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="2AD522D5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="726475A2" w14:textId="77777777" w:rsidR="005C10B4" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
+          <w:p w14:paraId="4DA61780" w14:textId="77777777" w:rsidR="005C10B4" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ADRESE, VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(KODS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1301C2E3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
+          <w:p w14:paraId="77E06655" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C10B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>(JURIDISKĀS PERSONAS NORĀDA SAVU JURIDISKO ADR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
@@ -2250,135 +2129,135 @@
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>– DEKLARĒTĀS DZĪVESVIETAS ADR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>ESI, ĀRVALSTU FIZISKĀS PERSONAS </w:t>
             </w:r>
             <w:r w:rsidRPr="005C10B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>– PASTĀVĪGĀS DZĪVESVIETAS ADRESI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="56221828" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="0043137F" w14:paraId="02074F41" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="626A2B26" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="2A4352F6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E0649AB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="73D26C39" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7244D812" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="6A8EC422" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="152F3912" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="0043137F" w14:paraId="4BE608AD" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7505ACD7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="6D783099" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2439,51 +2318,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75C4AD09" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="36ED626F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -2538,392 +2417,340 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="75C4BBB2" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="0043137F" w14:paraId="7DF215EB" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FAD1253" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="52E7B235" w14:textId="34421DB9" w:rsidR="001521A0" w:rsidRDefault="00FF2B63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="778D46CF" wp14:editId="01E262B2">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C5E7939" wp14:editId="47F59AD8">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>3912870</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>31115</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="3810" t="4445" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="9522869" name="Text Box 20"/>
+                      <wp:docPr id="1957855689" name="Tekstlodziņš 17"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="3C650C72" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                                <w:p w14:paraId="523D3A05" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="778D46CF" id="Text Box 20" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:308.1pt;margin-top:2.45pt;width:21.6pt;height:17.95pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACSgec2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx3GY14hRbiw4D&#10;ugvQ9QNkWb5gtqiRSuzs60fJaZptb8VeBImUDnkOjzbX09CLvUHqwBZytVhKYayGqrNNIR+/3715&#10;JwV5ZSvVgzWFPBiS19vXrzajy00KLfSVQcEglvLRFbL13uVJQro1g6IFOGM5WQMOyvMRm6RCNTL6&#10;0CfpcnmZjICVQ9CGiKO3c1JuI35dG+2/1jUZL/pCcm8+rhjXMqzJdqPyBpVrO31sQ72gi0F1loue&#10;oG6VV2KH3T9QQ6cRCGq/0DAkUNedNpEDs1kt/2Lz0CpnIhcWh9xJJvp/sPrL/sF9Q+GnDzDxACMJ&#10;cvegf5CwcNMq25j3iDC2RlVceBUkS0ZH+fFpkJpyCiDl+BkqHrLaeYhAU41DUIV5CkbnARxOopvJ&#10;C83BdJ29TTmjOZWm66vLi1hB5U+PHZL/aGAQYVNI5JlGcLW/Jx+aUfnTlVDLwl3X93Guvf0jwBdD&#10;JDYf+p0791M5ia4qZBbqBi4lVAdmgzC7hd3NmxbwlxQjO6WQ9HOn0EjRf7KsyNUqy4K14iG7WAcy&#10;eJ4pzzPKaoYqpJdi3t742Y47h13TcqVnhXnmkd7Rn8FU5+dI5fkXbX8DAAD//wMAUEsDBBQABgAI&#10;AAAAIQDTXvgM3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0Ha5G4UbtVGjVp&#10;nKoCcQVRaKXe3HibRMTrKHab8PcsJziOZjTzpthOrhM3HELrScNirkAgVd62VGv4/Hh5XIMI0ZA1&#10;nSfU8I0BtuXsrjC59SO9420fa8ElFHKjoYmxz6UMVYPOhLnvkdi7+MGZyHKopR3MyOWuk0ulUulM&#10;S7zQmB6fGqy+9len4fB6OR0T9VY/u1U/+klJcpnU+uF+2m1ARJziXxh+8RkdSmY6+yvZIDoN6SJd&#10;clRDkoFgP11lCYgza7UGWRby/4HyBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAJKB5zY&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANNe&#10;+AzcAAAACAEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2C5E7939" id="Tekstlodziņš 17" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:308.1pt;margin-top:2.45pt;width:21.6pt;height:17.95pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACSgec2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx3GY14hRbiw4D&#10;ugvQ9QNkWb5gtqiRSuzs60fJaZptb8VeBImUDnkOjzbX09CLvUHqwBZytVhKYayGqrNNIR+/3715&#10;JwV5ZSvVgzWFPBiS19vXrzajy00KLfSVQcEglvLRFbL13uVJQro1g6IFOGM5WQMOyvMRm6RCNTL6&#10;0CfpcnmZjICVQ9CGiKO3c1JuI35dG+2/1jUZL/pCcm8+rhjXMqzJdqPyBpVrO31sQ72gi0F1loue&#10;oG6VV2KH3T9QQ6cRCGq/0DAkUNedNpEDs1kt/2Lz0CpnIhcWh9xJJvp/sPrL/sF9Q+GnDzDxACMJ&#10;cvegf5CwcNMq25j3iDC2RlVceBUkS0ZH+fFpkJpyCiDl+BkqHrLaeYhAU41DUIV5CkbnARxOopvJ&#10;C83BdJ29TTmjOZWm66vLi1hB5U+PHZL/aGAQYVNI5JlGcLW/Jx+aUfnTlVDLwl3X93Guvf0jwBdD&#10;JDYf+p0791M5ia4qZBbqBi4lVAdmgzC7hd3NmxbwlxQjO6WQ9HOn0EjRf7KsyNUqy4K14iG7WAcy&#10;eJ4pzzPKaoYqpJdi3t742Y47h13TcqVnhXnmkd7Rn8FU5+dI5fkXbX8DAAD//wMAUEsDBBQABgAI&#10;AAAAIQDTXvgM3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0Ha5G4UbtVGjVp&#10;nKoCcQVRaKXe3HibRMTrKHab8PcsJziOZjTzpthOrhM3HELrScNirkAgVd62VGv4/Hh5XIMI0ZA1&#10;nSfU8I0BtuXsrjC59SO9420fa8ElFHKjoYmxz6UMVYPOhLnvkdi7+MGZyHKopR3MyOWuk0ulUulM&#10;S7zQmB6fGqy+9len4fB6OR0T9VY/u1U/+klJcpnU+uF+2m1ARJziXxh+8RkdSmY6+yvZIDoN6SJd&#10;clRDkoFgP11lCYgza7UGWRby/4HyBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAJKB5zY&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANNe&#10;+AzcAAAACAEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="3C650C72" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="523D3A05" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F104ED" wp14:editId="0D56F622">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F5D3C79" wp14:editId="695884DC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>178435</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>8890</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="3175" t="1270" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="715316977" name="Text Box 16"/>
+                      <wp:docPr id="2145966946" name="Tekstlodziņš 15"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="61353C2E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                                <w:p w14:paraId="02E458D9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="64F104ED" id="Text Box 16" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:14.05pt;margin-top:.7pt;width:21.6pt;height:17.95pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5leEG1wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOuQ5PFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulNxbSCultYprtllDsSVwrVHHNuAFXfRgLBc9&#10;Qd1CALEj8w9UbxShxybMFPYZNo1ROnFgNov5X2weWnA6cWFxvDvJ5P8frPqyf3DfSITxA448wETC&#10;u3tUP7yweNOC3er3RDi0GmouvIiSZYPzxfFplNoXPoJUw2eseciwC5iAxob6qArzFIzOAzicRNdj&#10;EIqD+Wr5NueM4lSer64uL1IFKJ4eO/Lho8ZexE0piWeawGF/70NsBoqnK7GWxTvTdWmunf0jwBdj&#10;JDUf+506D2M1ClOXMtWNXCqsD8yGcHILu5s3LdIvKQZ2Sin9zx2QlqL7ZFmRq8VyGa2VDsuLVSRD&#10;55nqPANWMVQpgxTT9iZMdtw5MtuWKz0rzDNP9I7+jKY6Pycqz79o8xsAAP//AwBQSwMEFAAGAAgA&#10;AAAhAO6vTsPbAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjs1OwkAUhfcmvsPkkriTmVIULJ0S&#10;o3GLAYXE3dC5tI2dO01noPXtua50eX5yzpevR9eKC/ah8aQhmSoQSKW3DVUaPj/e7pcgQjRkTesJ&#10;NfxggHVxe5ObzPqBtnjZxUrwCIXMaKhj7DIpQ1mjM2HqOyTOTr53JrLsK2l7M/C4a+VMqUfpTEP8&#10;UJsOX2osv3dnp2G/OX0d5uq9enUP3eBHJck9Sa3vJuPzCkTEMf6V4Ref0aFgpqM/kw2i1TBbJtxk&#10;fw6C40WSgjhqSBcpyCKX//GLKwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5leEG1wEA&#10;AI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDur07D&#10;2wAAAAYBAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="3F5D3C79" id="Tekstlodziņš 15" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:14.05pt;margin-top:.7pt;width:21.6pt;height:17.95pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5leEG1wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOuQ5PFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulNxbSCultYprtllDsSVwrVHHNuAFXfRgLBc9&#10;Qd1CALEj8w9UbxShxybMFPYZNo1ROnFgNov5X2weWnA6cWFxvDvJ5P8frPqyf3DfSITxA448wETC&#10;u3tUP7yweNOC3er3RDi0GmouvIiSZYPzxfFplNoXPoJUw2eseciwC5iAxob6qArzFIzOAzicRNdj&#10;EIqD+Wr5NueM4lSer64uL1IFKJ4eO/Lho8ZexE0piWeawGF/70NsBoqnK7GWxTvTdWmunf0jwBdj&#10;JDUf+506D2M1ClOXMtWNXCqsD8yGcHILu5s3LdIvKQZ2Sin9zx2QlqL7ZFmRq8VyGa2VDsuLVSRD&#10;55nqPANWMVQpgxTT9iZMdtw5MtuWKz0rzDNP9I7+jKY6Pycqz79o8xsAAP//AwBQSwMEFAAGAAgA&#10;AAAhAO6vTsPbAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjs1OwkAUhfcmvsPkkriTmVIULJ0S&#10;o3GLAYXE3dC5tI2dO01noPXtua50eX5yzpevR9eKC/ah8aQhmSoQSKW3DVUaPj/e7pcgQjRkTesJ&#10;NfxggHVxe5ObzPqBtnjZxUrwCIXMaKhj7DIpQ1mjM2HqOyTOTr53JrLsK2l7M/C4a+VMqUfpTEP8&#10;UJsOX2osv3dnp2G/OX0d5uq9enUP3eBHJck9Sa3vJuPzCkTEMf6V4Ref0aFgpqM/kw2i1TBbJtxk&#10;fw6C40WSgjhqSBcpyCKX//GLKwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5leEG1wEA&#10;AI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDur07D&#10;2wAAAAYBAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="61353C2E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="02E458D9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DA4C921" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="1DAC8189" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="715F45A7" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="0043137F" w14:paraId="790CA13F" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5900" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17618B29" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="4B3FDE91" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(72)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t>DIZAINER</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="14"/>
               </w:rPr>
@@ -2934,256 +2761,247 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DIZAINERI </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1424622A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="6C4A46CD" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52D6968F" w14:textId="77777777" w:rsidR="005C10B4" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
+          <w:p w14:paraId="788B166A" w14:textId="77777777" w:rsidR="005C10B4" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ADRESE, VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(KODS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D5AD9B9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
+          <w:p w14:paraId="0AE7C8BD" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C10B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
-              <w:t xml:space="preserve">(JURIDISKĀS PERSONAS NORĀDA SAVU </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C10B4">
+              <w:t>(JURIDISKĀS PERSONAS NORĀDA SAVU JURIDISKO ADR</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
-              <w:t>JURIDISKO ADR</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>ESI, LATVIJAS FIZISKĀS PERSONAS </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C10B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
-              <w:t>ESI, LATVIJAS FIZISKĀS PERSONAS </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C10B4">
+              <w:t>– DEKLARĒTĀS DZĪVESVIETAS ADR</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
-              <w:t>– DEKLARĒTĀS DZĪVESVIETAS ADR</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>ESI, ĀRVALSTU FIZISKĀS PERSONAS </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C10B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
-              <w:t>ESI, ĀRVALSTU FIZISKĀS PERSONAS </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>– PASTĀVĪGĀS DZĪVESVIETAS ADRESI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="457C37F6" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="0043137F" w14:paraId="141D8E76" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="775"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5900" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F000164" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="7492DCA1" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E423E8E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="4126F84F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="20" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E66B6B5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="0F10D73A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="355E330E" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="0043137F" w14:paraId="071C71B0" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="3677"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="497BBC19" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="4CEEF5CB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3255,51 +3073,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AEBDBDB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="06585E0B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3365,596 +3183,550 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="257F5BCC" w14:textId="77777777" w:rsidTr="005C10B4">
+      <w:tr w:rsidR="0043137F" w14:paraId="1B339BA8" w14:textId="77777777" w:rsidTr="005C10B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79D97966" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="69422E6C" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27132BAD" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="2AFBDBFF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="46EFBA7E" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="3418BD3D" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21F173AF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="25E74397" w14:textId="5D81E3BF" w:rsidR="001521A0" w:rsidRDefault="00FF2B63">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C2D2E66" wp14:editId="4C59D3CC">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76E5D3B5" wp14:editId="61D257DF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-211455</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>234950</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="3810" t="2540" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="420461976" name="Text Box 19"/>
+                      <wp:docPr id="1711480928" name="Tekstlodziņš 13"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="434F5842" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                                <w:p w14:paraId="353C1FAC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="5C2D2E66" id="Text Box 19" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-16.65pt;margin-top:18.5pt;width:21.6pt;height:17.95pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA18rty2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07Sh27JR0xXsahHS&#10;cpEWPsBxnMYi8ZgZt0n5esZOt1vgDfFi2TP2mTlnjjc3Y9+Jg0Gy4Eq5mM2lME5Dbd2ulN++3r96&#10;IwUF5WrVgTOlPBqSN9uXLzaDL0wOLXS1QcEgjorBl7INwRdZRro1vaIZeOM42QD2KvARd1mNamD0&#10;vsvy+XyVDYC1R9CGiKN3U1JuE37TGB0+Nw2ZILpScm8hrZjWKq7ZdqOKHSrfWn1qQ/1DF72yjoue&#10;oe5UUGKP9i+o3moEgibMNPQZNI3VJnFgNov5H2weW+VN4sLikD/LRP8PVn86PPovKML4DkYeYCJB&#10;/gH0dxIOblvlduYtIgytUTUXXkTJssFTcXoapaaCIkg1fISah6z2ARLQ2GAfVWGegtF5AMez6GYM&#10;QnMwXy9f55zRnMrz9fXqKlVQxdNjjxTeG+hF3JQSeaYJXB0eKMRmVPF0JdZycG+7Ls21c78F+GKM&#10;pOZjv1PnYaxGYetSrmLdyKWC+shsECa3sLt50wL+lGJgp5SSfuwVGim6D44VuV4sl9Fa6bC8Wkcy&#10;eJmpLjPKaYYqZZBi2t6GyY57j3bXcqVnhXnmid7Jn9FUl+dE5fkXbX8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQBq0AHD3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWpsGKAmZ&#10;VAjEFkR5SOzceJpExOModpvw9wwrWI7u0b1nys3se3WkMXaBES6WBhRxHVzHDcLb6+PiBlRMlp3t&#10;AxPCN0XYVKcnpS1cmPiFjtvUKCnhWFiENqWh0DrWLXkbl2EglmwfRm+TnGOj3WgnKfe9Xhlzrb3t&#10;WBZaO9B9S/XX9uAR3p/2nx+X5rl58FfDFGaj2eca8fxsvrsFlWhOfzD86os6VOK0Cwd2UfUIiyzL&#10;BEXI1vKTAHkOaoewXuWgq1L/969+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADXyu3LY&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGrQ&#10;AcPcAAAABwEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="76E5D3B5" id="Tekstlodziņš 13" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-16.65pt;margin-top:18.5pt;width:21.6pt;height:17.95pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA18rty2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07Sh27JR0xXsahHS&#10;cpEWPsBxnMYi8ZgZt0n5esZOt1vgDfFi2TP2mTlnjjc3Y9+Jg0Gy4Eq5mM2lME5Dbd2ulN++3r96&#10;IwUF5WrVgTOlPBqSN9uXLzaDL0wOLXS1QcEgjorBl7INwRdZRro1vaIZeOM42QD2KvARd1mNamD0&#10;vsvy+XyVDYC1R9CGiKN3U1JuE37TGB0+Nw2ZILpScm8hrZjWKq7ZdqOKHSrfWn1qQ/1DF72yjoue&#10;oe5UUGKP9i+o3moEgibMNPQZNI3VJnFgNov5H2weW+VN4sLikD/LRP8PVn86PPovKML4DkYeYCJB&#10;/gH0dxIOblvlduYtIgytUTUXXkTJssFTcXoapaaCIkg1fISah6z2ARLQ2GAfVWGegtF5AMez6GYM&#10;QnMwXy9f55zRnMrz9fXqKlVQxdNjjxTeG+hF3JQSeaYJXB0eKMRmVPF0JdZycG+7Ls21c78F+GKM&#10;pOZjv1PnYaxGYetSrmLdyKWC+shsECa3sLt50wL+lGJgp5SSfuwVGim6D44VuV4sl9Fa6bC8Wkcy&#10;eJmpLjPKaYYqZZBi2t6GyY57j3bXcqVnhXnmid7Jn9FUl+dE5fkXbX8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQBq0AHD3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWpsGKAmZ&#10;VAjEFkR5SOzceJpExOModpvw9wwrWI7u0b1nys3se3WkMXaBES6WBhRxHVzHDcLb6+PiBlRMlp3t&#10;AxPCN0XYVKcnpS1cmPiFjtvUKCnhWFiENqWh0DrWLXkbl2EglmwfRm+TnGOj3WgnKfe9Xhlzrb3t&#10;WBZaO9B9S/XX9uAR3p/2nx+X5rl58FfDFGaj2eca8fxsvrsFlWhOfzD86os6VOK0Cwd2UfUIiyzL&#10;BEXI1vKTAHkOaoewXuWgq1L/969+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADXyu3LY&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGrQ&#10;AcPcAAAABwEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="434F5842" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="353C1FAC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t>DIZAINERS(I) ATTEICIES NO TIESĪBĀM TIKT MINĒTAM VAI PIEPRASĪJIS, LAI VIŅŠ NETIKTU MINĒTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75D25D45" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="3420AEA5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="225116AE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+    <w:p w14:paraId="64D8AF7B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>- JĀNORĀDA OBLIGĀTI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDFD95F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+    <w:p w14:paraId="67D0DCB8" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="282"/>
         <w:gridCol w:w="83"/>
         <w:gridCol w:w="625"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0043137F" w14:paraId="7FF614E1" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="56437556" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75A2C1EA" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="52B07348" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>LŪDZU NOTEIKT DIZAINPARAUGA PRIORITĀTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="7D91C42C" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="17F7E701" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E8C0B14" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="74F93875" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...5 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>KONVENCIJAS PRIORITĀTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="0ACD8F14" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="4356F4F3" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C1FB7E1" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="1C65C6A4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(31)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DOK. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="47DE2228" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="07823AAD" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4007,145 +3779,137 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD13631" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="2A11C20F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(33)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(KODS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="2" w:name="txt33"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0818D197" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="064E90AB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txt33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="txt33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
@@ -4153,124 +3917,116 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2D54E3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="0F10B416" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(32)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="3" w:name="txt32"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="551E69CC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="0ED959CE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txt32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4320,173 +4076,166 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="34AB6B67" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="689582C9" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AF6AF30" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="79FFE232" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriorityE"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:exitMacro w:val="PriorityE"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...5 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>IZSTĀDES PRIORITĀTE; DOKUMENTA VEIDS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="2CE3DC1E" w14:textId="77777777">
+      <w:bookmarkStart w:id="4" w:name="txtPriorityE"/>
+      <w:tr w:rsidR="0043137F" w14:paraId="4BDD8B5F" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F441347" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="4AC74524" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtPriorityE"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="txtPriorityE"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
@@ -4521,125 +4270,117 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61A461DC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="59B45409" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(23)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="5" w:name="txt23"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A4B114E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="7608D4ED" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txt23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4689,119 +4430,112 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="1C08844E" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="501F5FD9" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C802B43" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="0D389E58" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...5 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">LŪDZU ATLIKT PUBLIKĀCIJU UZ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4849,276 +4583,268 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> MĒNEŠIEM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="203B87CA" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="7587AE18" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DC86B72" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="5EACE56A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(74)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PĀRSTĀVIS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CCEB659" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="29EA0EB1" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01366E8B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
+          <w:p w14:paraId="13426775" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE" w:rsidP="005C10B4">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="77BC0993" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="711BD46E" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26D51A31" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="712ED091" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="585A858E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="2C0442A3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23C2802D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="3A7D39B6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="4C30FCDE" w14:textId="77777777" w:rsidTr="00761069">
+      <w:tr w:rsidR="0043137F" w14:paraId="34F37AD6" w14:textId="77777777" w:rsidTr="00761069">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03C83455" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="53B16D95" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5180,51 +4906,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="328C51F5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="58C5BD14" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:pStyle w:val="Virsraksts4"/>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -5258,117 +4984,117 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="14C03031" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="10F1ED8B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E61BAD3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="7BBC4406" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ĢENERĀLPILNVARAS REĢISTRĀCIJAS Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="6" w:name="Text12"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5648F2E3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="008A83AF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5406,79 +5132,79 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="479ADE2F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="5CEA7A75" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B4A843F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="2A68C8F3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -5534,572 +5260,510 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="5A68FDE5" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="6EC23C09" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C059055" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="2C32AA1D" w14:textId="2482B681" w:rsidR="001521A0" w:rsidRDefault="00FF2B63">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D1F23A9" wp14:editId="1EA7C91D">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69F7BA37" wp14:editId="7FC78693">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>3998595</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>15240</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="3810" t="0" r="0" b="3175"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="1173594178" name="Text Box 18"/>
+                      <wp:docPr id="437157916" name="Tekstlodziņš 11"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="667EF315" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                                <w:p w14:paraId="045FD833" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2D1F23A9" id="Text Box 18" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:314.85pt;margin-top:1.2pt;width:21.6pt;height:17.95pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOLV3o2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOuQ5PFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulNxbSCultYprtllDsSVwrVHHNuAFXfRgLBc9&#10;Qd1CALEj8w9UbxShxybMFPYZNo1ROnFgNov5X2weWnA6cWFxvDvJ5P8frPqyf3DfSITxA448wETC&#10;u3tUP7yweNOC3er3RDi0GmouvIiSZYPzxfFplNoXPoJUw2eseciwC5iAxob6qArzFIzOAzicRNdj&#10;EIqD+Wr5NueM4lSer64uL1IFKJ4eO/Lho8ZexE0piWeawGF/70NsBoqnK7GWxTvTdWmunf0jwBdj&#10;JDUf+506D2M1ClOXchXrRi4V1gdmQzi5hd3NmxbplxQDO6WU/ucOSEvRfbKsyNViuYzWSoflxSqS&#10;ofNMdZ4BqxiqlEGKaXsTJjvuHJlty5WeFeaZJ3pHf0ZTnZ8TledftPkNAAD//wMAUEsDBBQABgAI&#10;AAAAIQBMFE7c3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5F6ozZpSZuQ&#10;TYWouIIoPxI3N94mUeN1FLtNeHvMCY6jGc18U2wn24kLDb51jHC7UCCIK2darhHe355uNiB80Gx0&#10;55gQvsnDtpxdFTo3buRXuuxDLWIJ+1wjNCH0uZS+ashqv3A9cfSObrA6RDnU0gx6jOW2k4lSqbS6&#10;5bjQ6J4eG6pO+7NF+Hg+fn2u1Eu9s3f96CYl2WYScX49PdyDCDSFvzD84kd0KCPTwZ3ZeNEhpEm2&#10;jlGEZAUi+uk6yUAcEJabJciykP8PlD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADi1d&#10;6NgBAACNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;TBRO3N4AAAAIAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="69F7BA37" id="Tekstlodziņš 11" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:314.85pt;margin-top:1.2pt;width:21.6pt;height:17.95pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOLV3o2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOuQ5PFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulNxbSCultYprtllDsSVwrVHHNuAFXfRgLBc9&#10;Qd1CALEj8w9UbxShxybMFPYZNo1ROnFgNov5X2weWnA6cWFxvDvJ5P8frPqyf3DfSITxA448wETC&#10;u3tUP7yweNOC3er3RDi0GmouvIiSZYPzxfFplNoXPoJUw2eseciwC5iAxob6qArzFIzOAzicRNdj&#10;EIqD+Wr5NueM4lSer64uL1IFKJ4eO/Lho8ZexE0piWeawGF/70NsBoqnK7GWxTvTdWmunf0jwBdj&#10;JDUf+506D2M1ClOXchXrRi4V1gdmQzi5hd3NmxbplxQDO6WU/ucOSEvRfbKsyNViuYzWSoflxSqS&#10;ofNMdZ4BqxiqlEGKaXsTJjvuHJlty5WeFeaZJ3pHf0ZTnZ8TledftPkNAAD//wMAUEsDBBQABgAI&#10;AAAAIQBMFE7c3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5F6ozZpSZuQ&#10;TYWouIIoPxI3N94mUeN1FLtNeHvMCY6jGc18U2wn24kLDb51jHC7UCCIK2darhHe355uNiB80Gx0&#10;55gQvsnDtpxdFTo3buRXuuxDLWIJ+1wjNCH0uZS+ashqv3A9cfSObrA6RDnU0gx6jOW2k4lSqbS6&#10;5bjQ6J4eG6pO+7NF+Hg+fn2u1Eu9s3f96CYl2WYScX49PdyDCDSFvzD84kd0KCPTwZ3ZeNEhpEm2&#10;jlGEZAUi+uk6yUAcEJabJciykP8PlD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADi1d&#10;6NgBAACNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;TBRO3N4AAAAIAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="667EF315" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="045FD833" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25DB1249" wp14:editId="60594F90">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FAFCCBC" wp14:editId="0EB2465A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>174625</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>18415</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="227965"/>
-                      <wp:effectExtent l="0" t="635" r="2540" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="160437367" name="Text Box 12"/>
+                      <wp:docPr id="1687948402" name="Tekstlodziņš 9"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="227965"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="4FF8F9F9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                                <w:p w14:paraId="4E427EAB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="25DB1249" id="Text Box 12" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:13.75pt;margin-top:1.45pt;width:21.6pt;height:17.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBz0B+W2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lDt25R0wk2DSGN&#10;gTT4AY7jNBaJz9y5Tcqv5+x0XYE3xItl39nf3ffd5/XN2Hdib5AsuFIuZnMpjNNQW7ct5bev92+u&#10;pKCgXK06cKaUB0PyZvP61Xrwhcmhha42KBjEUTH4UrYh+CLLSLemVzQDbxwnG8BeBT7iNqtRDYze&#10;d1k+n19mA2DtEbQh4ujdlJSbhN80RofPTUMmiK6U3FtIK6a1imu2Watii8q3Vh/bUP/QRa+s46In&#10;qDsVlNih/QuqtxqBoAkzDX0GTWO1SRyYzWL+B5unVnmTuLA45E8y0f+D1Y/7J/8FRRjfw8gDTCTI&#10;P4D+TsLBbavc1rxDhKE1qubCiyhZNngqjk+j1FRQBKmGT1DzkNUuQAIaG+yjKsxTMDoP4HAS3YxB&#10;aA7mq+XbnDOaU3m+ur68SBVU8fzYI4UPBnoRN6VEnmkCV/sHCrEZVTxfibUc3NuuS3Pt3G8Bvhgj&#10;qfnY79R5GKtR2LqUV7Fu5FJBfWA2CJNb2N28aQF/SjGwU0pJP3YKjRTdR8eKXC+Wy2itdFherCIZ&#10;PM9U5xnlNEOVMkgxbW/DZMedR7ttudKLwjzzRO/oz2iq83Oi8vKLNr8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDqLgAu2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjc6JpCSRri&#10;VAjEFUT5kbi58TaJiNdR7Dbh7VlOcBqNZjTzlZvZ9+pIY+wCG7hcaFDEdXAdNwbeXh8vclAxWXa2&#10;D0wGvinCpjo9KW3hwsQvdNymRskIx8IaaFMaCsRYt+RtXISBWLJ9GL1NYscG3WgnGfc9LrW+QW87&#10;lofWDnTfUv21PXgD70/7z49r/dw8+NUwhVkj+zUac342392CSjSnvzL84gs6VMK0Cwd2UfUGltlK&#10;mqJrUBJnOgO1M3CV54BVif/xqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAc9AfltgB&#10;AACNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6i4A&#10;LtsAAAAGAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="5FAFCCBC" id="Tekstlodziņš 9" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:13.75pt;margin-top:1.45pt;width:21.6pt;height:17.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBz0B+W2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lDt25R0wk2DSGN&#10;gTT4AY7jNBaJz9y5Tcqv5+x0XYE3xItl39nf3ffd5/XN2Hdib5AsuFIuZnMpjNNQW7ct5bev92+u&#10;pKCgXK06cKaUB0PyZvP61Xrwhcmhha42KBjEUTH4UrYh+CLLSLemVzQDbxwnG8BeBT7iNqtRDYze&#10;d1k+n19mA2DtEbQh4ujdlJSbhN80RofPTUMmiK6U3FtIK6a1imu2Watii8q3Vh/bUP/QRa+s46In&#10;qDsVlNih/QuqtxqBoAkzDX0GTWO1SRyYzWL+B5unVnmTuLA45E8y0f+D1Y/7J/8FRRjfw8gDTCTI&#10;P4D+TsLBbavc1rxDhKE1qubCiyhZNngqjk+j1FRQBKmGT1DzkNUuQAIaG+yjKsxTMDoP4HAS3YxB&#10;aA7mq+XbnDOaU3m+ur68SBVU8fzYI4UPBnoRN6VEnmkCV/sHCrEZVTxfibUc3NuuS3Pt3G8Bvhgj&#10;qfnY79R5GKtR2LqUV7Fu5FJBfWA2CJNb2N28aQF/SjGwU0pJP3YKjRTdR8eKXC+Wy2itdFherCIZ&#10;PM9U5xnlNEOVMkgxbW/DZMedR7ttudKLwjzzRO/oz2iq83Oi8vKLNr8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDqLgAu2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjc6JpCSRri&#10;VAjEFUT5kbi58TaJiNdR7Dbh7VlOcBqNZjTzlZvZ9+pIY+wCG7hcaFDEdXAdNwbeXh8vclAxWXa2&#10;D0wGvinCpjo9KW3hwsQvdNymRskIx8IaaFMaCsRYt+RtXISBWLJ9GL1NYscG3WgnGfc9LrW+QW87&#10;lofWDnTfUv21PXgD70/7z49r/dw8+NUwhVkj+zUac342392CSjSnvzL84gs6VMK0Cwd2UfUGltlK&#10;mqJrUBJnOgO1M3CV54BVif/xqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAc9AfltgB&#10;AACNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6i4A&#10;LtsAAAAGAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="4FF8F9F9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="4E427EAB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C7EE01F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="2EB4F25A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="2CC84DFD" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="315C7730" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5720" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08E1251E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="2C862134" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(70)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ADRESE SARAKSTEI </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(ADRESĀTA VĀRDS, UZVĀRDS VAI NOSAUKUMS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="767" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4059AB18" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="30B48C27" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B057E3A" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="197179DB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADRESE, PASTA </w:t>
-[...7 lines deleted...]
-              <w:t>INDEKSS</w:t>
+              <w:t>ADRESE, PASTA INDEKSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="2F8B4C88" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="43AD9706" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5720" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B64B15D" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="435541DB" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="767" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00F4F715" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="38CC4B19" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50B7A03E" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="1069BE13" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="1588A8CB" w14:textId="77777777" w:rsidTr="00761069">
+      <w:tr w:rsidR="0043137F" w14:paraId="415B4C24" w14:textId="77777777" w:rsidTr="00761069">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E03D2D4" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="75879CE4" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6162,51 +5826,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43BBC530" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="6E9ABD41" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:pStyle w:val="Virsraksts4"/>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -6240,90 +5904,90 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="549054F9" w14:textId="77777777" w:rsidTr="00F81792">
+      <w:tr w:rsidR="0043137F" w14:paraId="6769EE93" w14:textId="77777777" w:rsidTr="00F81792">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36C02BDE" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="6684DFB6" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>E-PASTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="055FBF5D" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="128732C5" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6375,69 +6039,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="453D12D9" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="67B36763" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>FAKSS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5308F449" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="6892272A" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -6502,212 +6166,204 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19906C1D" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="49F56D2B" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="7BA9D8FB" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="0144DFDA" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4018B663" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00445283">
+          <w:p w14:paraId="65F26314" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00445283">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="312" w:hanging="312"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">TURPMĀKO INFORMĀCIJU UN DOKUMENTUS VĒLOS SAŅEMT ELEKTRONISKI </w:t>
             </w:r>
             <w:r w:rsidR="00445283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>UZ NORĀDĪTO E-PASTA ADRESI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F19DD51" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00695D2B">
+          <w:p w14:paraId="1ECFE2C4" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00695D2B">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E4C2EBC" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00695D2B">
+          <w:p w14:paraId="283B2D48" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00695D2B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -6763,200 +6419,192 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="24A34B3A" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="6221FD8E" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DF60A99" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="005C5EDD">
+          <w:p w14:paraId="4A4C669E" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="005C5EDD">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="312" w:hanging="312"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ARĪ DIZAINPARAUGA REĢISTRĀCIJAS APLIECĪBU VĒLOS SAŅEMT ELEKTRONISKI </w:t>
             </w:r>
             <w:r w:rsidR="00445283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>UZ NORĀDĪTO E-PASTA ADRESI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23015B56" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00695D2B">
+          <w:p w14:paraId="70098C9F" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00695D2B">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>FAKSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0619BE39" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00695D2B">
+          <w:p w14:paraId="3964912B" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="000849CE" w:rsidP="00695D2B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -7012,242 +6660,234 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="6B47AA7F" w14:textId="77777777" w:rsidTr="003E6E17">
+      <w:tr w:rsidR="0043137F" w14:paraId="6FADE016" w14:textId="77777777" w:rsidTr="003E6E17">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2789C497" w14:textId="77777777" w:rsidR="003E6E17" w:rsidRPr="003E6E17" w:rsidRDefault="000849CE" w:rsidP="003E6E17">
+          <w:p w14:paraId="4D090FBF" w14:textId="77777777" w:rsidR="003E6E17" w:rsidRPr="003E6E17" w:rsidRDefault="000849CE" w:rsidP="003E6E17">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E6E17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PIEZĪME: </w:t>
             </w:r>
             <w:r w:rsidRPr="003E6E17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Patentu valde visu korespondenci saistībā ar šo pieteikumu sūtīs vienīgi uz šeit norādīto adresi, arī tad, ja pārstāvja adrese no tās atšķiras. </w:t>
             </w:r>
             <w:r w:rsidRPr="003E6E17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:br/>
               <w:t>Ja adrese sarakstei mainās, lūdzam nekavējoties par to informēt rakstveidā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="3987CFA1" w14:textId="77777777" w:rsidTr="00695D2B">
+      <w:tr w:rsidR="0043137F" w14:paraId="612FA614" w14:textId="77777777" w:rsidTr="00695D2B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="3572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3764BB94" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="7C7A93B1" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="right" w:pos="8505"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIELIKUMĀ:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E7CF6E8" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="0580D621" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:bookmarkStart w:id="7" w:name="chk1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="chk1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DIZAINPARAUGA ATTĒLI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B18E977" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="3AA367F6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -7272,78 +6912,70 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DIZAINPARAUGA APRAKSTS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55C14322" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="29D81625" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -7368,254 +7000,230 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>IZSTRĀDĀJUMA PARAUGS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72396570" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="61D651BF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:bookmarkStart w:id="8" w:name="chk3"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="chk3"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PILNVARA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EF55DB8" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="760AF116" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:bookmarkStart w:id="9" w:name="chk4"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="chk4"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DOKUMENTS PAR PRIORITĀTES TIESĪBĀM</w:t>
@@ -7689,51 +7297,51 @@
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPĀM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46192234" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="1CCFDDFE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -7753,64 +7361,56 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> DOKUMENTU TULKOJUMI</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">UZ </w:t>
@@ -7875,51 +7475,51 @@
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> LAPĀM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D41EDDF" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="6D841CA2" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -7939,91 +7539,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-            </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>TIESĪBU NODOŠANAS AKTS VAI TML. DOKUMENTS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="754F5AB3" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="004B5802" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="3402" w:hanging="3232"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -8043,105 +7635,97 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-            </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B7E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CITI DOKUMENTI (NOSAUKT):</w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:bookmarkStart w:id="10" w:name="txt9_1"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txt9_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="txt9_1"/>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
@@ -8171,82 +7755,82 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B7E9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
-          <w:p w14:paraId="00578B4E" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
+          <w:p w14:paraId="657C0098" w14:textId="77777777" w:rsidR="00695D2B" w:rsidRDefault="00695D2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="3402" w:hanging="3232"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="064EDCED" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="7714817C" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A353858" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="7C0333D7" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>A/</w:t>
             </w:r>
@@ -8256,132 +7840,132 @@
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PĀRSTĀVJA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
               <w:t>PARAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56BF5C90" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="21E8B27F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
               <w:t>VĀRDS, UZVĀRDS, AMATS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="2C528DDE" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="00472AD7" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A7E370F" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+          <w:p w14:paraId="68B85998" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="11" w:name="txtAttorneySignature"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7712EE72" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="03521DA0" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtAttorneySignature"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="txtAttorneySignature"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8413,104 +7997,104 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="7D4F35A8" w14:textId="77777777">
+      <w:tr w:rsidR="0043137F" w14:paraId="30CCAE73" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76193A43" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="454337EC" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">AIZPILDĪŠANAS DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="12" w:name="txtApplDate"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40DD1A85" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+          <w:p w14:paraId="3EC543F4" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtApplDate"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -8568,2444 +8152,2102 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62CA69F6" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+    <w:p w14:paraId="374D3E34" w14:textId="5CDFD7B6" w:rsidR="001521A0" w:rsidRDefault="00FF2B63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="14"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D4E275E" wp14:editId="1A493C1C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="764E32B1" wp14:editId="259B9640">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-100965</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-6985</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="274320" cy="227965"/>
-                <wp:effectExtent l="0" t="1270" r="1905" b="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="289518636" name="Text Box 22"/>
+                <wp:docPr id="1725344713" name="Tekstlodziņš 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="274320" cy="227965"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
-                        <a:extLst>
-[...17 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4F5F7DF9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="38262002" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5D4E275E" id="Text Box 22" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-7.95pt;margin-top:-.55pt;width:21.6pt;height:17.95pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBID/kM2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07Shu6VR0xXsahHS&#10;cpEWPmDiOI1F4jFjt0n5esZOt1vgDfFi2TP2mTlnjjc3Y9+JgyZv0JZyMZtLoa3C2thdKb99vX/1&#10;RgofwNbQodWlPGovb7YvX2wGV+gcW+xqTYJBrC8GV8o2BFdkmVet7sHP0GnLyQaph8BH2mU1wcDo&#10;fZfl8/l1NiDVjlBp7zl6NyXlNuE3jVbhc9N4HURXSu4tpJXSWsU1226g2BG41qhTG/APXfRgLBc9&#10;Q91BALEn8xdUbxShxybMFPYZNo1ROnFgNov5H2weW3A6cWFxvDvL5P8frPp0eHRfSITxHY48wETC&#10;uwdU372weNuC3em3RDi0GmouvIiSZYPzxelplNoXPoJUw0eseciwD5iAxob6qArzFIzOAzieRddj&#10;EIqD+Wr5OueM4lSer9bXV6kCFE+PHfnwXmMv4qaUxDNN4HB48CE2A8XTlVjL4r3pujTXzv4W4Isx&#10;kpqP/U6dh7EahalLuY51I5cK6yOzIZzcwu7mTYv0U4qBnVJK/2MPpKXoPlhWZL1YLqO10mF5tYpk&#10;6DJTXWbAKoYqZZBi2t6GyY57R2bXcqVnhXnmid7Jn9FUl+dE5fkXbX8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQBee8EA3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctqT7YitN&#10;pwnEFcQGSNyyxmurNU7VZGv59/NO42bLj14/b7YeXCPO2IXak4ZkrEAgFd7WVGr42r2NliBCNGRN&#10;4wk1/GGAdX5/l5nU+p4+8byNpeAQCqnRUMXYplKGokJnwti3SHw7+M6ZyGtXStuZnsNdIydKLaQz&#10;NfGHyrT4UmFx3J6chu/3w+/PTH2Ur27e9n5QktxKav34MGyeQUQc4g2Gqz6rQ85Oe38iG0SjYZTM&#10;V4xehwQEA5OnKYi9hulsCTLP5P8C+QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBID/kM&#10;2AEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBe&#10;e8EA3QAAAAgBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="764E32B1" id="Tekstlodziņš 7" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-7.95pt;margin-top:-.55pt;width:21.6pt;height:17.95pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBID/kM2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07Shu6VR0xXsahHS&#10;cpEWPmDiOI1F4jFjt0n5esZOt1vgDfFi2TP2mTlnjjc3Y9+JgyZv0JZyMZtLoa3C2thdKb99vX/1&#10;RgofwNbQodWlPGovb7YvX2wGV+gcW+xqTYJBrC8GV8o2BFdkmVet7sHP0GnLyQaph8BH2mU1wcDo&#10;fZfl8/l1NiDVjlBp7zl6NyXlNuE3jVbhc9N4HURXSu4tpJXSWsU1226g2BG41qhTG/APXfRgLBc9&#10;Q91BALEn8xdUbxShxybMFPYZNo1ROnFgNov5H2weW3A6cWFxvDvL5P8frPp0eHRfSITxHY48wETC&#10;uwdU372weNuC3em3RDi0GmouvIiSZYPzxelplNoXPoJUw0eseciwD5iAxob6qArzFIzOAzieRddj&#10;EIqD+Wr5OueM4lSer9bXV6kCFE+PHfnwXmMv4qaUxDNN4HB48CE2A8XTlVjL4r3pujTXzv4W4Isx&#10;kpqP/U6dh7EahalLuY51I5cK6yOzIZzcwu7mTYv0U4qBnVJK/2MPpKXoPlhWZL1YLqO10mF5tYpk&#10;6DJTXWbAKoYqZZBi2t6GyY57R2bXcqVnhXnmid7Jn9FUl+dE5fkXbX8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQBee8EA3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctqT7YitN&#10;pwnEFcQGSNyyxmurNU7VZGv59/NO42bLj14/b7YeXCPO2IXak4ZkrEAgFd7WVGr42r2NliBCNGRN&#10;4wk1/GGAdX5/l5nU+p4+8byNpeAQCqnRUMXYplKGokJnwti3SHw7+M6ZyGtXStuZnsNdIydKLaQz&#10;NfGHyrT4UmFx3J6chu/3w+/PTH2Ur27e9n5QktxKav34MGyeQUQc4g2Gqz6rQ85Oe38iG0SjYZTM&#10;V4xehwQEA5OnKYi9hulsCTLP5P8C+QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBID/kM&#10;2AEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBe&#10;e8EA3QAAAAgBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4F5F7DF9" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                    <w:p w14:paraId="38262002" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>*</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="14"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0693B46C" wp14:editId="6B7D5A30">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30FBADCF" wp14:editId="132CAB26">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-153670</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-1323340</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="274320" cy="227965"/>
-                <wp:effectExtent l="4445" t="0" r="0" b="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="762754062" name="Text Box 9"/>
+                <wp:docPr id="223649980" name="Tekstlodziņš 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="274320" cy="227965"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
-                        <a:extLst>
-[...17 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="012BEF2B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                          <w:p w14:paraId="7BC0D581" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0693B46C" id="Text Box 9" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:-12.1pt;margin-top:-104.2pt;width:21.6pt;height:17.95pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAS8kVW2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOuQ5PFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulNxbSCultYprtllDsSVwrVHHNuAFXfRgLBc9&#10;Qd1CALEj8w9UbxShxybMFPYZNo1ROnFgNov5X2weWnA6cWFxvDvJ5P8frPqyf3DfSITxA448wETC&#10;u3tUP7yweNOC3er3RDi0GmouvIiSZYPzxfFplNoXPoJUw2eseciwC5iAxob6qArzFIzOAzicRNdj&#10;EIqD+Wr5NueM4lSer64uL1IFKJ4eO/Lho8ZexE0piWeawGF/70NsBoqnK7GWxTvTdWmunf0jwBdj&#10;JDUf+506D2M1ClMzs+SGSKbC+sB0CCe7sL150yL9kmJgq5TS/9wBaSm6T5YluVosl9Fb6bC8WEU2&#10;dJ6pzjNgFUOVMkgxbW/C5MedI7NtudKzxDz0xO9o0Oiq83Pi8vyNNr8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQC4+F+j3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5F6a+1GKbQh&#10;TlWBegVRfiRubrxNIuJ1FLtNeHs2J7jt7oxmv8l3o2vFFfvQeNKwWioQSKW3DVUa3t8Oiw2IEA1Z&#10;03pCDT8YYFfMbnKTWT/QK16PsRIcQiEzGuoYu0zKUNboTFj6Dom1s++dibz2lbS9GTjctTJR6k46&#10;0xB/qE2HjzWW38eL0/DxfP76TNVL9eTW3eBHJcltpdbz23H/ACLiGP/MMOEzOhTMdPIXskG0GhZJ&#10;mrB1GtQmBTFZttzuxJfVfbIGWeTyf4niFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABLy&#10;RVbYAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALj4X6PfAAAADAEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="30FBADCF" id="Tekstlodziņš 5" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:-12.1pt;margin-top:-104.2pt;width:21.6pt;height:17.95pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAS8kVW2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0mY14hRbiw4D&#10;ugvQ9QNoWY6F2aJGKbGzrx8lp2m2vRV7ESRSOuQ5PFpfj30n9pq8QVvKxWwuhbYKa2O3pXz8fvfm&#10;nRQ+gK2hQ6tLedBeXm9ev1oPrtA5ttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWkw1SD4GPtM1qgoHR&#10;+y7L5/PLbECqHaHS3nP0dkrKTcJvGq3C16bxOoiulNxbSCultYprtllDsSVwrVHHNuAFXfRgLBc9&#10;Qd1CALEj8w9UbxShxybMFPYZNo1ROnFgNov5X2weWnA6cWFxvDvJ5P8frPqyf3DfSITxA448wETC&#10;u3tUP7yweNOC3er3RDi0GmouvIiSZYPzxfFplNoXPoJUw2eseciwC5iAxob6qArzFIzOAzicRNdj&#10;EIqD+Wr5NueM4lSer64uL1IFKJ4eO/Lho8ZexE0piWeawGF/70NsBoqnK7GWxTvTdWmunf0jwBdj&#10;JDUf+506D2M1ClMzs+SGSKbC+sB0CCe7sL150yL9kmJgq5TS/9wBaSm6T5YluVosl9Fb6bC8WEU2&#10;dJ6pzjNgFUOVMkgxbW/C5MedI7NtudKzxDz0xO9o0Oiq83Pi8vyNNr8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQC4+F+j3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5F6a+1GKbQh&#10;TlWBegVRfiRubrxNIuJ1FLtNeHs2J7jt7oxmv8l3o2vFFfvQeNKwWioQSKW3DVUa3t8Oiw2IEA1Z&#10;03pCDT8YYFfMbnKTWT/QK16PsRIcQiEzGuoYu0zKUNboTFj6Dom1s++dibz2lbS9GTjctTJR6k46&#10;0xB/qE2HjzWW38eL0/DxfP76TNVL9eTW3eBHJcltpdbz23H/ACLiGP/MMOEzOhTMdPIXskG0GhZJ&#10;mrB1GtQmBTFZttzuxJfVfbIGWeTyf4niFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABLy&#10;RVbYAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALj4X6PfAAAADAEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="012BEF2B" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+                    <w:p w14:paraId="7BC0D581" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>*</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4FECFE" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
+    <w:p w14:paraId="29583539" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="000849CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
         <w:t>JĀNORĀDA OBLIGĀTI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374391F5" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
+    <w:p w14:paraId="37FE8780" w14:textId="77777777" w:rsidR="001521A0" w:rsidRDefault="001521A0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:sectPr w:rsidR="001521A0">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36433AFF" w14:textId="77777777" w:rsidR="004D7BCE" w:rsidRDefault="000849CE" w:rsidP="00A272EC">
+    <w:p w14:paraId="3AA11164" w14:textId="77777777" w:rsidR="004D7BCE" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="00A272EC">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Patentu valdei</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3B1E0E" w14:textId="77777777" w:rsidR="00B13B11" w:rsidRDefault="000849CE" w:rsidP="002A7896">
+    <w:p w14:paraId="502505A4" w14:textId="77777777" w:rsidR="00B13B11" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="002A7896">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>APLIECINĀJUMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FCDBA0" w14:textId="77777777" w:rsidR="00DC0D0E" w:rsidRDefault="000849CE" w:rsidP="002A7896">
+    <w:p w14:paraId="37563607" w14:textId="77777777" w:rsidR="00DC0D0E" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="002A7896">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="002B7D49">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="002B7D49" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>ar R</w:t>
       </w:r>
-      <w:r w:rsidR="00925392">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00925392" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>egulas (ES) 2024/1745</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5.s panta </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0982491E" w14:textId="77777777" w:rsidR="002A7896" w:rsidRPr="002F010C" w:rsidRDefault="000849CE" w:rsidP="002A7896">
+    <w:p w14:paraId="01636F08" w14:textId="77777777" w:rsidR="002A7896" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="002A7896">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>piemērojamību</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="663BBC05" w14:textId="77777777" w:rsidR="009573C7" w:rsidRDefault="000849CE" w:rsidP="002A7896">
+    <w:p w14:paraId="5EA73A21" w14:textId="77777777" w:rsidR="009573C7" w:rsidRDefault="000849CE" w:rsidP="002A7896">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:tab/>
-[...14 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
-          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506DF4FB" w14:textId="77777777" w:rsidR="00246FFC" w:rsidRDefault="00246FFC" w:rsidP="002A7896">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16C70C79" w14:textId="77777777" w:rsidR="00B26C34" w:rsidRDefault="000849CE" w:rsidP="00175452">
+    <w:p w14:paraId="255C2331" w14:textId="77777777" w:rsidR="00B26C34" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="00175452">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">Ar šo </w:t>
       </w:r>
-      <w:r w:rsidR="00326639">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00326639" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>apliecinu</w:t>
       </w:r>
-      <w:r w:rsidR="00A31C39">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00A31C39" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">, ka </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...1 lines deleted...]
-        <w:t>pieteicējs</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">pieteicējs </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+    </w:p>
+    <w:p w14:paraId="5ABED8C1" w14:textId="77777777" w:rsidR="00B60FD6" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="00B60FD6">
+      <w:pPr>
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D363D0B" w14:textId="77777777" w:rsidR="00B60FD6" w:rsidRDefault="000849CE" w:rsidP="00B60FD6">
-[...20 lines deleted...]
-    <w:p w14:paraId="54D0CCF3" w14:textId="77777777" w:rsidR="00B26C34" w:rsidRPr="008142DC" w:rsidRDefault="000849CE" w:rsidP="009A737F">
+    <w:p w14:paraId="668E48AA" w14:textId="341C20B3" w:rsidR="00B26C34" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="009A737F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00B60FD6" w:rsidRPr="008142DC">
+      <w:r w:rsidR="00FF2B63">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42F9E42A" wp14:editId="07B2FB80">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42479B44" wp14:editId="0D4BE851">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>13970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>208915</wp:posOffset>
+                  <wp:posOffset>208914</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5765800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="321719429" name="Taisns savienotājs 1"/>
-                <wp:cNvGraphicFramePr/>
+                <wp:docPr id="1521994466" name="Taisns savienotājs 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr/>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks/>
+                      </wps:cNvCnPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5765800" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Taisns savienotājs 1" o:spid="_x0000_s1036" style="mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;position:absolute;v-text-anchor:top;z-index:251679744" from="1.1pt,16.45pt" to="455.1pt,16.45pt" fillcolor="this" stroked="t" strokecolor="black" strokeweight="0.75pt"/>
+              <v:line w14:anchorId="29C07C7F" id="Taisns savienotājs 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="1.1pt,16.45pt" to="455.1pt,16.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMuM8OpwEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvrLOVWqposz20gksF&#10;FYUPmDrjjVXbY9lmk/17bGcTKkAIoV6s2PPezHszk93NZA07YoiaXMe3m4YzdJJ67Q4d//b1w7tr&#10;zmIC14Mhhx0/YeQ3+7dvdqNv8YIGMj0GlpO42I6+40NKvhUiygEtxA15dDmoKFhI+RoOog8w5uzW&#10;iIumuRIjhd4Hkhhjfr2bg3xf8yuFMn1WKmJipuNZW6pnqOdTOcV+B+0hgB+0PMuA/1BhQbtcdE11&#10;BwnY96B/S2W1DBRJpY0kK0gpLbF6yG62zS9uHgfwWL3k5kS/tim+Xlr56XjrHkKRLif36O9JPsfc&#10;FDH62K7Bcol+hk0q2ALP2tlUG3laG4lTYjI/Xr6/urxucr/lEhPQLkQfYvqIZFn56LjRrniEFo73&#10;MZXS0C6Qs465dBWRTgYL2LgvqJjuc7FtZdeNwVsT2BHyrPvnbZltzlWRhaK0MSup+TvpjC00rFv0&#10;r8QVXSuSSyvRakfhT1XTtEhVM35xPXsttp+oPz2EZSx5Faqz89qWXXt5r/SfP9f+BwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAMhaFLHbAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjr1OwzAUhXck3sG6&#10;SN2o01SibRqnQkAnGNLAwOjGt0nU+DqK3STl6bmIAcbzo3O+dDfZVgzY+8aRgsU8AoFUOtNQpeDj&#10;fX+/BuGDJqNbR6jgih522e1NqhPjRjrgUIRK8Aj5RCuoQ+gSKX1Zo9V+7jokzk6utzqw7Ctpej3y&#10;uG1lHEUP0uqG+KHWHT7VWJ6Li1Wwenkt8m58fvvK5Urm+eDC+vyp1OxuetyCCDiFvzL84DM6ZMx0&#10;dBcyXrQK4piLCpbxBgTHm0XExvHXkFkq//Nn3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBMuM8OpwEAAKQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDIWhSx2wAAAAcBAAAPAAAAAAAAAAAAAAAAAAEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAACQUAAAAA&#10;" strokecolor="black [3040]">
+                <o:lock v:ext="edit" shapetype="f"/>
+              </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69536D27" w14:textId="77777777" w:rsidR="00857A82" w:rsidRDefault="000849CE" w:rsidP="00857A82">
+    <w:p w14:paraId="7B8698D1" w14:textId="77777777" w:rsidR="00857A82" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="00857A82">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>(vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid0"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="353"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0043137F" w14:paraId="567F2367" w14:textId="77777777" w:rsidTr="007A385D">
+      <w:tr w:rsidR="0043137F" w14:paraId="4F17DE5C" w14:textId="77777777" w:rsidTr="007A385D">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
-        <w:sdt>
-[...45 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="344" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A17BD0" w14:textId="77777777" w:rsidR="00BC67EB" w:rsidRDefault="000849CE" w:rsidP="003B3685">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043137F" w14:paraId="0D243B66" w14:textId="77777777" w:rsidTr="007A385D">
+      <w:tr w:rsidR="0043137F" w14:paraId="4584BF63" w14:textId="77777777" w:rsidTr="007A385D">
         <w:trPr>
           <w:trHeight w:val="841"/>
         </w:trPr>
-        <w:sdt>
-[...45 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="344" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BA5CBE" w14:textId="77777777" w:rsidR="00BC67EB" w:rsidRDefault="000849CE" w:rsidP="003B3685">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42077280" w14:textId="77777777" w:rsidR="00BC67EB" w:rsidRPr="00BB28E7" w:rsidRDefault="00BC67EB" w:rsidP="00857A82">
+    <w:p w14:paraId="10AF150E" w14:textId="77777777" w:rsidR="00BC67EB" w:rsidRPr="0050192D" w:rsidRDefault="00BC67EB" w:rsidP="00857A82">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32C0660D" w14:textId="77777777" w:rsidR="00246FFC" w:rsidRDefault="000849CE" w:rsidP="00E11FAC">
+    <w:p w14:paraId="27C776A1" w14:textId="77777777" w:rsidR="00246FFC" w:rsidRDefault="000849CE" w:rsidP="00E11FAC">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>nav</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Krievijas valstspiederīgais vai fiziska persona, kas uzturas Krievijā</w:t>
+        <w:t>nav</w:t>
       </w:r>
-      <w:r w:rsidR="00DE5636">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r w:rsidRPr="00BC4D3B">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Krievijas valstspiederīgais vai fiziska persona, kas uzturas Krievijā</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00DE5636">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
-          <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1ECF56" w14:textId="77777777" w:rsidR="00B55369" w:rsidRDefault="000849CE" w:rsidP="0083694E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>vai</w:t>
-[...21 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3C0B182B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir Krievijas </w:t>
+        <w:t>vai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00526018">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+    </w:p>
+    <w:p w14:paraId="7B04EFB4" w14:textId="77777777" w:rsidR="0071556B" w:rsidRDefault="000849CE" w:rsidP="00D45336">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">valstspiederīgais, kurš ir arī Eiropas Savienības </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      </w:pPr>
+      <w:r w:rsidRPr="3C0B182B">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">dalībvalsts, Eiropas Ekonomikas zonas valsts vai Šveices valstspiederīgais vai kuram ir pagaidu vai pastāvīgās uzturēšanās atļauja Eiropas Savienības dalībvalstī, Eiropas Ekonomikas zonas valstī vai Šveicē </w:t>
+        <w:t xml:space="preserve">ir Krievijas </w:t>
       </w:r>
-      <w:r w:rsidRPr="3C0B182B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r w:rsidRPr="00526018">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">valstspiederīgais, kurš ir arī Eiropas Savienības dalībvalsts, Eiropas Ekonomikas zonas valsts vai Šveices valstspiederīgais vai kuram ir pagaidu vai pastāvīgās uzturēšanās atļauja Eiropas Savienības dalībvalstī, Eiropas Ekonomikas zonas valstī vai Šveicē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C0B182B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:color="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>(apliecinājuma pamatojošie dokumenti pievienoti pielikumā).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62150E0B" w14:textId="77777777" w:rsidR="00A3703C" w:rsidRDefault="00A3703C" w:rsidP="00A3703C">
+    <w:p w14:paraId="076CC7F3" w14:textId="77777777" w:rsidR="00A3703C" w:rsidRDefault="00A3703C" w:rsidP="00A3703C">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
-          <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CC8B035" w14:textId="77777777" w:rsidR="009739BB" w:rsidRDefault="009739BB" w:rsidP="00A3703C">
+    <w:p w14:paraId="733F7CFB" w14:textId="77777777" w:rsidR="009739BB" w:rsidRDefault="009739BB" w:rsidP="00A3703C">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
-          <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A1CD6E5" w14:textId="77777777" w:rsidR="00AE609B" w:rsidRDefault="000849CE" w:rsidP="00725557">
+    <w:p w14:paraId="65AAA2DD" w14:textId="77777777" w:rsidR="00AE609B" w:rsidRDefault="000849CE" w:rsidP="00725557">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:ind w:left="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
-[...14 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">*  </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54855">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ar parakstu apliecinu, ka šajā apliecinājumā sniegtā informācija ir patiesa un precīza. Apzinos, ka nepatiesas vai maldinošas informācijas gadījumā varu tikt saukts </w:t>
+        <w:t xml:space="preserve">*  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D54855">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r w:rsidR="00D54855" w:rsidRPr="00D54855">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>pie atbildības Latvijas Republikas normatīv</w:t>
+        <w:t xml:space="preserve">Ar parakstu apliecinu, ka šajā apliecinājumā sniegtā informācija ir patiesa un precīza. Apzinos, ka nepatiesas vai maldinošas informācijas gadījumā varu tikt saukts </w:t>
       </w:r>
-      <w:r w:rsidR="009A12B9" w:rsidRPr="00D54855">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r w:rsidRPr="00D54855">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>pie atbildības Latvijas Republikas normatīv</w:t>
+      </w:r>
+      <w:r w:rsidR="009A12B9" w:rsidRPr="00D54855">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:color="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>o aktu kārtībā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6CC969" w14:textId="77777777" w:rsidR="00F11E74" w:rsidRDefault="00F11E74" w:rsidP="00AE609B">
+    <w:p w14:paraId="5E36F7E3" w14:textId="77777777" w:rsidR="00F11E74" w:rsidRDefault="00F11E74" w:rsidP="00AE609B">
       <w:pPr>
         <w:ind w:left="-993" w:right="-710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B77A027" w14:textId="77777777" w:rsidR="003C3CF7" w:rsidRPr="00D54855" w:rsidRDefault="003C3CF7" w:rsidP="00AE609B">
+    <w:p w14:paraId="7DD0A61D" w14:textId="77777777" w:rsidR="003C3CF7" w:rsidRPr="00D54855" w:rsidRDefault="003C3CF7" w:rsidP="00AE609B">
       <w:pPr>
         <w:ind w:left="-993" w:right="-710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6747DE4B" w14:textId="77777777" w:rsidR="00184517" w:rsidRPr="008142DC" w:rsidRDefault="000849CE" w:rsidP="008142DC">
+    <w:p w14:paraId="4881A0E5" w14:textId="77777777" w:rsidR="00184517" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="008142DC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...1 lines deleted...]
-        <w:t>Rīg</w:t>
+        </w:rPr>
+        <w:t>Rīgā, 202</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...9 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>. gada</w:t>
       </w:r>
-      <w:r w:rsidR="00932B59">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00932B59" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B27D343" w14:textId="77777777" w:rsidR="00184517" w:rsidRDefault="00184517" w:rsidP="00184517">
+    <w:p w14:paraId="30063C7F" w14:textId="77777777" w:rsidR="00184517" w:rsidRPr="0050192D" w:rsidRDefault="00184517" w:rsidP="00184517">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51E0A062" w14:textId="77777777" w:rsidR="004C5B14" w:rsidRPr="008142DC" w:rsidRDefault="000849CE" w:rsidP="007F4523">
+    <w:p w14:paraId="7A4B9CAA" w14:textId="31BFEEB2" w:rsidR="004C5B14" w:rsidRPr="0050192D" w:rsidRDefault="00FF2B63" w:rsidP="007F4523">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008142DC">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7867019D" wp14:editId="22B5D302">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="501C5AF7" wp14:editId="7DEE159C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>13970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>217170</wp:posOffset>
+                  <wp:posOffset>217169</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3155950" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1952358771" name="Taisns savienotājs 2"/>
-                <wp:cNvGraphicFramePr/>
+                <wp:docPr id="163063973" name="Taisns savienotājs 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr/>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks/>
+                      </wps:cNvCnPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3155950" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Taisns savienotājs 2" o:spid="_x0000_s1037" style="mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;position:absolute;v-text-anchor:top;z-index:251682816" from="1.1pt,17.1pt" to="249.6pt,17.1pt" fillcolor="this" stroked="t" strokecolor="black" strokeweight="0.75pt"/>
+              <v:line w14:anchorId="7A81B0E9" id="Taisns savienotājs 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251683840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="1.1pt,17.1pt" to="249.6pt,17.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEW6fQpgEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FO3DAQvVfiHyzfWSdUi9posxxA5YIA&#10;QfkA44w3FrbHss0m+/fYziatAFVV1YsVe96beW9msrkYjSZ78EGhbWm9qigBK7BTdtfSp58/Tr9R&#10;EiK3HddooaUHCPRie/JlM7gGzrBH3YEnKYkNzeBa2sfoGsaC6MHwsEIHNgUlesNjuvod6zwfUnaj&#10;2VlVnbMBfec8CgghvV5NQbot+aUEEe+kDBCJbmnSFsvpy/mcT7bd8GbnueuVOMrg/6DCcGVT0SXV&#10;FY+cvHr1IZVRwmNAGVcCDUMplYDiIbmpq3duHnvuoHhJzQluaVP4f2nF7f7S3vssXYz20d2geAmp&#10;KWxwoVmC+RLcBBulNxmetJOxNPKwNBLGSER6/Fqv19/Xqd9ijjHezETnQ7wGNCR/tFQrmz3yhu9v&#10;QsyleTNDjjqm0kVEPGjIYG0fQBLVpWJ1YZeNgUvtyZ6nWXcvdZ5tylWQmSKV1gup+jPpiM00KFv0&#10;t8QFXSqijQvRKIv+s6pxnKXKCT+7nrxm28/YHe79PJa0CsXZcW3zrv1+L/RfP9f2DQAA//8DAFBL&#10;AwQUAAYACAAAACEAX0kRaNwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOS0/DMBCE70j8B2sr&#10;9UadphVtQ5wK8TiVQwgcOLrxkkSN11HsJoFfz1Yc4LSPGc186X6yrRiw940jBctFBAKpdKahSsH7&#10;2/PNFoQPmoxuHaGCL/Swz66vUp0YN9IrDkWoBIeQT7SCOoQukdKXNVrtF65DYu3T9VYHPvtKml6P&#10;HG5bGUfRrbS6IW6odYcPNZan4mwVbJ4ORd6Njy/fudzIPB9c2J4+lJrPpvs7EAGn8GeGCz6jQ8ZM&#10;R3cm40WrII7ZqGC15snyerfj5fj7kFkq//NnPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAEW6fQpgEAAKQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBfSRFo3AAAAAcBAAAPAAAAAAAAAAAAAAAAAAAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAACQUAAAAA&#10;" strokecolor="black [3040]">
+                <o:lock v:ext="edit" shapetype="f"/>
+              </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="000849CE" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3175B0C9" w14:textId="77777777" w:rsidR="00751547" w:rsidRPr="00A1216A" w:rsidRDefault="000849CE" w:rsidP="00E2179B">
+    <w:p w14:paraId="41C61F5E" w14:textId="77777777" w:rsidR="00751547" w:rsidRPr="0050192D" w:rsidRDefault="000849CE" w:rsidP="00E2179B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidR="00184517" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00184517" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00325C2E" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00325C2E" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">pieteicēja vai pārstāvja </w:t>
       </w:r>
-      <w:r w:rsidR="00184517" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00184517" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>paraksts</w:t>
       </w:r>
-      <w:r w:rsidR="003C3CF7" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="003C3CF7" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> un atšifrējums</w:t>
       </w:r>
-      <w:r w:rsidR="00184517" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00184517" w:rsidRPr="0050192D">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00751547" w:rsidRPr="00A1216A" w:rsidSect="00CE5091">
+    <w:sectPr w:rsidR="00751547" w:rsidRPr="0050192D" w:rsidSect="00CE5091">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="426" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C7A8196" w14:textId="77777777" w:rsidR="000849CE" w:rsidRDefault="000849CE">
+    <w:p w14:paraId="0C68B935" w14:textId="77777777" w:rsidR="00363E9B" w:rsidRDefault="00363E9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5ED0FE35" w14:textId="77777777" w:rsidR="000849CE" w:rsidRDefault="000849CE">
+    <w:p w14:paraId="165BDD4B" w14:textId="77777777" w:rsidR="00363E9B" w:rsidRDefault="00363E9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
-    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:altName w:val="‚l‚r SVbN"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="476886C9" w14:textId="77777777" w:rsidR="000849CE" w:rsidRDefault="000849CE" w:rsidP="00CD7C40">
+    <w:p w14:paraId="7F109FA2" w14:textId="77777777" w:rsidR="00363E9B" w:rsidRPr="0050192D" w:rsidRDefault="00363E9B" w:rsidP="00CD7C40">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:r w:rsidRPr="0050192D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="129300D6" w14:textId="77777777" w:rsidR="000132C6" w:rsidRDefault="000849CE">
+    <w:p w14:paraId="2B8AC1B6" w14:textId="77777777" w:rsidR="00363E9B" w:rsidRDefault="00363E9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="5DFE5133" w14:textId="77777777" w:rsidR="00976004" w:rsidRPr="004A1407" w:rsidRDefault="000849CE" w:rsidP="00976004">
+    <w:p w14:paraId="3A24311E" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="000849CE" w:rsidP="00976004">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1407">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...7 lines deleted...]
-        <w:t>pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā, papildinot ar 5.s pantu</w:t>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Eiropas Savienības Padomes Regula (ES) 2024/1745, ar ko groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā, papildinot ar 5.s pantu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, kas nosaka Intelektuālā īpašuma birojiem </w:t>
       </w:r>
       <w:r w:rsidR="00C80B92">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ierobežojošas darbības.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29986EEF"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64282A32"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E4869630"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FEC049A"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="751F6C4C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="BB460734"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F0779BC"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="115105796">
+  <w:num w:numId="1" w16cid:durableId="1704358835">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="714045347">
+  <w:num w:numId="2" w16cid:durableId="1921593833">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1696422596">
+  <w:num w:numId="3" w16cid:durableId="1779986105">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1587574651">
+  <w:num w:numId="4" w16cid:durableId="1946301922">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="736827817">
+  <w:num w:numId="5" w16cid:durableId="1478104507">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="09YzM+964e6NbroVeb7TbxzChKkFtIcUWI2HMgDf8kI3ForSehjfpP928+booo7KPA/seBuXWdbgGUJi+VO2bQ==" w:salt="gldvqYpBQYq8D9aB1XW/0Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PXGvpo/fFhST+B4hEXCPeYljKizYHf/0tRX7R8K7nrhIQ6T9ab9oMdlkxDI9RsnwPS52gTUBgliqwp1aR7LfWw==" w:salt="W+kd5ZfuWsqC5LLpVmzZ5w=="/>
   <w:defaultTabStop w:val="340"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001521A0"/>
     <w:rsid w:val="000132C6"/>
     <w:rsid w:val="00067B5A"/>
     <w:rsid w:val="000849CE"/>
     <w:rsid w:val="00093062"/>
     <w:rsid w:val="000E6C2F"/>
     <w:rsid w:val="001521A0"/>
     <w:rsid w:val="00175452"/>
     <w:rsid w:val="00181E92"/>
     <w:rsid w:val="00184517"/>
     <w:rsid w:val="001B0E47"/>
     <w:rsid w:val="00246FFC"/>
+    <w:rsid w:val="00267D9D"/>
     <w:rsid w:val="002A7896"/>
     <w:rsid w:val="002B7D49"/>
     <w:rsid w:val="002E1740"/>
     <w:rsid w:val="002F010C"/>
     <w:rsid w:val="00325C2E"/>
     <w:rsid w:val="00326639"/>
     <w:rsid w:val="00347ADE"/>
+    <w:rsid w:val="00363E9B"/>
     <w:rsid w:val="003B3685"/>
     <w:rsid w:val="003C3CF7"/>
     <w:rsid w:val="003E6E17"/>
     <w:rsid w:val="0043137F"/>
     <w:rsid w:val="00443B22"/>
     <w:rsid w:val="00445283"/>
     <w:rsid w:val="00454A7A"/>
     <w:rsid w:val="004A1407"/>
     <w:rsid w:val="004A7718"/>
     <w:rsid w:val="004C5B14"/>
     <w:rsid w:val="004D755F"/>
     <w:rsid w:val="004D7BCE"/>
+    <w:rsid w:val="0050192D"/>
     <w:rsid w:val="00526018"/>
+    <w:rsid w:val="00541D9E"/>
     <w:rsid w:val="00582C7E"/>
     <w:rsid w:val="00583821"/>
     <w:rsid w:val="005B37A3"/>
     <w:rsid w:val="005C10B4"/>
     <w:rsid w:val="005C5EDD"/>
     <w:rsid w:val="0065142E"/>
     <w:rsid w:val="00695D2B"/>
     <w:rsid w:val="0071556B"/>
     <w:rsid w:val="00725557"/>
     <w:rsid w:val="0073073E"/>
     <w:rsid w:val="00751547"/>
     <w:rsid w:val="00761069"/>
+    <w:rsid w:val="007A385D"/>
     <w:rsid w:val="007B46CA"/>
     <w:rsid w:val="007B7E9E"/>
     <w:rsid w:val="007E12C5"/>
     <w:rsid w:val="007F4523"/>
     <w:rsid w:val="008142DC"/>
     <w:rsid w:val="0083694E"/>
     <w:rsid w:val="00857A82"/>
     <w:rsid w:val="008C709F"/>
     <w:rsid w:val="009216D8"/>
     <w:rsid w:val="00925392"/>
     <w:rsid w:val="00932B59"/>
     <w:rsid w:val="0094699D"/>
     <w:rsid w:val="009573C7"/>
     <w:rsid w:val="00967FE1"/>
     <w:rsid w:val="009720C7"/>
     <w:rsid w:val="009739BB"/>
     <w:rsid w:val="00976004"/>
     <w:rsid w:val="009A12B9"/>
     <w:rsid w:val="009A737F"/>
     <w:rsid w:val="009F19CC"/>
     <w:rsid w:val="00A1216A"/>
     <w:rsid w:val="00A15975"/>
     <w:rsid w:val="00A272EC"/>
     <w:rsid w:val="00A31C39"/>
     <w:rsid w:val="00A3703C"/>
     <w:rsid w:val="00A83CFD"/>
     <w:rsid w:val="00AE609B"/>
     <w:rsid w:val="00B13B11"/>
     <w:rsid w:val="00B26C34"/>
     <w:rsid w:val="00B33D7E"/>
     <w:rsid w:val="00B55369"/>
     <w:rsid w:val="00B60FD6"/>
+    <w:rsid w:val="00BA766F"/>
+    <w:rsid w:val="00BB0AB2"/>
     <w:rsid w:val="00BB28E7"/>
     <w:rsid w:val="00BC4D3B"/>
     <w:rsid w:val="00BC67EB"/>
     <w:rsid w:val="00BE205A"/>
     <w:rsid w:val="00C177FC"/>
     <w:rsid w:val="00C46DC3"/>
+    <w:rsid w:val="00C7456F"/>
     <w:rsid w:val="00C80B92"/>
     <w:rsid w:val="00C83760"/>
     <w:rsid w:val="00CD6D34"/>
+    <w:rsid w:val="00CD7C40"/>
+    <w:rsid w:val="00CE5091"/>
     <w:rsid w:val="00D45336"/>
     <w:rsid w:val="00D54855"/>
     <w:rsid w:val="00DB09EE"/>
     <w:rsid w:val="00DC0D0E"/>
     <w:rsid w:val="00DE5636"/>
     <w:rsid w:val="00E11FAC"/>
     <w:rsid w:val="00E2179B"/>
     <w:rsid w:val="00E57F01"/>
     <w:rsid w:val="00E6496A"/>
     <w:rsid w:val="00E92044"/>
     <w:rsid w:val="00E930DD"/>
     <w:rsid w:val="00F104D7"/>
     <w:rsid w:val="00F11E74"/>
+    <w:rsid w:val="00F81792"/>
+    <w:rsid w:val="00FD7C30"/>
+    <w:rsid w:val="00FF2B63"/>
     <w:rsid w:val="3C0B182B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:decimalSymbol w:val=","/>
+  <w:doNotAutoCompressPictures/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6BCF3648"/>
+  <w14:docId w14:val="3885CCC8"/>
+  <w14:defaultImageDpi w14:val="96"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11077,101 +10319,57 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...40 lines deleted...]
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -11360,302 +10558,395 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Parastatabula"/>
+    <w:uiPriority w:val="39"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
     <w:name w:val="Balonteksts Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C46DC3"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A1407"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A1407"/>
     <w:rPr>
-      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
       <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
     <w:name w:val="Vēres teksts Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Vresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004A1407"/>
     <w:rPr>
-      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
       <w:kern w:val="2"/>
-      <w:lang w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naiskr">
     <w:name w:val="naiskr"/>
     <w:rsid w:val="00A3703C"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...4 lines deleted...]
-        <w:bar w:val="nil"/>
+        <w:top w:val="none" w:sz="96" w:space="31" w:color="FFFFFF" w:shadow="1" w:frame="1"/>
+        <w:left w:val="none" w:sz="96" w:space="31" w:color="FFFFFF" w:shadow="1" w:frame="1"/>
+        <w:bottom w:val="none" w:sz="96" w:space="31" w:color="FFFFFF" w:shadow="1" w:frame="1"/>
+        <w:right w:val="none" w:sz="96" w:space="31" w:color="FFFFFF" w:shadow="1" w:frame="1"/>
       </w:pBdr>
       <w:spacing w:before="100" w:after="100"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+      <w:rFonts w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
-      <w:bdr w:val="nil"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid0">
     <w:name w:val="Table Grid_0"/>
     <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BC67EB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
       <w:kern w:val="2"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
+  <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Iestāde">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -11938,75 +11229,57 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ControlsStorage xmlns="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage">
   <Controls>AAEAAAD/////AQAAAAAAAAAMAgAAAEVDaGVtNFdvcmQuQ29yZSwgVmVyc2lvbj0xLjAuMC4wLCBDdWx0dXJlPW5ldXRyYWwsIFB1YmxpY0tleVRva2VuPW51bGwHAQAAAAABAAAAAAAAAAQgQ2hlbTRXb3JkLkNvcmUuQ29udHJvbFByb3BlcnRpZXMCAAAACw==</Controls>
 </ControlsStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0C85193-BE60-4C63-ACB3-D78D4C93D3D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72229DD5-1EDB-4450-A2FF-B3FA79E55A38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>435</Words>
-  <Characters>4018</Characters>
+  <Words>2815</Words>
+  <Characters>1606</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>33</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>13</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4445</CharactersWithSpaces>
+  <CharactersWithSpaces>4413</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>