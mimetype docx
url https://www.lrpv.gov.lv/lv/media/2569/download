--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="65F44E3A" w14:textId="0D631F10" w:rsidR="008B25D1" w:rsidRDefault="004B7226">
       <w:pPr>
         <w:spacing w:before="76" w:after="36"/>
         <w:ind w:left="6653"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487337984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66E0CD96" wp14:editId="49B0596A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3594100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>109855</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1257300" cy="228600"/>
@@ -319,116 +319,116 @@
       </w:tr>
       <w:tr w:rsidR="005832F4" w14:paraId="02B01AEA" w14:textId="77777777" w:rsidTr="0088630F">
         <w:trPr>
           <w:trHeight w:val="1414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4891" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60A76363" w14:textId="77777777" w:rsidR="005832F4" w:rsidRPr="00BC630D" w:rsidRDefault="005832F4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="014255A6" w14:textId="50FB779C" w:rsidR="00E10904" w:rsidRDefault="00E10904">
+          <w:p w14:paraId="014255A6" w14:textId="709F42B4" w:rsidR="00E10904" w:rsidRDefault="0095562F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="200" w:right="3117"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w14:paraId="109CB15F" w14:textId="5BAFC597" w:rsidR="005832F4" w:rsidRPr="00BC630D" w:rsidRDefault="005832F4">
+            <w:r w:rsidRPr="0095562F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Citadeles iela 6A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109CB15F" w14:textId="25D56853" w:rsidR="005832F4" w:rsidRPr="00BC630D" w:rsidRDefault="005832F4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="200" w:right="3117"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC630D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-47"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC630D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Rīga,</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC630D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-6"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC630D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>LV-10</w:t>
             </w:r>
-            <w:r w:rsidR="00E10904">
+            <w:r w:rsidR="0095562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC630D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="664D4C45" w14:textId="77777777" w:rsidR="005832F4" w:rsidRPr="00BC630D" w:rsidRDefault="005832F4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="207" w:lineRule="exact"/>
               <w:ind w:left="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC630D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -3080,245 +3080,249 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC630D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E12EB7B" w14:textId="77777777" w:rsidR="0053414F" w:rsidRDefault="0053414F" w:rsidP="00A40739"/>
     <w:sectPr w:rsidR="0053414F" w:rsidSect="00A40739">
       <w:pgSz w:w="11910" w:h="16850"/>
       <w:pgMar w:top="980" w:right="980" w:bottom="280" w:left="920" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54442289" w14:textId="77777777" w:rsidR="00EF18AD" w:rsidRDefault="00EF18AD">
+    <w:p w14:paraId="41497F78" w14:textId="77777777" w:rsidR="00066E54" w:rsidRDefault="00066E54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="423FBEF1" w14:textId="77777777" w:rsidR="00EF18AD" w:rsidRDefault="00EF18AD">
+    <w:p w14:paraId="4CA36BCF" w14:textId="77777777" w:rsidR="00066E54" w:rsidRDefault="00066E54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000080" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AD4ADFA" w14:textId="77777777" w:rsidR="00EF18AD" w:rsidRDefault="00EF18AD">
+    <w:p w14:paraId="600CC588" w14:textId="77777777" w:rsidR="00066E54" w:rsidRDefault="00066E54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E972C52" w14:textId="77777777" w:rsidR="00EF18AD" w:rsidRDefault="00EF18AD">
+    <w:p w14:paraId="39F780D0" w14:textId="77777777" w:rsidR="00066E54" w:rsidRDefault="00066E54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="XE+F2JPcpMsr4Yx0rM7wXHYgGnFR4R5zr0HvfVMwpsKaSEolbhuU9q+opHjwnlec1+MVa+kFYaPsUjQbPvhrGw==" w:salt="SNgKJMK3KzdsZZRit7JGTQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="NMZcGmgWddDzhDm9zkHL20zV0HOtWQS+O/X2ooUKlIkEXTsGzPO7mym11C4syu2JWQHJA3phBqSHB/AiuJYEBg==" w:salt="9DxOA5TMEO4YkkjW9P+KxA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B25D1"/>
+    <w:rsid w:val="00066E54"/>
     <w:rsid w:val="000E1A10"/>
     <w:rsid w:val="00115A0B"/>
     <w:rsid w:val="002B37E6"/>
     <w:rsid w:val="003358EF"/>
     <w:rsid w:val="00336848"/>
     <w:rsid w:val="003D5809"/>
     <w:rsid w:val="00415880"/>
     <w:rsid w:val="00475D65"/>
     <w:rsid w:val="004B7226"/>
     <w:rsid w:val="0053414F"/>
     <w:rsid w:val="005832F4"/>
     <w:rsid w:val="005C1CA4"/>
     <w:rsid w:val="006A51F0"/>
     <w:rsid w:val="00716CE2"/>
     <w:rsid w:val="007B2B34"/>
     <w:rsid w:val="007E78E0"/>
     <w:rsid w:val="008318FB"/>
     <w:rsid w:val="0088630F"/>
     <w:rsid w:val="00894F8F"/>
     <w:rsid w:val="008A09FA"/>
     <w:rsid w:val="008B25D1"/>
     <w:rsid w:val="008E1035"/>
+    <w:rsid w:val="0095562F"/>
     <w:rsid w:val="00A32E18"/>
     <w:rsid w:val="00A40739"/>
     <w:rsid w:val="00A46794"/>
     <w:rsid w:val="00A92CAA"/>
     <w:rsid w:val="00AD20E5"/>
     <w:rsid w:val="00AD5307"/>
+    <w:rsid w:val="00B00B6E"/>
     <w:rsid w:val="00B047E6"/>
     <w:rsid w:val="00B856B5"/>
     <w:rsid w:val="00B91F43"/>
     <w:rsid w:val="00BA00E9"/>
     <w:rsid w:val="00BC630D"/>
     <w:rsid w:val="00C75550"/>
     <w:rsid w:val="00CB1C6D"/>
     <w:rsid w:val="00DA77EF"/>
+    <w:rsid w:val="00DB4E29"/>
     <w:rsid w:val="00DD1048"/>
     <w:rsid w:val="00E10904"/>
     <w:rsid w:val="00E566FA"/>
     <w:rsid w:val="00EF18AD"/>
     <w:rsid w:val="00F7367E"/>
     <w:rsid w:val="00F8246B"/>
     <w:rsid w:val="00FA608F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1CD960B1"/>
   <w14:defaultImageDpi w14:val="96"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3889,51 +3893,51 @@
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F8246B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lappusesnumurs">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00415880"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -4196,47 +4200,62 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>652</Words>
   <Characters>372</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1022</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>