--- v0 (2025-10-02)
+++ v1 (2025-11-26)
@@ -1,170 +1,194 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7D577C99" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="2FDEA8A1" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">PREČU ZĪMES </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NODOŠANAS AKTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20540733" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="0BF7E928" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>TRANSFER DOCUMENT OF TRADEMARK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271DBBB0" w14:textId="77777777" w:rsidR="00DA707E" w:rsidRDefault="007A01B2" w:rsidP="00DA707E">
+    <w:p w14:paraId="40B84DA4" w14:textId="77777777" w:rsidR="00DA707E" w:rsidRDefault="007A01B2" w:rsidP="00DA707E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r w:rsidR="00DA707E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PATENTU VALDEI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD87683" w14:textId="5441F246" w:rsidR="00DA707E" w:rsidRDefault="00DA707E" w:rsidP="00DA707E">
+    <w:p w14:paraId="79876990" w14:textId="328EE4F0" w:rsidR="00DA707E" w:rsidRDefault="00040385" w:rsidP="00DA707E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B11B83">
+      <w:r w:rsidRPr="00040385">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Raiņa bulvāris 15, Rīga, LV-1050</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Citadeles iela 6A</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA707E" w:rsidRPr="00B11B83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:t>, Rīga, LV-10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA707E" w:rsidRPr="00B11B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA707E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Latvija</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3747437A" w14:textId="77777777" w:rsidR="00DA707E" w:rsidRDefault="00DA707E" w:rsidP="00DA707E">
+    <w:p w14:paraId="5AE9A31C" w14:textId="77777777" w:rsidR="00DA707E" w:rsidRDefault="00DA707E" w:rsidP="00DA707E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">E-pasts: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00E930DD">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
@@ -178,248 +202,236 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:br/>
         <w:t>Tālr.:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>+371 67099600</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58DAC541" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="5023554B" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="007A01B2">
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="709" w:equalWidth="0">
             <w:col w:w="2466" w:space="4680"/>
             <w:col w:w="2493"/>
           </w:cols>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BCE22C2" w14:textId="14C94360" w:rsidR="007A01B2" w:rsidRDefault="00DA707E">
+    <w:p w14:paraId="768BFC34" w14:textId="7C4A6015" w:rsidR="007A01B2" w:rsidRDefault="00E859B3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0267CA5D" wp14:editId="7B58B29E">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CD3C213" wp14:editId="2ED35400">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>723900</wp:posOffset>
+                  <wp:posOffset>723899</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="6985" r="8255" b="12065"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="523142701" name="Line 13"/>
+                <wp:docPr id="381129111" name="Taisns savienotājs 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="576C8321" id="Line 13" o:spid="_x0000_s1026" style="position:absolute;z-index:-251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,57pt" to="481.9pt,57pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPbJ693AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3bRKTWM2RZRSlF7aCr1OkzEbzc6m2W0b/70jCHqbeW948718PrhWnagPjWcD41EC&#10;irj0VcO1gbft4iYFFSJyha1nMvBFAebF5UWOWeXPvKbTJtZKQjhkaMDG2GVah9KSwzDyHbF47753&#10;GGXta131eJZw1+pJkky1w4blg8WOniyVn5ujM4DPy3XcpZPX++bFrj62i8PSpgdjrq+GxwdQkYb4&#10;dww/+IIOhTDt/ZGroFoDUiSKOr6TQezZ9Faa7H8VXeT6f4HiGwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM9snr3cAAAACAEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="7D78AA9F" id="Taisns savienotājs 25" o:spid="_x0000_s1026" style="position:absolute;z-index:-251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,57pt" to="481.9pt,57pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPbJ693AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3bRKTWM2RZRSlF7aCr1OkzEbzc6m2W0b/70jCHqbeW948718PrhWnagPjWcD41EC&#10;irj0VcO1gbft4iYFFSJyha1nMvBFAebF5UWOWeXPvKbTJtZKQjhkaMDG2GVah9KSwzDyHbF47753&#10;GGXta131eJZw1+pJkky1w4blg8WOniyVn5ujM4DPy3XcpZPX++bFrj62i8PSpgdjrq+GxwdQkYb4&#10;dww/+IIOhTDt/ZGroFoDUiSKOr6TQezZ9Faa7H8VXeT6f4HiGwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM9snr3cAAAACAEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mēs, tiesību nodevējs (nodevēji) un tiesību saņēmējs (saņēmēji), ar parakstu apliecinām, ka īpašumtiesības uz reģistrāciju (reģistrācijām) u</w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n/</w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vai pieteikumu (pieteikumiem) tiek nodotas ar šo aktu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1845A5" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="73574E8C" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Akts attiecas uz šādu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> reģistrāciju (reģistrācijām) u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vai pieteikumu (pieteikumiem):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54348443" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="776D5435" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="3600" w:hanging="3600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -506,141 +518,130 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC2D674" w14:textId="2FC6A445" w:rsidR="007A01B2" w:rsidRDefault="00DA707E">
+    <w:p w14:paraId="38445F21" w14:textId="430A2A68" w:rsidR="007A01B2" w:rsidRDefault="00E859B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="3600" w:hanging="3600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62CAF72C" wp14:editId="79E70C0F">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22C93177" wp14:editId="380C183A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>314325</wp:posOffset>
+                  <wp:posOffset>314324</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="9525" r="8255" b="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1656827392" name="Line 3"/>
+                <wp:docPr id="1523400029" name="Taisns savienotājs 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="3CE92DDB" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.75pt" to="481.9pt,24.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmHd3j3QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcqEOBkoY4FQJVFYhLf6Ret8kSB+J1GrtteHsWcYDj7Kxmvslng2vVkfrQeDZwPUpA&#10;EZe+arg2sFnPr1JQISJX2HomA18UYFacn+WYVf7ESzquYq0khEOGBmyMXaZ1KC05DCPfEYv37nuH&#10;UWRf66rHk4S7Vo+TZKIdNiwNFjt6slR+rg7OAD4vlnGbjl/vmxf79rGe7xc23RtzeTE8PoCKNMS/&#10;Z/jBF3QohGnnD1wF1RqQIdHA7fQOlLjTyY0M2f0edJHr//jFNwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9UiLKrgEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDmHd3j3QAAAAYBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="31EA1DE5" id="Taisns savienotājs 23" o:spid="_x0000_s1026" style="position:absolute;z-index:-251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.75pt" to="481.9pt,24.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmHd3j3QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcqEOBkoY4FQJVFYhLf6Ret8kSB+J1GrtteHsWcYDj7Kxmvslng2vVkfrQeDZwPUpA&#10;EZe+arg2sFnPr1JQISJX2HomA18UYFacn+WYVf7ESzquYq0khEOGBmyMXaZ1KC05DCPfEYv37nuH&#10;UWRf66rHk4S7Vo+TZKIdNiwNFjt6slR+rg7OAD4vlnGbjl/vmxf79rGe7xc23RtzeTE8PoCKNMS/&#10;Z/jBF3QohGnnD1wF1RqQIdHA7fQOlLjTyY0M2f0edJHr//jFNwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9UiLKrgEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDmHd3j3QAAAAYBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:instrText>EQ \X(210)</w:instrText>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -716,51 +717,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36AA115C" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="320241CA" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -813,239 +814,239 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pakalpojumi, uz kuriem attiecas tiesību nodošana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(atzīmēt tikai vienu no variantiem)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3568BB95" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:bookmarkStart w:id="0" w:name="Check2"/>
+    <w:p w14:paraId="1BA2C331" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007D04EC">
-[...5 lines deleted...]
-      <w:r w:rsidR="007D04EC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>visas prece</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pakalpojumi, kuriem reģistrēta vai pieteikta preču zīme (zīmes)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF10FB6" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:bookmarkStart w:id="1" w:name="Check3"/>
+    <w:p w14:paraId="4E26FC5A" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007D04EC">
-[...5 lines deleted...]
-      <w:r w:rsidR="007D04EC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>tikai šādas prece</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pakalpojumi no reģistrācijas vai pieteikuma saraksta (ja šis akts attiecas tikai uz vienu reģistrāciju vai pieteikumu):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F45EA7" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="48ABE276" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1096,198 +1097,186 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00E02CF3" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="051B9393" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3329188E" w14:textId="4A1E2DDF" w:rsidR="007A01B2" w:rsidRDefault="00DA707E">
+    <w:p w14:paraId="0DF9258E" w14:textId="653E5E52" w:rsidR="007A01B2" w:rsidRDefault="00E859B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F794554" wp14:editId="7B4CBDE7">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B7B5E8D" wp14:editId="6A449CC0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>487045</wp:posOffset>
+                  <wp:posOffset>487044</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="8890" r="8255" b="10160"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="76316664" name="Line 14"/>
+                <wp:docPr id="1839751295" name="Taisns savienotājs 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="50FDA9FF" id="Line 14" o:spid="_x0000_s1026" style="position:absolute;z-index:-251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,38.35pt" to="481.9pt,38.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQB4ggTE3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3VghiTGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNUOO5YGiwM9WKo/NwdnAB9X6/iWz5+z7sm+fGyX+5XN98ZcXkz3d6AiTfHv&#10;GX7wBR0qYdr5AzdB9QZkSDSQpRkocW/TGxmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHiCBMTcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="328C1D34" id="Taisns savienotājs 21" o:spid="_x0000_s1026" style="position:absolute;z-index:-251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,38.35pt" to="481.9pt,38.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQB4ggTE3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3VghiTGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNUOO5YGiwM9WKo/NwdnAB9X6/iWz5+z7sm+fGyX+5XN98ZcXkz3d6AiTfHv&#10;GX7wBR0qYdr5AzdB9QZkSDSQpRkocW/TGxmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHiCBMTcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:bookmarkStart w:id="2" w:name="Check4"/>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check4"/>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007D04EC">
-[...5 lines deleted...]
-      <w:r w:rsidR="007D04EC">
+      <w:r w:rsidR="007A01B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>preč</w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
@@ -1307,51 +1296,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pakalpojumu saraksti, kas attiecas uz konkrētiem pieteikumiem u</w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n/</w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vai reģistrācijām, pievienoti pielikumā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9FD4DB" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="2A226013" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -1367,51 +1356,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību nodevējs (nodevēji):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B5AFA8" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="03CC882E" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1463,178 +1452,166 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0520BD51" w14:textId="77E5211A" w:rsidR="007A01B2" w:rsidRDefault="00DA707E">
+    <w:p w14:paraId="589106EE" w14:textId="546D440B" w:rsidR="007A01B2" w:rsidRDefault="00E859B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A65790B" wp14:editId="20159AEC">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66E7032A" wp14:editId="22DEB25C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="10795" r="11430" b="8255"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1013681116" name="Line 15"/>
+                <wp:docPr id="426666101" name="Taisns savienotājs 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="5C178A58" id="Line 15" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="1F8A734E" id="Taisns savienotājs 19" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="540B7483" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="4EC3B778" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>juridiskām pers. – pilns nosaukums, fiziskām pers. – vārds, uzvārds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5681A63F" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="45625CB9" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1686,240 +1663,216 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D3A4DD" w14:textId="3EED1754" w:rsidR="007A01B2" w:rsidRDefault="00DA707E">
+    <w:p w14:paraId="698BEEC9" w14:textId="611FF32D" w:rsidR="007A01B2" w:rsidRDefault="00E859B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71E14015" wp14:editId="4B600D5A">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47714816" wp14:editId="5C0C5B85">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="8255" r="11430" b="10795"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="979160004" name="Line 24"/>
+                <wp:docPr id="1193055740" name="Taisns savienotājs 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="4D5D53C3" id="Line 24" o:spid="_x0000_s1026" style="position:absolute;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="40029F5C" id="Taisns savienotājs 17" o:spid="_x0000_s1026" style="position:absolute;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4068944B" w14:textId="681932A2" w:rsidR="007A01B2" w:rsidRPr="00FA1EC0" w:rsidRDefault="00DA707E" w:rsidP="0030615D">
+    <w:p w14:paraId="38547D19" w14:textId="0F5A0558" w:rsidR="007A01B2" w:rsidRPr="00FA1EC0" w:rsidRDefault="00E859B3" w:rsidP="0030615D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="2410" w:hanging="2410"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69646275" wp14:editId="50124621">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FE7480F" wp14:editId="04BE3092">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>304165</wp:posOffset>
+                  <wp:posOffset>304164</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="8255" r="8255" b="10795"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1732029592" name="Line 25"/>
+                <wp:docPr id="1113459558" name="Taisns savienotājs 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="4427F5E7" id="Line 25" o:spid="_x0000_s1026" style="position:absolute;z-index:-251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,23.95pt" to="481.9pt,23.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhfHg63QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcqENBbRriVAhUVSAu/ZF63SZLHIjXaey24e1ZxAGOs7Oa+SafD65VJ+pD49nA7SgB&#10;RVz6quHawHazuElBhYhcYeuZDHxRgHlxeZFjVvkzr+i0jrWSEA4ZGrAxdpnWobTkMIx8Ryzeu+8d&#10;RpF9rasezxLuWj1Okol22LA0WOzoyVL5uT46A/i8XMVdOn6dNi/27WOzOCxtejDm+mp4fAAVaYh/&#10;z/CDL+hQCNPeH7kKqjUgQ6KB++kMlLizyZ0M2f8edJHr//jFNwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9UiLKrgEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDhfHg63QAAAAYBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="52AD4861" id="Taisns savienotājs 15" o:spid="_x0000_s1026" style="position:absolute;z-index:-251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,23.95pt" to="481.9pt,23.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhfHg63QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcqENBbRriVAhUVSAu/ZF63SZLHIjXaey24e1ZxAGOs7Oa+SafD65VJ+pD49nA7SgB&#10;RVz6quHawHazuElBhYhcYeuZDHxRgHlxeZFjVvkzr+i0jrWSEA4ZGrAxdpnWobTkMIx8Ryzeu+8d&#10;RpF9rasezxLuWj1Okol22LA0WOzoyVL5uT46A/i8XMVdOn6dNi/27WOzOCxtejDm+mp4fAAVaYh/&#10;z/CDL+hQCNPeH7kKqjUgQ6KB++kMlLizyZ0M2f8edJHr//jFNwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9UiLKrgEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDhfHg63QAAAAYBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>adrese, valsts (kods)</w:t>
       </w:r>
       <w:r w:rsidR="00F80E4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1929,51 +1882,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>(jurid</w:t>
       </w:r>
       <w:r w:rsidR="00F80E4B" w:rsidRPr="00570C0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>iskās</w:t>
       </w:r>
       <w:r w:rsidR="00FA1EC0" w:rsidRPr="00570C0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> personas norāda savu juridisko adresi, Latvijas fiziskās personas – deklarētās dzīvesvietas adresi, ārvalstu fiziskās personas – pastāvīgās dzīvesvietas adresi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070DCB34" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="1C4FE706" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -1989,51 +1942,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību saņēmējs (saņēmēji):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37394815" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="405E9AD6" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2085,178 +2038,166 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B8F1E54" w14:textId="4B9D3DAB" w:rsidR="007A01B2" w:rsidRDefault="00DA707E">
+    <w:p w14:paraId="0866CC6D" w14:textId="4EB8BE92" w:rsidR="007A01B2" w:rsidRDefault="00E859B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B221405" wp14:editId="562B064B">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46C46002" wp14:editId="4CE3802B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="12065" r="11430" b="6985"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="947055460" name="Line 16"/>
+                <wp:docPr id="226916989" name="Taisns savienotājs 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="48369993" id="Line 16" o:spid="_x0000_s1026" style="position:absolute;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="38910037" id="Taisns savienotājs 13" o:spid="_x0000_s1026" style="position:absolute;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8B480B" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="6ABD2C6A" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>juridiskām pers. – pilns nosaukums, fiziskām pers. – vārds, uzvārds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7657AB6E" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="765DCEE6" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2308,304 +2249,280 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C588835" w14:textId="7023CABA" w:rsidR="007A01B2" w:rsidRDefault="00DA707E">
+    <w:p w14:paraId="07D73915" w14:textId="0BFD0237" w:rsidR="007A01B2" w:rsidRDefault="00E859B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7566E4C5" wp14:editId="16A26C5C">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76A41087" wp14:editId="6D630D2A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="9525" r="11430" b="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1618793936" name="Line 27"/>
+                <wp:docPr id="540889537" name="Taisns savienotājs 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="27C620B9" id="Line 27" o:spid="_x0000_s1026" style="position:absolute;z-index:-251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="0F385696" id="Taisns savienotājs 11" o:spid="_x0000_s1026" style="position:absolute;z-index:-251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6E2CCD" w14:textId="39239113" w:rsidR="007A01B2" w:rsidRPr="007A01B2" w:rsidRDefault="00DA707E" w:rsidP="0030615D">
+    <w:p w14:paraId="66B580EA" w14:textId="2400FF76" w:rsidR="007A01B2" w:rsidRPr="007A01B2" w:rsidRDefault="00E859B3" w:rsidP="0030615D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="2410" w:hanging="2410"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07635B6C" wp14:editId="1A188142">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F1B0927" wp14:editId="01FB6291">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-2540</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>312420</wp:posOffset>
+                  <wp:posOffset>312419</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="12700" t="8255" r="10795" b="10795"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1556006300" name="Line 26"/>
+                <wp:docPr id="223880757" name="Taisns savienotājs 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="60EA20D1" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-.2pt,24.6pt" to="481.7pt,24.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDl/hV/3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7NTsJA&#10;FIX3Jr7D5Jq4g6mVYCmdEqMhRMMGMGE7dK6daudO6QxQ395rXOjy/OScr1gMrhVn7EPjScHdOAGB&#10;VHnTUK3gbbccZSBC1GR06wkVfGGARXl9Vejc+Att8LyNteARCrlWYGPscilDZdHpMPYdEmfvvnc6&#10;suxraXp94XHXyjRJptLphvjB6g6fLFaf25NToJ9Xm7jP0teH5sWuP3bL48pmR6Vub4bHOYiIQ/wr&#10;ww8+o0PJTAd/IhNEq2A04aKCySwFwfFses/G4deQZSH/85ffAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOX+FX/cAAAABwEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="71DF8722" id="Taisns savienotājs 9" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-.2pt,24.6pt" to="481.7pt,24.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDl/hV/3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7NTsJA&#10;FIX3Jr7D5Jq4g6mVYCmdEqMhRMMGMGE7dK6daudO6QxQ395rXOjy/OScr1gMrhVn7EPjScHdOAGB&#10;VHnTUK3gbbccZSBC1GR06wkVfGGARXl9Vejc+Att8LyNteARCrlWYGPscilDZdHpMPYdEmfvvnc6&#10;suxraXp94XHXyjRJptLphvjB6g6fLFaf25NToJ9Xm7jP0teH5sWuP3bL48pmR6Vub4bHOYiIQ/wr&#10;ww8+o0PJTAd/IhNEq2A04aKCySwFwfFses/G4deQZSH/85ffAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOX+FX/cAAAABwEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>adrese, valsts (kods)</w:t>
       </w:r>
       <w:r w:rsidR="0030615D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0030615D" w:rsidRPr="00570C0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>(juridiskās personas norāda savu juridisko adresi, Latvijas fiziskās personas – deklarētās dzīvesvietas adresi, ārvalstu fiziskās personas – pastāvīgās dzīvesvietas adresi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB97C42" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="5C1F8A3E" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību nodevēja (nodevēju) paraksts (paraksti)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E0A3E8" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="41074251" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2657,267 +2574,244 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EFCAA09" w14:textId="7A1E5843" w:rsidR="007A01B2" w:rsidRDefault="00DA707E">
+    <w:p w14:paraId="4E87F671" w14:textId="4D1A1F48" w:rsidR="007A01B2" w:rsidRDefault="00E859B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09B6E979" wp14:editId="52A409F2">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B3AC542" wp14:editId="2FD302AB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="7620" r="11430" b="11430"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1434910871" name="Line 18"/>
+                <wp:docPr id="1921181123" name="Taisns savienotājs 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="143AC2E3" id="Line 18" o:spid="_x0000_s1026" style="position:absolute;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="2697CFEE" id="Taisns savienotājs 7" o:spid="_x0000_s1026" style="position:absolute;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E14024C" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="51061ECC" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>vārds, uzvārds, amats; paraksts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A8EE14" w14:textId="5ED590B1" w:rsidR="007A01B2" w:rsidRDefault="00DA707E" w:rsidP="00FE5DFE">
+    <w:p w14:paraId="72D85877" w14:textId="106BD38A" w:rsidR="007A01B2" w:rsidRDefault="00E859B3" w:rsidP="00FE5DFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49277304" wp14:editId="7CE1004D">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38AE2F46" wp14:editId="1E3FCB6D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>401955</wp:posOffset>
+                  <wp:posOffset>401954</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="12700" r="8255" b="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1883518309" name="Line 19"/>
+                <wp:docPr id="2031136930" name="Taisns savienotājs 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="5499FA08" id="Line 19" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.65pt" to="481.9pt,31.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOOEfC3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3dhAjDGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNMOO5YGiwM9WKo/NwdnAB9X6/iWz59vuif78rFd7lc23xtzeTHd34GKNMW/&#10;Z/jBF3SohGnnD9wE1RuQIdFAlqagxL3NUhmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM44R8LcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="212A6C8D" id="Taisns savienotājs 5" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.65pt" to="481.9pt,31.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOOEfC3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3dhAjDGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNMOO5YGiwM9WKo/NwdnAB9X6/iWz59vuif78rFd7lc23xtzeTHd34GKNMW/&#10;Z/jBF3SohGnnD9wE1RuQIdFAlqagxL3NUhmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM44R8LcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Parakstīšanas</w:t>
       </w:r>
       <w:r w:rsidR="00FE5DFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
@@ -3001,79 +2895,79 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC2789E" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="70C6BDB2" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību saņēmēja (saņēmēju) paraksts (paraksti)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9A08EA" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="1368483C" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3125,267 +3019,244 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46549F5F" w14:textId="337ACCCD" w:rsidR="007A01B2" w:rsidRDefault="00DA707E">
+    <w:p w14:paraId="22A7CEEF" w14:textId="0F717821" w:rsidR="007A01B2" w:rsidRDefault="00E859B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="097432CE" wp14:editId="4ACCF25E">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D58500C" wp14:editId="54AD17A8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="8255" r="11430" b="10795"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="146113453" name="Line 20"/>
+                <wp:docPr id="687955486" name="Taisns savienotājs 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="3C7F1914" id="Line 20" o:spid="_x0000_s1026" style="position:absolute;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="152CC679" id="Taisns savienotājs 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3772D95A" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="1ABA75F3" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>vārds, uzvārds, amats; paraksts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C09235E" w14:textId="3365FDA8" w:rsidR="007A01B2" w:rsidRDefault="00DA707E" w:rsidP="00FE5DFE">
+    <w:p w14:paraId="7E4BBDEB" w14:textId="36671B54" w:rsidR="007A01B2" w:rsidRDefault="00E859B3" w:rsidP="00FE5DFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49CDADDA" wp14:editId="683AD0B7">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10039801" wp14:editId="3E96B33E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>401955</wp:posOffset>
+                  <wp:posOffset>401954</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="13335" r="8255" b="15240"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="450300322" name="Line 28"/>
+                <wp:docPr id="153544433" name="Taisns savienotājs 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="04C2EBE2" id="Line 28" o:spid="_x0000_s1026" style="position:absolute;z-index:-251652608;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.65pt" to="481.9pt,31.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOOEfC3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3dhAjDGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNMOO5YGiwM9WKo/NwdnAB9X6/iWz59vuif78rFd7lc23xtzeTHd34GKNMW/&#10;Z/jBF3SohGnnD9wE1RuQIdFAlqagxL3NUhmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM44R8LcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="04365CC7" id="Taisns savienotājs 1" o:spid="_x0000_s1026" style="position:absolute;z-index:-251652608;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.65pt" to="481.9pt,31.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOOEfC3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3dhAjDGbIkopipe2gtdpMmaj2dk0u23jv3fEgx7fvOG975WLyfXqSGPoPBu4niWg&#10;iGvfdNwaeN0ur3JQISI32HsmA18UYFGdn5VYNP7EazpuYqskhEOBBmyMQ6F1qC05DDM/EIv37keH&#10;UeTY6mbEk4S7Xs+TJNMOO5YGiwM9WKo/NwdnAB9X6/iWz59vuif78rFd7lc23xtzeTHd34GKNMW/&#10;Z/jBF3SohGnnD9wE1RuQIdFAlqagxL3NUhmy+z3oqtT/8atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM44R8LcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Parakstīšanas</w:t>
       </w:r>
       <w:r w:rsidR="00FE5DFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
@@ -3469,98 +3340,98 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007A01B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159EA68A" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
+    <w:p w14:paraId="3AC1EDFC" w14:textId="77777777" w:rsidR="007A01B2" w:rsidRDefault="007A01B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007D04EC">
-[...5 lines deleted...]
-      <w:r w:rsidR="007D04EC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3628,451 +3499,515 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> papildu lapas</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007A01B2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54DC4DFD" w14:textId="77777777" w:rsidR="00931E9A" w:rsidRDefault="00931E9A">
+    <w:p w14:paraId="3F9CA0AC" w14:textId="77777777" w:rsidR="00B13B86" w:rsidRDefault="00B13B86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FB1228C" w14:textId="77777777" w:rsidR="00931E9A" w:rsidRDefault="00931E9A">
+    <w:p w14:paraId="2776C7C6" w14:textId="77777777" w:rsidR="00B13B86" w:rsidRDefault="00B13B86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18FEA2CB" w14:textId="77777777" w:rsidR="00931E9A" w:rsidRDefault="00931E9A">
+    <w:p w14:paraId="4AF85E8B" w14:textId="77777777" w:rsidR="00B13B86" w:rsidRDefault="00B13B86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5ACCDDCB" w14:textId="77777777" w:rsidR="00931E9A" w:rsidRDefault="00931E9A">
+    <w:p w14:paraId="5289194D" w14:textId="77777777" w:rsidR="00B13B86" w:rsidRDefault="00B13B86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="42C29984"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E998ECF2"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="D3FE2ED6"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="D890CDEE"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="B8AACE90"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="F466B002"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="DA72FD16"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0248CD36"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="43742C0C"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="26C6EA52"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="580607317">
+  <w:num w:numId="1" w16cid:durableId="492723808">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1434279468">
+  <w:num w:numId="2" w16cid:durableId="375551361">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="137307702">
+  <w:num w:numId="3" w16cid:durableId="1666199254">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="745299837">
+  <w:num w:numId="4" w16cid:durableId="415444150">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="466973282">
+  <w:num w:numId="5" w16cid:durableId="505244394">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2040856807">
+  <w:num w:numId="6" w16cid:durableId="135731501">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1109356401">
+  <w:num w:numId="7" w16cid:durableId="2137292027">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="196703910">
+  <w:num w:numId="8" w16cid:durableId="1036740587">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="569265964">
+  <w:num w:numId="9" w16cid:durableId="309410446">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="144779159">
+  <w:num w:numId="10" w16cid:durableId="965741557">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1016425740">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="896862168">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="322782525">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1855067451">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="630134430">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1597011250">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1365207527">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2142308772">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2006123282">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1954743441">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="SeVBaYsp1LKwcrJhGS9myQVJC/x4ZG2UfWZPsj9jSFILh9o7eGdTe7U2v/zPwU2Jr7bu/jIrnRJd4C+qXdIuzg==" w:salt="zjr3Vs4iETBdsjttFR+bfQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="7MoYfSEg3tU20Ky0oBz4IxVGYSk9Q4zdlZYRhi/QhvSPyQSPLv2rnTXKwF3gP3k+zGFHW3wqxMW6jOZty/s+0Q==" w:salt="9EOrYWRWsievPEiNENT9MA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA1EC0"/>
+    <w:rsid w:val="00040385"/>
+    <w:rsid w:val="00096B98"/>
     <w:rsid w:val="002C7F85"/>
     <w:rsid w:val="0030615D"/>
     <w:rsid w:val="00320F9B"/>
+    <w:rsid w:val="003E4082"/>
+    <w:rsid w:val="003E5660"/>
     <w:rsid w:val="004902F1"/>
+    <w:rsid w:val="0049229D"/>
     <w:rsid w:val="00570C0A"/>
+    <w:rsid w:val="006207B6"/>
     <w:rsid w:val="007844C5"/>
     <w:rsid w:val="007A01B2"/>
     <w:rsid w:val="007D04EC"/>
     <w:rsid w:val="007E5581"/>
     <w:rsid w:val="008C709F"/>
     <w:rsid w:val="008E2D46"/>
     <w:rsid w:val="00931E9A"/>
     <w:rsid w:val="00A83CFD"/>
+    <w:rsid w:val="00B11B83"/>
+    <w:rsid w:val="00B13B86"/>
     <w:rsid w:val="00BC6CBF"/>
     <w:rsid w:val="00CA5FB2"/>
+    <w:rsid w:val="00CF6AFA"/>
     <w:rsid w:val="00DA707E"/>
     <w:rsid w:val="00E373BA"/>
+    <w:rsid w:val="00E859B3"/>
+    <w:rsid w:val="00E930DD"/>
     <w:rsid w:val="00F80E4B"/>
     <w:rsid w:val="00FA1EC0"/>
     <w:rsid w:val="00FE5DFE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="40741090"/>
-  <w15:chartTrackingRefBased/>
+  <w14:docId w14:val="36F26347"/>
+  <w14:defaultImageDpi w14:val="0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4429,1048 +4364,1674 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts5Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts6Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts7Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts8Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts9Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
+    <w:name w:val="Virsraksts 5 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts6Rakstz">
+    <w:name w:val="Virsraksts 6 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts7Rakstz">
+    <w:name w:val="Virsraksts 7 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts8Rakstz">
+    <w:name w:val="Virsraksts 8 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
+    <w:name w:val="Virsraksts 9 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstabloks">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsRakstz">
+    <w:name w:val="Pamatteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamatteksts2Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts2Rakstz">
+    <w:name w:val="Pamatteksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamatteksts3Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts3Rakstz">
+    <w:name w:val="Pamatteksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstapirmatkpe">
     <w:name w:val="Body Text First Indent"/>
     <w:basedOn w:val="Pamatteksts"/>
+    <w:link w:val="PamattekstapirmatkpeRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstapirmatkpeRakstz">
+    <w:name w:val="Pamatteksta pirmā atkāpe Rakstz."/>
+    <w:basedOn w:val="PamattekstsRakstz"/>
+    <w:link w:val="Pamattekstapirmatkpe"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstsaratkpi">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsaratkpiRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsaratkpiRakstz">
+    <w:name w:val="Pamatteksts ar atkāpi Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstsaratkpi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstapirmatkpe2">
     <w:name w:val="Body Text First Indent 2"/>
     <w:basedOn w:val="Pamattekstsaratkpi"/>
+    <w:link w:val="Pamattekstapirmatkpe2Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamattekstapirmatkpe2Rakstz">
+    <w:name w:val="Pamatteksta pirmā atkāpe 2 Rakstz."/>
+    <w:basedOn w:val="PamattekstsaratkpiRakstz"/>
+    <w:link w:val="Pamattekstapirmatkpe2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstaatkpe2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamattekstaatkpe2Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamattekstaatkpe2Rakstz">
+    <w:name w:val="Pamatteksta atkāpe 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstaatkpe2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstaatkpe3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamattekstaatkpe3Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamattekstaatkpe3Rakstz">
+    <w:name w:val="Pamatteksta atkāpe 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstaatkpe3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Parakstszemobjekta">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="35"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Noslgums">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="NoslgumsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoslgumsRakstz">
+    <w:name w:val="Noslēgums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Noslgums"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:semiHidden/>
-    <w:rPr>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Datums">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="DatumsRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DatumsRakstz">
+    <w:name w:val="Datums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Datums"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Dokumentakarte">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="DokumentakarteRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DokumentakarteRakstz">
+    <w:name w:val="Dokumenta karte Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Dokumentakarte"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...3 lines deleted...]
-    <w:basedOn w:val="Parasts"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-pastaparaksts">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="E-pastaparakstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-pastaparakstsRakstz">
+    <w:name w:val="E-pasta paraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="E-pastaparaksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Izclums">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Beiguvresatsauce">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Beiguvresteksts">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BeiguvrestekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Datums">
-[...40 lines deleted...]
-      <w:szCs w:val="20"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BeiguvrestekstsRakstz">
+    <w:name w:val="Beigu vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Beiguvresteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Adreseuzaploksnes">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:ind w:left="2880"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Atpakaadreseuzaploksnes">
     <w:name w:val="envelope return"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vresteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="HTMLakronms">
     <w:name w:val="HTML Acronym"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLadrese">
     <w:name w:val="HTML Address"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="HTMLadreseRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLadreseRakstz">
+    <w:name w:val="HTML adrese Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="HTMLadrese"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="HTMLcitts">
     <w:name w:val="HTML Cite"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
-      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLkods">
     <w:name w:val="HTML Code"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLdefincija">
     <w:name w:val="HTML Definition"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
-      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLtastatra">
     <w:name w:val="HTML Keyboard"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLiepriekformattais">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="HTMLiepriekformattaisRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLiepriekformattaisRakstz">
+    <w:name w:val="HTML iepriekšformatētais Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="HTMLiepriekformattais"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="HTMLparaugs">
     <w:name w:val="HTML Sample"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLrakstmmana">
     <w:name w:val="HTML Typewriter"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLmaingais">
     <w:name w:val="HTML Variable"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
-      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs1">
     <w:name w:val="index 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs2">
     <w:name w:val="index 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs3">
     <w:name w:val="index 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs4">
     <w:name w:val="index 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="960" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs5">
     <w:name w:val="index 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1200" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs6">
     <w:name w:val="index 6"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs7">
     <w:name w:val="index 7"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1680" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs8">
     <w:name w:val="index 8"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1920" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs9">
     <w:name w:val="index 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="2160" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskrdtjavirsraksts">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Alfabtiskaisrdtjs1"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rindiasnumurs">
     <w:name w:val="line number"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts">
     <w:name w:val="List"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts2">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts3">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts4">
     <w:name w:val="List 4"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="1132" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts5">
     <w:name w:val="List 5"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="1415" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="12"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="15"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums3">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="849"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums4">
     <w:name w:val="List Continue 4"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1132"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums5">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1415"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="16"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="17"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="18"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="19"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="10"/>
+        <w:numId w:val="20"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Makroteksts">
     <w:name w:val="macro"/>
+    <w:link w:val="MakrotekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MakrotekstsRakstz">
+    <w:name w:val="Makro teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Makroteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Ziojumaieskums">
     <w:name w:val="Message Header"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="ZiojumaieskumsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZiojumaieskumsRakstz">
+    <w:name w:val="Ziņojuma iesākums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Ziojumaieskums"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Paraststmeklis">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Parastaatkpe">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piezmesvirsraksts">
     <w:name w:val="Note Heading"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="PiezmesvirsrakstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiezmesvirsrakstsRakstz">
+    <w:name w:val="Piezīmes virsraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Piezmesvirsraksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lappusesnumurs">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vienkrsteksts">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VienkrstekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VienkrstekstsRakstz">
+    <w:name w:val="Vienkāršs teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vienkrsteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Uzruna">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="UzrunaRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UzrunaRakstz">
+    <w:name w:val="Uzruna Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Uzruna"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paraksts">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="ParakstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ParakstsRakstz">
+    <w:name w:val="Paraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Paraksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izteiksmgs">
     <w:name w:val="Strong"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="ApakvirsrakstsRakstz"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
+    <w:name w:val="Apakšvirsraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Apakvirsraksts"/>
+    <w:uiPriority w:val="11"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Izmantotsliteratrassaraksts">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ilustrcijusaraksts">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="NosaukumsRakstz"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
+    <w:name w:val="Nosaukums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Nosaukums"/>
+    <w:uiPriority w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Izmantotsliteratrassarakstavirsraksts">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
+  <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
@@ -5747,74 +6308,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E783466-2049-453E-9FEC-7DC944F62E74}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1411</Words>
   <Characters>805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PATENTTIESĪBU   NODOŠANAS   AKTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PATENTTIESĪBU   NODOŠANAS   AKTS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description> </dc:description>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>