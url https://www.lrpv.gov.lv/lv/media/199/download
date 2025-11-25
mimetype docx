--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4798"/>
         <w:gridCol w:w="1572"/>
         <w:gridCol w:w="352"/>
         <w:gridCol w:w="2540"/>
         <w:gridCol w:w="377"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FF5A06" w:rsidRPr="00FF5A06" w14:paraId="77C1D414" w14:textId="77777777" w:rsidTr="0022471B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="851"/>
           <w:jc w:val="center"/>
@@ -198,113 +198,113 @@
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4798" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="673AF4F2" w14:textId="77777777" w:rsidR="00E40368" w:rsidRPr="0036688E" w:rsidRDefault="00E40368" w:rsidP="00E40368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59D2F905" w14:textId="77777777" w:rsidR="0022471B" w:rsidRDefault="0022471B" w:rsidP="0036688E">
-[...18 lines deleted...]
-          <w:p w14:paraId="44E0F784" w14:textId="77777777" w:rsidR="0022471B" w:rsidRDefault="00F860E6" w:rsidP="0036688E">
+          <w:p w14:paraId="59D2F905" w14:textId="37841114" w:rsidR="0022471B" w:rsidRDefault="006667DB" w:rsidP="0036688E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006667DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Citadeles iela 6A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E0F784" w14:textId="0F4FD69B" w:rsidR="0022471B" w:rsidRDefault="00F860E6" w:rsidP="0036688E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Rīga, LV</w:t>
             </w:r>
             <w:r w:rsidR="00BE20AC" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="0022471B">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="006667DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72451B0A" w14:textId="77777777" w:rsidR="0022471B" w:rsidRDefault="00F860E6" w:rsidP="0036688E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1935,57 +1935,57 @@
             </w:pPr>
             <w:r w:rsidRPr="003A337F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003A337F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="003A337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003A337F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003A337F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Līdzpieteicēji</w:t>
             </w:r>
             <w:r w:rsidR="00E643A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2547,57 +2547,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00693614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00693614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00693614">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00693614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00693614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pilnvara ir pievienota</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2627,57 +2627,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00693614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00693614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00693614">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00693614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00693614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3305,59 +3305,59 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3472,59 +3472,59 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="000E4472">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">  Oficiālā elektroniskā adrese </w:t>
@@ -3703,59 +3703,59 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="000E4472">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">  Pasta adrese  </w:t>
@@ -4204,57 +4204,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00D82BC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D82BC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00D82BC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D82BC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D82BC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00952D46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pārējie labojumi norādīti papildlapā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4320,57 +4320,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00AF5EF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4410,57 +4410,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00AF5EF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4508,57 +4508,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00AF5EF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4610,57 +4610,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00AF5EF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4709,57 +4709,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00AF5EF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AF5EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00914487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5129,51 +5129,51 @@
       </w:pPr>
       <w:r w:rsidRPr="0036688E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D5254" w:rsidRPr="00304E47" w14:paraId="65345586" w14:textId="77777777" w:rsidTr="003C73E6">
+      <w:tr w:rsidR="002D5254" w:rsidRPr="006667DB" w14:paraId="65345586" w14:textId="77777777" w:rsidTr="003C73E6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1343B582" w14:textId="77777777" w:rsidR="002D5254" w:rsidRPr="0036688E" w:rsidRDefault="002D5254" w:rsidP="00FC3FFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5368,51 +5368,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4810"/>
         <w:gridCol w:w="4829"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0049774E" w:rsidRPr="00304E47" w14:paraId="078AF6F3" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="0049774E" w:rsidRPr="006667DB" w14:paraId="078AF6F3" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3554F819" w14:textId="77777777" w:rsidR="0049774E" w:rsidRPr="0036688E" w:rsidRDefault="002860E4" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
@@ -7860,142 +7860,142 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29679888" w14:textId="77777777" w:rsidR="002D5254" w:rsidRPr="00FA3420" w:rsidRDefault="002D5254" w:rsidP="002D5254">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002D5254" w:rsidRPr="00FA3420" w:rsidSect="00342819">
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="737" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B31F7DF" w14:textId="77777777" w:rsidR="00E605D2" w:rsidRDefault="00E605D2">
+    <w:p w14:paraId="3D3D8D1E" w14:textId="77777777" w:rsidR="004078BC" w:rsidRDefault="004078BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AB0B928" w14:textId="77777777" w:rsidR="00E605D2" w:rsidRDefault="00E605D2">
+    <w:p w14:paraId="3EF27A50" w14:textId="77777777" w:rsidR="004078BC" w:rsidRDefault="004078BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="070780A1" w14:textId="77777777" w:rsidR="00E605D2" w:rsidRDefault="00E605D2">
+    <w:p w14:paraId="25168C9F" w14:textId="77777777" w:rsidR="004078BC" w:rsidRDefault="004078BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B879093" w14:textId="77777777" w:rsidR="00E605D2" w:rsidRDefault="00E605D2">
+    <w:p w14:paraId="1EA5481B" w14:textId="77777777" w:rsidR="004078BC" w:rsidRDefault="004078BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4T4KcSFy7y2ZqnnQNthcnJ9/Rcj4HhPrJzyLQV8s9KXVP3VlvmkLptTFr8yI2Ewcwg8jvjis0fZa38lvbQoDtQ==" w:salt="bF6BLdV3FzcOFX62Ci3H0Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1J4uiVLxn8H6La+aQMdPfiPPdnmzpk6jc693HoLs7qasPWxVD9PnexdZG0OamW66ZqX5B7lZOEBj4Xmr0QVDtg==" w:salt="ULv0sX69oFe7va3IGZ2F4Q=="/>
   <w:defaultTabStop w:val="284"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E153F"/>
     <w:rsid w:val="000102E7"/>
@@ -8051,89 +8051,92 @@
     <w:rsid w:val="00300E4C"/>
     <w:rsid w:val="00301775"/>
     <w:rsid w:val="00303540"/>
     <w:rsid w:val="00304E47"/>
     <w:rsid w:val="00326D9E"/>
     <w:rsid w:val="00335C16"/>
     <w:rsid w:val="00342819"/>
     <w:rsid w:val="00352333"/>
     <w:rsid w:val="0036688E"/>
     <w:rsid w:val="003752F2"/>
     <w:rsid w:val="00376DA2"/>
     <w:rsid w:val="003774B6"/>
     <w:rsid w:val="003837CC"/>
     <w:rsid w:val="003A337F"/>
     <w:rsid w:val="003B115A"/>
     <w:rsid w:val="003B4947"/>
     <w:rsid w:val="003C73E6"/>
     <w:rsid w:val="003D16C9"/>
     <w:rsid w:val="003E3125"/>
     <w:rsid w:val="003E3B15"/>
     <w:rsid w:val="003F173A"/>
     <w:rsid w:val="003F6A24"/>
     <w:rsid w:val="00401A00"/>
     <w:rsid w:val="004024C7"/>
     <w:rsid w:val="004054B6"/>
+    <w:rsid w:val="004078BC"/>
     <w:rsid w:val="004164C1"/>
     <w:rsid w:val="004232B5"/>
     <w:rsid w:val="00425F67"/>
     <w:rsid w:val="00430086"/>
     <w:rsid w:val="0043662B"/>
     <w:rsid w:val="00441D55"/>
     <w:rsid w:val="00492766"/>
     <w:rsid w:val="0049774E"/>
     <w:rsid w:val="004A12C5"/>
     <w:rsid w:val="004A3207"/>
     <w:rsid w:val="004B1D9D"/>
     <w:rsid w:val="004B28F4"/>
     <w:rsid w:val="004B522F"/>
     <w:rsid w:val="004C574A"/>
     <w:rsid w:val="004F0875"/>
     <w:rsid w:val="005035EE"/>
     <w:rsid w:val="005243A9"/>
     <w:rsid w:val="00535D51"/>
     <w:rsid w:val="005558DB"/>
     <w:rsid w:val="005572AA"/>
     <w:rsid w:val="005609F6"/>
     <w:rsid w:val="00565ECF"/>
     <w:rsid w:val="00571291"/>
     <w:rsid w:val="00574691"/>
+    <w:rsid w:val="005845E1"/>
     <w:rsid w:val="00596D5C"/>
     <w:rsid w:val="005B118D"/>
     <w:rsid w:val="005B2D07"/>
     <w:rsid w:val="005C2F8C"/>
     <w:rsid w:val="005C5AB2"/>
     <w:rsid w:val="005C5E59"/>
     <w:rsid w:val="005C7A7A"/>
     <w:rsid w:val="005D022A"/>
     <w:rsid w:val="005F2E27"/>
     <w:rsid w:val="006057EB"/>
     <w:rsid w:val="00607A42"/>
     <w:rsid w:val="006137DF"/>
     <w:rsid w:val="00621F15"/>
     <w:rsid w:val="00627545"/>
     <w:rsid w:val="00646486"/>
+    <w:rsid w:val="006667DB"/>
     <w:rsid w:val="00693614"/>
     <w:rsid w:val="006940D5"/>
     <w:rsid w:val="006A7F28"/>
     <w:rsid w:val="006B1E85"/>
     <w:rsid w:val="006B7BCC"/>
     <w:rsid w:val="006C2B8B"/>
     <w:rsid w:val="006C5C27"/>
     <w:rsid w:val="006C7AC7"/>
     <w:rsid w:val="0070229E"/>
     <w:rsid w:val="00702C60"/>
     <w:rsid w:val="00705132"/>
     <w:rsid w:val="00710B67"/>
     <w:rsid w:val="00717CFC"/>
     <w:rsid w:val="00721CB1"/>
     <w:rsid w:val="00724307"/>
     <w:rsid w:val="00740059"/>
     <w:rsid w:val="0074151C"/>
     <w:rsid w:val="00756758"/>
     <w:rsid w:val="0076488E"/>
     <w:rsid w:val="007674FD"/>
     <w:rsid w:val="0078225F"/>
     <w:rsid w:val="007A35FE"/>
     <w:rsid w:val="007A547C"/>
     <w:rsid w:val="007C3044"/>
     <w:rsid w:val="007D7C4F"/>
@@ -8163,50 +8166,51 @@
     <w:rsid w:val="00902FD2"/>
     <w:rsid w:val="00912249"/>
     <w:rsid w:val="00913CAA"/>
     <w:rsid w:val="00914487"/>
     <w:rsid w:val="00952D46"/>
     <w:rsid w:val="00966752"/>
     <w:rsid w:val="00967C7E"/>
     <w:rsid w:val="009927CB"/>
     <w:rsid w:val="00995BF9"/>
     <w:rsid w:val="009A0BBE"/>
     <w:rsid w:val="009B53C4"/>
     <w:rsid w:val="009C1164"/>
     <w:rsid w:val="009C3E6D"/>
     <w:rsid w:val="009D09AA"/>
     <w:rsid w:val="009D0CEC"/>
     <w:rsid w:val="009E21DE"/>
     <w:rsid w:val="009F32F2"/>
     <w:rsid w:val="009F5DBD"/>
     <w:rsid w:val="009F7F8D"/>
     <w:rsid w:val="00A03E61"/>
     <w:rsid w:val="00A04EFC"/>
     <w:rsid w:val="00A17D04"/>
     <w:rsid w:val="00A30B81"/>
     <w:rsid w:val="00A3695E"/>
     <w:rsid w:val="00A44EA6"/>
+    <w:rsid w:val="00A512E9"/>
     <w:rsid w:val="00A55F8C"/>
     <w:rsid w:val="00A81315"/>
     <w:rsid w:val="00A91182"/>
     <w:rsid w:val="00A9468D"/>
     <w:rsid w:val="00AA3C59"/>
     <w:rsid w:val="00AA5504"/>
     <w:rsid w:val="00AA71A1"/>
     <w:rsid w:val="00AA7C17"/>
     <w:rsid w:val="00AD2674"/>
     <w:rsid w:val="00AE521B"/>
     <w:rsid w:val="00AF1AD3"/>
     <w:rsid w:val="00AF5EF2"/>
     <w:rsid w:val="00AF647C"/>
     <w:rsid w:val="00B03A11"/>
     <w:rsid w:val="00B375D2"/>
     <w:rsid w:val="00B41BF9"/>
     <w:rsid w:val="00B529D6"/>
     <w:rsid w:val="00B62335"/>
     <w:rsid w:val="00B64A7C"/>
     <w:rsid w:val="00B74832"/>
     <w:rsid w:val="00B96BC9"/>
     <w:rsid w:val="00BB0221"/>
     <w:rsid w:val="00BD5E82"/>
     <w:rsid w:val="00BE20AC"/>
     <w:rsid w:val="00C119EA"/>
@@ -8297,51 +8301,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="066D084C"/>
   <w14:defaultImageDpi w14:val="96"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8871,51 +8875,51 @@
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsRakstz">
     <w:name w:val="Pamatteksts Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Pamatteksts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F726E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -9171,47 +9175,62 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC9CF0B9-5170-438C-9A71-76D660EBB4CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>2256</Words>
   <Characters>1286</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3535</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>