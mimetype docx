--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -2,201 +2,201 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4798"/>
         <w:gridCol w:w="1572"/>
         <w:gridCol w:w="352"/>
         <w:gridCol w:w="2540"/>
         <w:gridCol w:w="377"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="0AA42EE2" w14:textId="77777777" w:rsidTr="00EA3438">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="62347488" w14:textId="77777777" w:rsidTr="00EA3438">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="851"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C98166C" w14:textId="77777777" w:rsidR="00102971" w:rsidRDefault="00134511" w:rsidP="005C5E59">
+          <w:p w14:paraId="1C4ED58E" w14:textId="77777777" w:rsidR="00102971" w:rsidRDefault="00134511" w:rsidP="005C5E59">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Patentu valdei</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0288266A" w14:textId="0F1AE76B" w:rsidR="00134511" w:rsidRPr="0036688E" w:rsidRDefault="00134511" w:rsidP="005C5E59">
+          <w:p w14:paraId="176364E8" w14:textId="77777777" w:rsidR="00134511" w:rsidRPr="0036688E" w:rsidRDefault="00134511" w:rsidP="005C5E59">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4841" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C364FE7" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="008353F4">
+          <w:p w14:paraId="5B22D439" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="008353F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Saņemšanas datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="27E1B8A0" w14:textId="77777777" w:rsidTr="00EA3438">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="7DF6C6C6" w14:textId="77777777" w:rsidTr="00EA3438">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="851"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4798" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="499C917A" w14:textId="31BAB14C" w:rsidR="00134511" w:rsidRPr="0036688E" w:rsidRDefault="00134511" w:rsidP="00134511">
+          <w:p w14:paraId="11677FD8" w14:textId="77777777" w:rsidR="00134511" w:rsidRPr="0036688E" w:rsidRDefault="00134511" w:rsidP="00134511">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Iesniegums patenta piešķiršanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4841" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1685D8FA" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="008353F4">
+          <w:p w14:paraId="4AA02D4D" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="008353F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(21) </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -204,390 +204,390 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pieteikuma </w:t>
             </w:r>
             <w:r w:rsidR="009927CB" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="3E9116B5" w14:textId="77777777">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="15956969" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4798" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1974A8BF" w14:textId="77777777" w:rsidR="00E40368" w:rsidRPr="0036688E" w:rsidRDefault="00E40368" w:rsidP="00E40368">
-[...28 lines deleted...]
-          <w:p w14:paraId="546FDE48" w14:textId="7D14E682" w:rsidR="00134511" w:rsidRDefault="00F860E6" w:rsidP="0036688E">
+          <w:p w14:paraId="7F349808" w14:textId="77777777" w:rsidR="00E40368" w:rsidRPr="0036688E" w:rsidRDefault="00E40368" w:rsidP="00E40368">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FB95FB9" w14:textId="4A164E4A" w:rsidR="00134511" w:rsidRDefault="005A36C9" w:rsidP="0036688E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A36C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Citadeles iela 6A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2599F694" w14:textId="56577015" w:rsidR="00134511" w:rsidRDefault="00F860E6" w:rsidP="0036688E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Rīga, LV</w:t>
             </w:r>
             <w:r w:rsidR="00BE20AC" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
+            <w:r w:rsidR="005A36C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E95525A" w14:textId="77777777" w:rsidR="00134511" w:rsidRDefault="00F860E6" w:rsidP="0036688E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6184FE37" w14:textId="77777777" w:rsidR="00134511" w:rsidRDefault="00F860E6" w:rsidP="0036688E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Tālr.:</w:t>
+            </w:r>
             <w:r w:rsidR="00134511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...54 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>+371 67099600</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B7A59F7" w14:textId="79889842" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00134511" w:rsidP="0036688E">
+          <w:p w14:paraId="461974AC" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00134511" w:rsidP="0036688E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>E-pasts: pasts@lrpv.gov.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4841" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FDA2383" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="008353F4">
+          <w:p w14:paraId="599DCB84" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="008353F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="38257BB6" w14:textId="77777777" w:rsidTr="00233EDC">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="37F626EB" w14:textId="77777777" w:rsidTr="00233EDC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="890"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4798" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F20E77B" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="005C5E59">
+          <w:p w14:paraId="1FF9AE8C" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="005C5E59">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16CF9E52" w14:textId="77777777" w:rsidR="00134511" w:rsidRDefault="00102971" w:rsidP="008353F4">
+          <w:p w14:paraId="48A9FCB0" w14:textId="77777777" w:rsidR="00134511" w:rsidRDefault="00102971" w:rsidP="008353F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pieteicēja vai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="571F4755" w14:textId="38EDD34A" w:rsidR="00134511" w:rsidRDefault="00102971" w:rsidP="008353F4">
+          <w:p w14:paraId="3C4FBEE2" w14:textId="77777777" w:rsidR="00134511" w:rsidRDefault="00102971" w:rsidP="008353F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>pārstāvja šifrs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C5D4FB3" w14:textId="6D9DBB17" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="008353F4">
+          <w:p w14:paraId="5A5AC0DD" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="008353F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(ja vēlams)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="352" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72C73CB9" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="005C5E59">
+          <w:p w14:paraId="66A5B32D" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="005C5E59">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="0" w:name="txtRef"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607175F9" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="005C5E59">
+          <w:p w14:paraId="7DD7BDD4" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="005C5E59">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtRef"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Please use references"/>
                   <w:textInput>
                     <w:maxLength w:val="12"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -646,259 +646,247 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC7B987" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="005C5E59">
+          <w:p w14:paraId="589A7137" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="005C5E59">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1107BEC6" w14:textId="25AE3772" w:rsidR="00E40368" w:rsidRPr="0036688E" w:rsidRDefault="00C5746A">
+    <w:p w14:paraId="793FDA56" w14:textId="3691E227" w:rsidR="00E40368" w:rsidRPr="0036688E" w:rsidRDefault="00573693">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02197403" wp14:editId="4588A1A6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25E93C97" wp14:editId="6E9DCB6C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3996055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-2204085</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1257300" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1" name="Text Box 7"/>
+                <wp:docPr id="818506597" name="Tekstlodziņš 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1257300" cy="228600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
-                        <a:extLst>
-[...10 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4EBAA5D4" w14:textId="77777777" w:rsidR="00441D55" w:rsidRPr="00233EDC" w:rsidRDefault="00441D55" w:rsidP="00102971">
+                          <w:p w14:paraId="26080FDD" w14:textId="77777777" w:rsidR="00441D55" w:rsidRPr="00233EDC" w:rsidRDefault="00441D55" w:rsidP="00102971">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="lv-LV"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00233EDC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="lv-LV"/>
                               </w:rPr>
                               <w:t>Aizpilda Patentu valde</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="02197403" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="25E93C97" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:314.65pt;margin-top:-173.55pt;width:99pt;height:18pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO+98w8QEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0suMOEWXIsOA&#10;rhvQ9QNkWbaFyaJGKbGzrx8lp2m2vg3zg0Ca1CHPIbW6GXvD9gq9BlvyxWzOmbISam3bkj993767&#10;5swHYWthwKqSH5TnN+u3b1aDK1QOHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlYAPYi0AutlmNYiD0&#10;3mT5fH6ZDYC1Q5DKe/p7NwX5OuE3jZLha9N4FZgpOfUW0onprOKZrVeiaFG4TstjG+IfuuiFtlT0&#10;BHUngmA71K+gei0RPDRhJqHPoGm0VIkDsVnM/2Lz2AmnEhcSx7uTTP7/wcqH/aP7hiyMH2GkASYS&#10;3t2D/OGZhU0nbKtuEWHolKip8CJKlg3OF8erUWpf+AhSDV+gpiGLXYAENDbYR1WIJyN0GsDhJLoa&#10;A5OxZH5x9X5OIUmxPL++JDuWEMXzbYc+fFLQs2iUHGmoCV3s732YUp9TYjEPRtdbbUxysK02Btle&#10;0AJs03dE/yPN2JhsIV6bEOOfRDMymziGsRopGOlWUB+IMMK0UPQAyOgAf3E20DKV3P/cCVScmc+W&#10;RPuwWC7j9iVneXGVk4Pnkeo8IqwkqJIHziZzE6aN3TnUbUeVpjFZuCWhG500eOnq2DctTFLxuNxx&#10;I8/9lPXyBNe/AQAA//8DAFBLAwQUAAYACAAAACEAiEpPc+AAAAANAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU6DQBCG7ya+w2ZMvJh2gVZokaVRE43X1j7AwG6ByM4Sdlvo2zs96XH++fLPN8Vutr24&#10;mNF3jhTEywiEodrpjhoFx++PxQaED0gae0dGwdV42JX3dwXm2k20N5dDaASXkM9RQRvCkEvp69ZY&#10;9Es3GOLdyY0WA49jI/WIE5fbXiZRlEqLHfGFFgfz3pr653C2Ck5f09Pzdqo+wzHbr9M37LLKXZV6&#10;fJhfX0AEM4c/GG76rA4lO1XuTNqLXkGabFeMKlis1lkMgpFNknFU3aI4jkGWhfz/RfkLAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEATvvfMPEBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiEpPc+AAAAANAQAADwAAAAAAAAAAAAAAAABLBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" stroked="f">
+              <v:shape id="Tekstlodziņš 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:314.65pt;margin-top:-173.55pt;width:99pt;height:18pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO+98w8QEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0suMOEWXIsOA&#10;rhvQ9QNkWbaFyaJGKbGzrx8lp2m2vg3zg0Ca1CHPIbW6GXvD9gq9BlvyxWzOmbISam3bkj993767&#10;5swHYWthwKqSH5TnN+u3b1aDK1QOHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlYAPYi0AutlmNYiD0&#10;3mT5fH6ZDYC1Q5DKe/p7NwX5OuE3jZLha9N4FZgpOfUW0onprOKZrVeiaFG4TstjG+IfuuiFtlT0&#10;BHUngmA71K+gei0RPDRhJqHPoGm0VIkDsVnM/2Lz2AmnEhcSx7uTTP7/wcqH/aP7hiyMH2GkASYS&#10;3t2D/OGZhU0nbKtuEWHolKip8CJKlg3OF8erUWpf+AhSDV+gpiGLXYAENDbYR1WIJyN0GsDhJLoa&#10;A5OxZH5x9X5OIUmxPL++JDuWEMXzbYc+fFLQs2iUHGmoCV3s732YUp9TYjEPRtdbbUxysK02Btle&#10;0AJs03dE/yPN2JhsIV6bEOOfRDMymziGsRopGOlWUB+IMMK0UPQAyOgAf3E20DKV3P/cCVScmc+W&#10;RPuwWC7j9iVneXGVk4Pnkeo8IqwkqJIHziZzE6aN3TnUbUeVpjFZuCWhG500eOnq2DctTFLxuNxx&#10;I8/9lPXyBNe/AQAA//8DAFBLAwQUAAYACAAAACEAiEpPc+AAAAANAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU6DQBCG7ya+w2ZMvJh2gVZokaVRE43X1j7AwG6ByM4Sdlvo2zs96XH++fLPN8Vutr24&#10;mNF3jhTEywiEodrpjhoFx++PxQaED0gae0dGwdV42JX3dwXm2k20N5dDaASXkM9RQRvCkEvp69ZY&#10;9Es3GOLdyY0WA49jI/WIE5fbXiZRlEqLHfGFFgfz3pr653C2Ck5f09Pzdqo+wzHbr9M37LLKXZV6&#10;fJhfX0AEM4c/GG76rA4lO1XuTNqLXkGabFeMKlis1lkMgpFNknFU3aI4jkGWhfz/RfkLAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEATvvfMPEBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiEpPc+AAAAANAQAADwAAAAAAAAAAAAAAAABLBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4EBAA5D4" w14:textId="77777777" w:rsidR="00441D55" w:rsidRPr="00233EDC" w:rsidRDefault="00441D55" w:rsidP="00102971">
+                    <w:p w14:paraId="26080FDD" w14:textId="77777777" w:rsidR="00441D55" w:rsidRPr="00233EDC" w:rsidRDefault="00441D55" w:rsidP="00102971">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="lv-LV"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00233EDC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="lv-LV"/>
                         </w:rPr>
                         <w:t>Aizpilda Patentu valde</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="712E7A9C" w14:textId="62420F7A" w:rsidR="00C936E6" w:rsidRPr="0036688E" w:rsidRDefault="00C936E6">
+    <w:p w14:paraId="21A814B3" w14:textId="77777777" w:rsidR="00C936E6" w:rsidRPr="0036688E" w:rsidRDefault="00C936E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="2104"/>
         <w:gridCol w:w="12"/>
         <w:gridCol w:w="2413"/>
         <w:gridCol w:w="2416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="0C8F02AB" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="45F34A58" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="598"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2293DB" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="482EC974" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText>EQ \X(54)</w:instrText>
             </w:r>
@@ -924,105 +912,105 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ūdzu piešķirt patentu </w:t>
             </w:r>
             <w:r w:rsidR="00F860E6" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">šādam </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>izgudrojumam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="18D07D04" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="7C7A81BD" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1418"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6565FFE2" w14:textId="7A745F12" w:rsidR="00102971" w:rsidRDefault="00F860E6" w:rsidP="00260645">
+          <w:p w14:paraId="2177FEB1" w14:textId="77777777" w:rsidR="00102971" w:rsidRDefault="00F860E6" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Izgudrojuma nosaukums</w:t>
             </w:r>
             <w:r w:rsidR="004B36EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> latviski</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32A2E264" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00260645">
+          <w:p w14:paraId="13729549" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15166FEC" w14:textId="77777777" w:rsidR="00EA3438" w:rsidRPr="0036688E" w:rsidRDefault="00D373EB" w:rsidP="00260645">
+          <w:p w14:paraId="2DD5C1DA" w14:textId="77777777" w:rsidR="00EA3438" w:rsidRPr="0036688E" w:rsidRDefault="00D373EB" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -1064,105 +1052,105 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B0315A" w:rsidRPr="0036688E" w14:paraId="413F9C52" w14:textId="77777777" w:rsidTr="00B0315A">
+      <w:tr w:rsidR="00B0315A" w:rsidRPr="0036688E" w14:paraId="7AC01FE4" w14:textId="77777777" w:rsidTr="00B0315A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1418"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CADE86A" w14:textId="2239088C" w:rsidR="00B0315A" w:rsidRDefault="00B0315A" w:rsidP="00B0315A">
+          <w:p w14:paraId="02D01CAF" w14:textId="77777777" w:rsidR="00B0315A" w:rsidRDefault="00B0315A" w:rsidP="00B0315A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Izgudrojuma nosaukums</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> angliski</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E576AD7" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00B0315A">
+          <w:p w14:paraId="04E92425" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00B0315A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44D1D75B" w14:textId="46BA06D2" w:rsidR="00B0315A" w:rsidRPr="0036688E" w:rsidRDefault="00B0315A" w:rsidP="00B0315A">
+          <w:p w14:paraId="7F1C4641" w14:textId="77777777" w:rsidR="00B0315A" w:rsidRPr="0036688E" w:rsidRDefault="00B0315A" w:rsidP="00B0315A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
@@ -1205,68 +1193,68 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="12C40316" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="517F5AFC" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1158B27C" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="37945B4D" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText>EQ \X(71)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
@@ -1314,69 +1302,69 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="009927CB" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>aredzamais patenta īpašnieks/</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>īpašnieki)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="2CD0E35C" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="5859FAEC" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="737"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04B713C6" w14:textId="3DED3698" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00F860E6" w:rsidP="00260645">
+          <w:p w14:paraId="1DD2505D" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00F860E6" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00102971" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>izisk</w:t>
@@ -1585,61 +1573,61 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">arī valsti un </w:t>
             </w:r>
             <w:r w:rsidR="00102971" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E7E4FEB" w14:textId="77777777" w:rsidR="00D373EB" w:rsidRPr="00DD48D7" w:rsidRDefault="00D373EB" w:rsidP="00260645">
+          <w:p w14:paraId="2861B8F5" w14:textId="77777777" w:rsidR="00D373EB" w:rsidRPr="00DD48D7" w:rsidRDefault="00D373EB" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4ECCE507" w14:textId="77777777" w:rsidR="00D373EB" w:rsidRPr="0036688E" w:rsidRDefault="00D373EB" w:rsidP="00260645">
+          <w:p w14:paraId="4801592F" w14:textId="77777777" w:rsidR="00D373EB" w:rsidRPr="0036688E" w:rsidRDefault="00D373EB" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1693,98 +1681,98 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CE5B2FD" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00260645">
+          <w:p w14:paraId="76C7332B" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="257B24B9" w14:textId="33F0186C" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="009927CB" w:rsidP="00260645">
+          <w:p w14:paraId="5302E351" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="009927CB" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālruņa</w:t>
             </w:r>
             <w:r w:rsidR="00102971" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>numurs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="003C8542" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="30D78D71" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1828,120 +1816,120 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B0315A" w:rsidRPr="0036688E" w14:paraId="5EFEF751" w14:textId="77777777" w:rsidTr="00B0315A">
+      <w:tr w:rsidR="00B0315A" w:rsidRPr="0036688E" w14:paraId="21E7B6BB" w14:textId="77777777" w:rsidTr="00B0315A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1935"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64AF049B" w14:textId="77777777" w:rsidR="00B0315A" w:rsidRPr="0036688E" w:rsidRDefault="00B0315A" w:rsidP="00260645">
+          <w:p w14:paraId="0EFC0588" w14:textId="77777777" w:rsidR="00B0315A" w:rsidRPr="0036688E" w:rsidRDefault="00B0315A" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FE9C773" w14:textId="77777777" w:rsidR="00B0315A" w:rsidRPr="00DD48D7" w:rsidRDefault="00B0315A" w:rsidP="004B36EA">
+          <w:p w14:paraId="756CE50E" w14:textId="77777777" w:rsidR="00B0315A" w:rsidRPr="00DD48D7" w:rsidRDefault="00B0315A" w:rsidP="004B36EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="60E92424" w14:textId="61A19BFB" w:rsidR="00B0315A" w:rsidRPr="0036688E" w:rsidRDefault="00B0315A" w:rsidP="004B36EA">
+          <w:p w14:paraId="6D9C4232" w14:textId="77777777" w:rsidR="00B0315A" w:rsidRPr="0036688E" w:rsidRDefault="00B0315A" w:rsidP="004B36EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>E-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="155AFF40" w14:textId="6B1C7143" w:rsidR="00B0315A" w:rsidRPr="0036688E" w:rsidRDefault="00B0315A" w:rsidP="004B36EA">
+          <w:p w14:paraId="1EA45899" w14:textId="77777777" w:rsidR="00B0315A" w:rsidRPr="0036688E" w:rsidRDefault="00B0315A" w:rsidP="004B36EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1985,160 +1973,160 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="569F283D" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="02C8995C" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC4A949" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="5159F2E8" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Līdzpieteicēji norādīti papildlapā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="144A5C80" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="4F2A7311" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D79A61" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="64B00130" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(72)</w:instrText>
             </w:r>
@@ -2165,215 +2153,215 @@
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>zgudrotājs</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Izgudrotāji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="282810C1" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="0823E02D" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03CB4523" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="2A8D41D9" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="009927CB" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja pieteicēji ir arī</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> izgudrotāji, nākamo aili var neaizpildīt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="489FE67D" w14:textId="77777777" w:rsidTr="00B0315A">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="2AE239B3" w14:textId="77777777" w:rsidTr="00B0315A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1701"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24178911" w14:textId="58155CA2" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00E40368" w:rsidP="00260645">
+          <w:p w14:paraId="635BD69E" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00E40368" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Fiziskās personas vārds, uzvārds </w:t>
             </w:r>
             <w:r w:rsidR="00A009E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">un adrese </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35F2198F" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="00DD48D7" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="5545550C" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="00DD48D7" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23CB4843" w14:textId="77777777" w:rsidR="005F2E27" w:rsidRPr="0036688E" w:rsidRDefault="00DE7A3A" w:rsidP="00260645">
+          <w:p w14:paraId="5FDC8B8B" w14:textId="77777777" w:rsidR="005F2E27" w:rsidRPr="0036688E" w:rsidRDefault="00DE7A3A" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -2415,160 +2403,160 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="547403FD" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="116EE35C" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="395A336F" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="43CC5893" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Līdzizgudrotāji norādīti papildlapā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="369D97A6" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="4EA3BBCB" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C9D283" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="6614FFBC" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(60)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
@@ -2591,75 +2579,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">is iesniegums attiecas uz </w:t>
             </w:r>
             <w:r w:rsidR="009F7F8D" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>dalīto pieteikumu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="119F0242" w14:textId="77777777" w:rsidTr="00030E3C">
+      <w:tr w:rsidR="00102971" w:rsidRPr="0036688E" w14:paraId="7BE3260A" w14:textId="77777777" w:rsidTr="00030E3C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56CF8DA7" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="7A68352E" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(62)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
@@ -2683,51 +2671,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pamatpieteikuma </w:t>
             </w:r>
             <w:r w:rsidR="009927CB" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="737A220C" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00DE7A3A" w:rsidP="00260645">
+          <w:p w14:paraId="0ACD2F22" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00DE7A3A" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
@@ -2778,79 +2766,79 @@
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2425" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F791328" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
+          <w:p w14:paraId="7C95E3EB" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00102971" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pamatpieteikuma datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2416" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52E0B57B" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00DE7A3A" w:rsidP="00260645">
+          <w:p w14:paraId="1D55B3E5" w14:textId="77777777" w:rsidR="00102971" w:rsidRPr="0036688E" w:rsidRDefault="00DE7A3A" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
@@ -2894,104 +2882,104 @@
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C2657E6" w14:textId="77777777" w:rsidR="0082467A" w:rsidRPr="0036688E" w:rsidRDefault="0082467A">
+    <w:p w14:paraId="54374345" w14:textId="77777777" w:rsidR="0082467A" w:rsidRPr="0036688E" w:rsidRDefault="0082467A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0036688E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2582"/>
         <w:gridCol w:w="679"/>
         <w:gridCol w:w="1625"/>
         <w:gridCol w:w="1636"/>
         <w:gridCol w:w="3117"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="4F40B78C" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="4D9F150E" w14:textId="77777777" w:rsidTr="00382350">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0606D5B2" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="0082467A" w:rsidP="00260645">
+          <w:p w14:paraId="671C8ECC" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="0082467A" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidR="00CE5BE7" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidR="00CE5BE7" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3013,106 +3001,106 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005C7A7A" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> P</w:t>
             </w:r>
             <w:r w:rsidR="00CE5BE7" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ārstāvis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="229F8F36" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="72B292BA" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4886" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00CE644F" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="6AF797F8" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vārds, uzvārds un adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08EAD423" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="00DD48D7" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="378DF5C9" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="00DD48D7" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33D9075A" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="5C1B010D" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3166,80 +3154,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EAA2FDE" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00260645">
+          <w:p w14:paraId="1304322E" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27FBD55C" w14:textId="41DA4C34" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="2305DC1D" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālruņa numurs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0334FB76" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="32DA105D" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3283,127 +3271,127 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="494375B3" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="421E4325" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="964"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4886" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69A0AA04" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="47B3ECB2" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1127843C" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00260645">
+          <w:p w14:paraId="5C8C3DB5" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="53A7537D" w14:textId="3A23F980" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="0B2828D1" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>e-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="553ABBCC" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="1EB28829" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3447,351 +3435,351 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F6A24" w:rsidRPr="0036688E" w14:paraId="61CC4C71" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="003F6A24" w:rsidRPr="0036688E" w14:paraId="5F8C35E8" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2249C971" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="1E02A967" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pilnvara ir pievienota</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03C1BB03" w14:textId="6B395ACF" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="6729886B" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A301617" w14:textId="5D9654A0" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="0078225F">
+          <w:p w14:paraId="3F634CF5" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="0078225F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="339020DA" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="246F473D" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="759D6DF4" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="20FCFC7F" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(70)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002860E4" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>drese sarakstei</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="580EDA5B" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="2DAE2FB1" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4886" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="603B6344" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="5C0CC45A" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai juridiskās personas nosaukums un adrese (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FE04605" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="70D59EB0" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00131C77" w14:textId="56F9D315" w:rsidR="00DD48D7" w:rsidRPr="00382350" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="4E35B8A7" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00382350" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -3843,80 +3831,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25A3C38B" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="7DF9BC1A" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1691838A" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="70B21EB0" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālruņa numurs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08C3BBF8" w14:textId="67700904" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="7C503FD8" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3960,129 +3948,129 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="1EC81740" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="15932F11" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="964"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4886" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6806A707" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="0E685446" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15EA816B" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="5375B308" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6073930D" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="65621D2F" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>e-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30D2B720" w14:textId="4CDD47DE" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="000687C5" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4126,168 +4114,168 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00382350" w:rsidRPr="009E1318" w14:paraId="29D3BB10" w14:textId="77777777" w:rsidTr="000E4472">
+      <w:tr w:rsidR="00382350" w:rsidRPr="009E1318" w14:paraId="78BEBC69" w14:textId="77777777" w:rsidTr="000E4472">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="3686"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32E40432" w14:textId="77777777" w:rsidR="00382350" w:rsidRDefault="00382350" w:rsidP="00260645">
+          <w:p w14:paraId="4A814FE1" w14:textId="77777777" w:rsidR="00382350" w:rsidRDefault="00382350" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00382350">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Komunikācijas un dokumentu saņemšanas veids:</w:t>
             </w:r>
             <w:r w:rsidRPr="00382350">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00382350">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(atzīmējiet vēlamo)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B42568E" w14:textId="77777777" w:rsidR="00382350" w:rsidRDefault="00382350" w:rsidP="00260645">
+          <w:p w14:paraId="5DE254C7" w14:textId="77777777" w:rsidR="00382350" w:rsidRDefault="00382350" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B2EB8A3" w14:textId="600746E6" w:rsidR="00382350" w:rsidRDefault="00382350" w:rsidP="00260645">
+          <w:p w14:paraId="4EDB4F74" w14:textId="77777777" w:rsidR="00382350" w:rsidRDefault="00382350" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4374,177 +4362,190 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EB5B28" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EB5B28" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EB5B28" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FE96FC9" w14:textId="77777777" w:rsidR="00382350" w:rsidRDefault="00382350" w:rsidP="00260645">
+          <w:p w14:paraId="4E83E3F7" w14:textId="77777777" w:rsidR="00382350" w:rsidRDefault="00382350" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2CFD4655" w14:textId="2DD079B5" w:rsidR="00382350" w:rsidRPr="000E4472" w:rsidRDefault="00382350" w:rsidP="009E1318">
+          <w:p w14:paraId="34CD57DE" w14:textId="77777777" w:rsidR="00382350" w:rsidRPr="000E4472" w:rsidRDefault="00382350" w:rsidP="009E1318">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="000E4472">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EB5B28" w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oficiālā elektroniskā adrese </w:t>
             </w:r>
-            <w:r w:rsidR="00EB5B28" w:rsidRPr="000E4472">
+            <w:r w:rsidR="000941F9" w:rsidRPr="000941F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77BCA96C" wp14:editId="0C8964B5">
-                  <wp:extent cx="190800" cy="180000"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FC63C80" wp14:editId="730BFDEC">
+                  <wp:extent cx="182880" cy="167640"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1001621439" name="Attēls 3" descr="Attēls, kurā ir grafika, krāsainība, oranžs, grafiskais dizains&#10;&#10;Apraksts ģenerēts automātiski"/>
+                  <wp:docPr id="1" name="Attēls 3" descr="Attēls, kurā ir grafika, krāsainība, oranžs, grafiskais dizainsApraksts ģenerēts automātiski"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1001621439" name="Attēls 3" descr="Attēls, kurā ir grafika, krāsainība, oranžs, grafiskais dizains&#10;&#10;Apraksts ģenerēts automātiski"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="Attēls 3" descr="Attēls, kurā ir grafika, krāsainība, oranžs, grafiskais dizainsApraksts ģenerēts automātiski"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6"/>
+                          <a:blip r:embed="rId6">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
-                        <pic:spPr>
+                        <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="190800" cy="180000"/>
+                            <a:ext cx="182880" cy="167640"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00EB5B28" w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0042076E" w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -4603,127 +4604,127 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0042076E" w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0042076E" w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0042076E" w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AF141BB" w14:textId="77777777" w:rsidR="0042076E" w:rsidRDefault="0042076E" w:rsidP="00260645">
+          <w:p w14:paraId="44B0B105" w14:textId="77777777" w:rsidR="0042076E" w:rsidRDefault="0042076E" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042076E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(e-adrese no www.latvija.lv, piemēri: _DEFAULT@90123456789; _PRIVATE@40123456789)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="797DA380" w14:textId="6B6221B6" w:rsidR="0042076E" w:rsidRDefault="0042076E" w:rsidP="0042076E">
-[...9 lines deleted...]
-          <w:p w14:paraId="63F659B6" w14:textId="7D852036" w:rsidR="0042076E" w:rsidRPr="000E4472" w:rsidRDefault="0042076E" w:rsidP="0042076E">
+          <w:p w14:paraId="4983F0B2" w14:textId="77777777" w:rsidR="0042076E" w:rsidRDefault="0042076E" w:rsidP="0042076E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65B5BB5F" w14:textId="77777777" w:rsidR="0042076E" w:rsidRPr="000E4472" w:rsidRDefault="0042076E" w:rsidP="0042076E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="000E4472">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
@@ -4801,59 +4802,59 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3059E466" w14:textId="77777777" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
-[...7 lines deleted...]
-          <w:p w14:paraId="697FAAF8" w14:textId="0159610F" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="009E1318">
+          <w:p w14:paraId="07E21C22" w14:textId="77777777" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="085DF80E" w14:textId="77777777" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="009E1318">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Patenta reģistrācijas </w:t>
             </w:r>
             <w:r w:rsidR="000E4472" w:rsidRPr="000E4472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">apliecības </w:t>
             </w:r>
@@ -4862,353 +4863,353 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>veids:</w:t>
             </w:r>
             <w:r w:rsidRPr="00382350">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00382350">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(atzīmējiet vēlamo)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CE93414" w14:textId="77777777" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
-[...9 lines deleted...]
-          <w:p w14:paraId="43788C9F" w14:textId="0B68A5EA" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
+          <w:p w14:paraId="1801F14D" w14:textId="77777777" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D92E400" w14:textId="77777777" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Elektroniska (e-apliecība)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7183D61B" w14:textId="77777777" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
-[...9 lines deleted...]
-          <w:p w14:paraId="13C4B217" w14:textId="01158334" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
+          <w:p w14:paraId="2741A35A" w14:textId="77777777" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C2474E3" w14:textId="77777777" w:rsidR="009E1318" w:rsidRDefault="009E1318" w:rsidP="0042076E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Papīra formāta</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CE5E01E" w14:textId="1CCCCD54" w:rsidR="0042076E" w:rsidRPr="0042076E" w:rsidRDefault="0042076E" w:rsidP="0042076E">
+          <w:p w14:paraId="3DA4DCFD" w14:textId="77777777" w:rsidR="0042076E" w:rsidRPr="0042076E" w:rsidRDefault="0042076E" w:rsidP="0042076E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="50E204C1" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="18093239" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D30B6CE" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="484EF491" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(30)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002860E4" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> L</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ūdzu noteikt izgudrojumam prioritāti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="5D323146" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="7B51E377" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09DD4D23" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="33D87C7D" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(32)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
@@ -5247,51 +5248,51 @@
               <w:t>DD.MM.GGGG</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09E4F635" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="132CA1B4" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(31)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
@@ -5310,51 +5311,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Agrākā pieteikuma numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC61577" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="32442526" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(33)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
@@ -5363,78 +5364,78 @@
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Valsts (kods)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="0BA526BD" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="537C1C34" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6999295D" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="0F904312" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(1) prioritāte </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -5502,51 +5503,51 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33D4B3F2" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="2C69C050" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -5598,51 +5599,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0208189E" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="70038E6F" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -5684,78 +5685,78 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="16027C16" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="79AB14A2" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59CBE31F" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="5B52D5AC" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(2) prioritāte </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -5823,51 +5824,51 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD51183" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="13DC1F13" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -5919,51 +5920,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="720DC9C5" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="7EA0CB7A" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -6005,78 +6006,78 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="418A083A" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="058EA0F8" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="785F12A8" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="33437ADF" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(3) prioritāte </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -6144,51 +6145,51 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="725BBFD9" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="3ECD85C4" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -6240,51 +6241,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44DBDBBF" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="6D91985A" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -6326,483 +6327,483 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="788DD469" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="6EE13C69" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="676A6ABD" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="4BC20FB4" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pievienotas šādas agrāku pieteikumu apliecinātas kopijas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="3721D5C8" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="4058966B" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741AB4BB" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="51D7880C" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003F6A24" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) prioritāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F945C0D" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="548B1098" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2) prioritāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="399C2AC7" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="7608880F" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3) prioritāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="1A05A05E" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="553E551E" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28132A0E" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="218F6129" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chkPriority"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Izstādes prioritāte, dokumenta veids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0241311C" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="148F3704" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(23)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
@@ -6830,78 +6831,78 @@
               </w:rPr>
               <w:t>Datums (</w:t>
             </w:r>
             <w:r w:rsidR="003F6A24" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>DD.MM.GGGG</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="31636FAA" w14:textId="77777777" w:rsidTr="00382350">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="5E37B6EF" w14:textId="77777777" w:rsidTr="00382350">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64E5FB88" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="5354305F" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -6953,51 +6954,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65EF88E4" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="003F6A24" w:rsidP="00260645">
+          <w:p w14:paraId="5FD0897F" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="003F6A24" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -7045,230 +7046,230 @@
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EBFA89F" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7">
+    <w:p w14:paraId="1A71DAF3" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0036688E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3800"/>
         <w:gridCol w:w="1204"/>
         <w:gridCol w:w="3360"/>
         <w:gridCol w:w="1275"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="12E17B0E" w14:textId="77777777" w:rsidTr="00B96BC9">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="3E4389AC" w14:textId="77777777" w:rsidTr="00B96BC9">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="377"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29B4A9C4" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
+          <w:p w14:paraId="1CE953E0" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Kontrolsaraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="33B97F98" w14:textId="77777777" w:rsidTr="00441D55">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="22914DE2" w14:textId="77777777" w:rsidTr="00441D55">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F3A7A10" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
+          <w:p w14:paraId="40056865" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pieteikumā ietverts</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31699792" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
+          <w:p w14:paraId="2A82CD86" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(a) </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>papīra formā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE89B46" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
+          <w:p w14:paraId="7713578E" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Lapu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0899A11A" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
+          <w:p w14:paraId="3C12E689" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pieteikumam ir pievienoti šādi dokumenti </w:t>
             </w:r>
             <w:r w:rsidRPr="00441D55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
@@ -7283,121 +7284,121 @@
               </w:rPr>
               <w:t>atzīmēt vajadzīgo un blakus ailē ierakstīt dokumentu skaitu</w:t>
             </w:r>
             <w:r w:rsidR="00C72C25" w:rsidRPr="00441D55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08C61FAA" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
+          <w:p w14:paraId="3C22EAAA" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00B96BC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Dokumentu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B96BC9" w:rsidRPr="0036688E" w14:paraId="49AD5427" w14:textId="77777777" w:rsidTr="00441D55">
+      <w:tr w:rsidR="00B96BC9" w:rsidRPr="0036688E" w14:paraId="7E9DA448" w14:textId="77777777" w:rsidTr="00441D55">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E60C4F4" w14:textId="77777777" w:rsidR="00B96BC9" w:rsidRPr="0036688E" w:rsidRDefault="00B96BC9" w:rsidP="00B96BC9">
+          <w:p w14:paraId="3B658D93" w14:textId="77777777" w:rsidR="00B96BC9" w:rsidRPr="0036688E" w:rsidRDefault="00B96BC9" w:rsidP="00B96BC9">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>iesniegums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1170C393" w14:textId="77777777" w:rsidR="00B96BC9" w:rsidRPr="0036688E" w:rsidRDefault="000B6971" w:rsidP="000B6971">
+          <w:p w14:paraId="41F51C44" w14:textId="77777777" w:rsidR="00B96BC9" w:rsidRPr="0036688E" w:rsidRDefault="000B6971" w:rsidP="000B6971">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
@@ -7468,146 +7469,146 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0B867E" w14:textId="77777777" w:rsidR="00B96BC9" w:rsidRPr="0036688E" w:rsidRDefault="00B96BC9" w:rsidP="00B96BC9">
+          <w:p w14:paraId="734A2AB3" w14:textId="77777777" w:rsidR="00B96BC9" w:rsidRPr="0036688E" w:rsidRDefault="00B96BC9" w:rsidP="00B96BC9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
               <w:t>pārstāvja pilnvarojums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B334A12" w14:textId="77777777" w:rsidR="00B96BC9" w:rsidRPr="0036688E" w:rsidRDefault="000B6971" w:rsidP="000B6971">
+          <w:p w14:paraId="7F551899" w14:textId="77777777" w:rsidR="00B96BC9" w:rsidRPr="0036688E" w:rsidRDefault="000B6971" w:rsidP="000B6971">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                     <w:format w:val="0"/>
@@ -7667,108 +7668,108 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="1B18E78E" w14:textId="77777777" w:rsidTr="00441D55">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="765535B6" w14:textId="77777777" w:rsidTr="00441D55">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19823E2D" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="00B4645B" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">apraksts </w:t>
             </w:r>
             <w:r w:rsidRPr="00441D55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(neskaitot gēnu sekvences sarakstu un ar tām saistītās tabulas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34980E4E" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="237AB6D3" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
@@ -7839,51 +7840,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48698487" w14:textId="1541F908" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="35C4863C" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
@@ -7894,100 +7895,100 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
               <w:t>prioritātes dokumenti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130DFFBE" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="4F5E7903" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                     <w:format w:val="0"/>
@@ -8047,99 +8048,99 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="7CEFF378" w14:textId="77777777" w:rsidTr="00B81BFA">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="2EA87CCB" w14:textId="77777777" w:rsidTr="00B81BFA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2577E9A9" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="3DFA8E37" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>pretenzijas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="044BBF48" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="502E9AA3" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
@@ -8210,51 +8211,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F5DA30" w14:textId="5A07BEF7" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="26EF4412" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="550" w:hanging="550"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -8266,100 +8267,100 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
               <w:t>materiāli saistībā ar mikroorganisma deponēšanu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC043A5" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="44132CBF" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                     <w:format w:val="0"/>
@@ -8419,99 +8420,99 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="68C221B6" w14:textId="77777777" w:rsidTr="00B81BFA">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="3D2E5932" w14:textId="77777777" w:rsidTr="00B81BFA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5C3D54" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="10C856AF" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>zīmējumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19A98760" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="70B2305E" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
@@ -8582,51 +8583,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17BB28C5" w14:textId="5B9E2FCD" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="7EF67A35" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="593" w:hanging="593"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -8638,100 +8639,100 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
               <w:t>citi dokumenti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0217DE91" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="50BB5164" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                     <w:format w:val="0"/>
@@ -8791,99 +8792,99 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="0C6F2752" w14:textId="77777777" w:rsidTr="006077E8">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="322E8E4F" w14:textId="77777777" w:rsidTr="006077E8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A94366E" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="3620B446" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>kopsavilkums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22F91FB6" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="1FB0A47E" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
@@ -8953,51 +8954,51 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A42456F" w14:textId="5E071D20" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="56A33F0D" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="550"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -9072,51 +9073,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B6E95A1" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="4FB6C84A" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                     <w:format w:val="0"/>
@@ -9176,101 +9177,101 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="175B5585" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="0A1C7C72" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F442293" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="3F1634DB" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Starpsumma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13EF1435" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="51F68C53" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
@@ -9352,111 +9353,111 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55E6EE93" w14:textId="05517C00" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="7A723307" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="304D20D5" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="131539E1" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25EC9A2C" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="01DEE048" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>gēnu sekvences saraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00E34F13" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="5E4EECD7" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
@@ -9528,111 +9529,111 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5D2B26" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="14E0E747" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="1090643B" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="3F1AF2B4" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19F14A0F" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="305A3139" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ar tām saistītās tabulas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58B2E5E5" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="0F1F324C" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
@@ -9704,120 +9705,120 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="622A6C7A" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="3AD9583D" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="0697D210" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="1AAC2077" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E61F218" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="07DDB55E" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">atsauce uz iepriekš iesniegtu pieteikumu </w:t>
             </w:r>
             <w:r w:rsidRPr="00441D55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(pieteikuma datuma noteikšanai)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E914135" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="5F837FAF" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
@@ -9889,111 +9890,111 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="057F7AD4" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="52C640AD" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="10EE49D6" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="3397FB52" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09626863" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="5866331F" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>lūgums prioritātes tiesību atjaunošanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4B56C3" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="63C40773" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
@@ -10065,121 +10066,121 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="284C448B" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="725EA2C9" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="6AD0173F" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="3D3093C5" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20935935" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="68914DD5" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kopējais lapu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD1FE26" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="2963C470" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:ind w:left="-7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
@@ -10261,135 +10262,135 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="460FE4FA" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="7373D147" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="5DD3C67A" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="699BE015" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C18B037" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="0BA1B387" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(b) </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="chk4"/>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -10397,80 +10398,80 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>tikai elektroniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2D1036" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="5570F60B" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="66DB6878" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="6DDB26DC" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20720E83" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="1BF06889" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
               <w:t>(i)</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -10482,129 +10483,129 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> gēnu sekvences saraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52A38969" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="70E7209D" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="56E74705" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="3175CA6E" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A43AFF2" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="0B6EC1A2" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
               <w:t>(ii)</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -10616,263 +10617,263 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar tām saistītās tabulas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61C17D0D" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="33071322" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="10AEC6A9" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="24D2099D" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="019C68DB" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="0EE3B7F4" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(c) </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">arī elektroniski </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="686F4B75" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="5114C4E3" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="05B47092" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="6C4A2F9A" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0809B4" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="28C79B03" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
               <w:t>(i)</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -10884,129 +10885,129 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> gēnu sekvences saraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B68FCBA" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="0C9286CD" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="44727D7C" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="5857FFE4" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="764F5466" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="75110B92" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
               <w:t>(ii)</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -11018,189 +11019,189 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="0036688E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar tām saistītās tabulas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C65B235" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="29F5DE25" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="2C0F5BDB" w14:textId="77777777" w:rsidTr="00272B67">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="0FBE1530" w14:textId="77777777" w:rsidTr="00272B67">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7744DCE7" w14:textId="0672F312" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="4300AE7C" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27DB8879" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="0C32B107" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="3481B74B" w14:textId="77777777" w:rsidTr="00441D55">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="7DAC8ACC" w14:textId="77777777" w:rsidTr="00441D55">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3574C9" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="0A3F9C65" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4145"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Zīmējum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -11302,51 +11303,51 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCDF6CB" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="455F8CE2" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pieteikuma </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -11438,151 +11439,151 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="00991905" w14:paraId="042F0215" w14:textId="77777777" w:rsidTr="00B96BC9">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="00991905" w14:paraId="47652E92" w14:textId="77777777" w:rsidTr="00B96BC9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6630A1DA" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="5F55A600" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pieteicēja/pārstāvja paraksts, datums</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72BE28C5" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="73CE2B6F" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Katru parakstu atšifrē, norāda personas amatu (ja tas nav saprotams no iesnieguma), kā arī parakstīšanas datumu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="4806267A" w14:textId="77777777" w:rsidTr="00D55DF1">
+      <w:tr w:rsidR="00B81BFA" w:rsidRPr="0036688E" w14:paraId="46BF8BB8" w14:textId="77777777" w:rsidTr="00D55DF1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2495"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="038D714F" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00B81BFA">
+          <w:p w14:paraId="0FB86A96" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A6FA47E" w14:textId="601AE9EF" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
+          <w:p w14:paraId="30DDC446" w14:textId="77777777" w:rsidR="00B81BFA" w:rsidRPr="0036688E" w:rsidRDefault="00B81BFA" w:rsidP="00B81BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11627,150 +11628,150 @@
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2EFEF2B5" w14:textId="77777777" w:rsidR="00C7150F" w:rsidRPr="0036688E" w:rsidRDefault="00C7150F">
+    <w:p w14:paraId="3D5FE6F6" w14:textId="77777777" w:rsidR="00C7150F" w:rsidRPr="0036688E" w:rsidRDefault="00C7150F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0036688E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4810"/>
         <w:gridCol w:w="4829"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0049774E" w:rsidRPr="00B9071B" w14:paraId="3AB59B4C" w14:textId="77777777" w:rsidTr="00260645">
+      <w:tr w:rsidR="0049774E" w:rsidRPr="005A36C9" w14:paraId="1EA2D13F" w14:textId="77777777" w:rsidTr="00260645">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05B1E22C" w14:textId="77777777" w:rsidR="0049774E" w:rsidRPr="0036688E" w:rsidRDefault="0049774E" w:rsidP="00260645">
+          <w:p w14:paraId="232C5265" w14:textId="77777777" w:rsidR="0049774E" w:rsidRPr="0036688E" w:rsidRDefault="0049774E" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(71)</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002860E4" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> L</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>īdzpieteicēji</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="143E725A" w14:textId="77777777" w:rsidR="0049774E" w:rsidRPr="0036688E" w:rsidRDefault="0049774E" w:rsidP="00260645">
+          <w:p w14:paraId="7661BD29" w14:textId="77777777" w:rsidR="0049774E" w:rsidRPr="0036688E" w:rsidRDefault="0049774E" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja </w:t>
             </w:r>
             <w:r w:rsidR="00724307" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11789,114 +11790,114 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00724307" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>šo lapu</w:t>
             </w:r>
             <w:r w:rsidR="009927CB" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> iesniegumā neiekļauj</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="53E618EF" w14:textId="77777777" w:rsidTr="003A7C23">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="77583B95" w14:textId="77777777" w:rsidTr="003A7C23">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="641379B7" w14:textId="63D0D824" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="67422165" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai juridiskās personas nosaukums un adrese (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A3149C8" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="6F0812C7" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2FE85181" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="23C55C7F" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11949,80 +11950,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C3A4D19" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="657A45E2" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43ACA687" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="1ED7CF76" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālruņa numurs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4899EB56" w14:textId="517D58D7" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="583EABF8" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12066,116 +12067,116 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="28837246" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="3E476BC5" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1247"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10826661" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="0EF2B1F4" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B0A9CF8" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="0FA183A2" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4134BED8" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="424394D9" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>e-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67549C08" w14:textId="4B8661EF" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="35B22F1C" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12217,126 +12218,126 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5568975B" w14:textId="3F2F8A78" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="0FC61CB1" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="1CEE64E9" w14:textId="77777777" w:rsidTr="00456136">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="3599F994" w14:textId="77777777" w:rsidTr="00456136">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3896E661" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="54FE4A9E" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai juridiskās personas nosaukums un adrese (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1010F534" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="3A817860" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40286CE3" w14:textId="759B76D2" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="13F3C0B6" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12389,80 +12390,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FECB380" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="0934C4B0" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="66AF16FB" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="486A3AC0" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālruņa numurs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A3BA324" w14:textId="66118129" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="2E5CB50A" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12506,116 +12507,116 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="647C2C16" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="14E56AE2" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1247"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00A20767" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="6F087E66" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12F7DEE0" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="33E614E1" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A2DF591" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="1CBBBF1A" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>e-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AB53342" w14:textId="60328C5F" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="699F073C" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12659,114 +12660,114 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="17B4DDB0" w14:textId="77777777" w:rsidTr="00A134F9">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="076DDF52" w14:textId="77777777" w:rsidTr="00A134F9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BBACC25" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="40420AA9" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai juridiskās personas nosaukums un adrese (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08367153" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="409FD5D4" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="264178C5" w14:textId="2BA63460" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="4EDAF716" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12819,80 +12820,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AC1C49D" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="4145F55D" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76A0A91A" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="33E2B99E" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālruņa numurs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A2CE75E" w14:textId="0C844435" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="1BF7AB28" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12936,116 +12937,116 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="63F3E5DB" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="792EB6DB" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1247"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10A968EE" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="1D1D12B3" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3905047C" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="7F63228F" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1089D94C" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="1931B75F" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>e-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43D52B88" w14:textId="136200B2" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="23546EE3" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13089,114 +13090,114 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="2C41E057" w14:textId="77777777" w:rsidTr="00CA0B31">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="70A17601" w14:textId="77777777" w:rsidTr="00CA0B31">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="441746D1" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="1029D8D6" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai juridiskās personas nosaukums un adrese (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C04A0E2" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="30704529" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="21934643" w14:textId="689CD996" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="5E1A114E" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13249,80 +13250,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BAA1710" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="2916CE41" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2743A8AA" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="6AF3632F" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālruņa numurs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="261FC7D4" w14:textId="69AA5227" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="1630FE88" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13366,116 +13367,116 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="3DC9EB6A" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="17F81642" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1247"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="764838A7" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="7D38F2F4" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FB54EC8" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="0CCD7EBE" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="099C140B" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="4283FB7E" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>e-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E563F5F" w14:textId="43B9A51D" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="5C53DAA7" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13519,114 +13520,114 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="25D3E54F" w14:textId="77777777" w:rsidTr="00EF79D3">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="1B0F964D" w14:textId="77777777" w:rsidTr="00EF79D3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10431FB2" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="237A906F" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai juridiskās personas nosaukums un adrese (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A239FC4" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="3003BD7B" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DA924A5" w14:textId="43B51392" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="1A88D248" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13679,80 +13680,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23C7CAEB" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="0DF7C949" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42C07130" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="75F1A0AD" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālruņa numurs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F5548BB" w14:textId="6BC313C7" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="51ADFEAA" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13796,127 +13797,125 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="652E78CA" w14:textId="77777777" w:rsidTr="00DD48D7">
+      <w:tr w:rsidR="00DD48D7" w:rsidRPr="0036688E" w14:paraId="2D0403C4" w14:textId="77777777" w:rsidTr="00DD48D7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1247"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C8373FF" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="4005D9F2" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4829" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22673655" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="3B86E7D0" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C9C208F" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="4177FAAB" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>e-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59C13C2D" w14:textId="3C9A0B4E" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="32D83F60" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13961,96 +13960,96 @@
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42DCD38B" w14:textId="77777777" w:rsidR="00724307" w:rsidRPr="0036688E" w:rsidRDefault="00C7150F">
+    <w:p w14:paraId="0E115165" w14:textId="77777777" w:rsidR="00724307" w:rsidRPr="0036688E" w:rsidRDefault="00C7150F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0036688E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0049774E" w:rsidRPr="00B9071B" w14:paraId="224AC45C" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="0049774E" w:rsidRPr="005A36C9" w14:paraId="5B7B0777" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CAC667F" w14:textId="77777777" w:rsidR="0049774E" w:rsidRPr="0036688E" w:rsidRDefault="0049774E" w:rsidP="00260645">
+          <w:p w14:paraId="496C4557" w14:textId="77777777" w:rsidR="0049774E" w:rsidRPr="0036688E" w:rsidRDefault="0049774E" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(72)</w:instrText>
@@ -14059,150 +14058,150 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002860E4" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> L</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>īdzizgudrotāji</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CE4D84C" w14:textId="77777777" w:rsidR="0049774E" w:rsidRPr="0036688E" w:rsidRDefault="0049774E" w:rsidP="00260645">
+          <w:p w14:paraId="59ACF68B" w14:textId="77777777" w:rsidR="0049774E" w:rsidRPr="0036688E" w:rsidRDefault="0049774E" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja </w:t>
             </w:r>
             <w:r w:rsidR="00724307" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>līdzizgudrotāju nav, šo lapu</w:t>
             </w:r>
             <w:r w:rsidR="005558DB" w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> iesniegumā neiekļauj</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="0BD3C16C" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="68A94BEC" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="295BD4DD" w14:textId="73D74988" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="19DA3953" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r w:rsidR="0001386C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4301FB26" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="00DD48D7" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="63D5D781" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="00DD48D7" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3E0CCAFB" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
+          <w:p w14:paraId="1DB94C1A" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="00260645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14246,107 +14245,107 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="1070E55E" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="4D25BDA7" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DCD0AC3" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="41D28BB4" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E229AE8" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="4546529B" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2BE878D9" w14:textId="009D7560" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="35DBD276" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14390,107 +14389,107 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="502A8EE2" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="368FC0C8" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE0ED3F" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="3BE97FC4" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15FA7753" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="07D762B7" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F000E1F" w14:textId="44C05689" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="6CF2B828" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14534,107 +14533,107 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="2F2FAB4D" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="512A6379" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10260A18" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="43E38203" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E5E06D9" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="09FF8044" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="362E7447" w14:textId="18397B4A" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="29E855A5" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14678,107 +14677,107 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="5C8BF88E" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="3AD7C7D1" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3863054A" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="6236EC33" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49CEABFE" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="70105929" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="725C5DEB" w14:textId="18A90D63" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="3E3964AB" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14822,107 +14821,107 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="6181F2BA" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="289C8947" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6997B169" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="031972A6" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B7DECB9" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="024FF5FE" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="019F90C8" w14:textId="28EF5E68" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="509CC0C8" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14966,107 +14965,107 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="2C83BDDD" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="26292A80" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6C44E2" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="184B25B6" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="739B6067" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="15F28472" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5687A2F7" w14:textId="2ACE3925" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="13CFCE47" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15110,107 +15109,107 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="0EBF95E4" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w14:paraId="2709E661" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB93C64" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="14502687" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F4E6EC3" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="61E2BB18" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="568A327C" w14:textId="7EFC3602" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="52306E72" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15254,107 +15253,107 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F6A24" w:rsidRPr="0036688E" w14:paraId="0E01CE44" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="003F6A24" w:rsidRPr="0036688E" w14:paraId="3EB23E4D" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="185A136B" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="41D7DE58" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52A7C18B" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="1179BE46" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="728907EC" w14:textId="08B8CAE4" w:rsidR="003F6A24" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="068530EA" w14:textId="77777777" w:rsidR="003F6A24" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15398,110 +15397,110 @@
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049774E" w:rsidRPr="0036688E" w14:paraId="36429B38" w14:textId="77777777" w:rsidTr="00B74832">
+      <w:tr w:rsidR="0049774E" w:rsidRPr="0036688E" w14:paraId="54BD4145" w14:textId="77777777" w:rsidTr="00B74832">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A8E360D" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="570CD9C7" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Fiziskās personas vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un adrese</w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (norādiet arī valsti un pasta indeksu)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CBC8310" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="230B7DEA" w14:textId="77777777" w:rsidR="00DD48D7" w:rsidRPr="00DD48D7" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="30292A25" w14:textId="16FCDDB3" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
+          <w:p w14:paraId="0AEA2C97" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00DD48D7" w:rsidP="00DD48D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15546,542 +15545,557 @@
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0036688E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34497BA7" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="0082467A">
+    <w:p w14:paraId="7B7DD88B" w14:textId="77777777" w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidRDefault="00CE5BE7" w:rsidP="0082467A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CE5BE7" w:rsidRPr="0036688E" w:rsidSect="00C7150F">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="369AF5FA" w14:textId="77777777" w:rsidR="00D409AB" w:rsidRDefault="00D409AB">
+    <w:p w14:paraId="6B3D4B8F" w14:textId="77777777" w:rsidR="000313F1" w:rsidRDefault="000313F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="029587AD" w14:textId="77777777" w:rsidR="00D409AB" w:rsidRDefault="00D409AB">
+    <w:p w14:paraId="76A1D9F3" w14:textId="77777777" w:rsidR="000313F1" w:rsidRDefault="000313F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15454E05" w14:textId="77777777" w:rsidR="00D409AB" w:rsidRDefault="00D409AB">
+    <w:p w14:paraId="29B7C53E" w14:textId="77777777" w:rsidR="000313F1" w:rsidRDefault="000313F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00ECF2D1" w14:textId="77777777" w:rsidR="00D409AB" w:rsidRDefault="00D409AB">
+    <w:p w14:paraId="232D2E7D" w14:textId="77777777" w:rsidR="000313F1" w:rsidRDefault="000313F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="391D9634" w14:textId="77777777" w:rsidR="00441D55" w:rsidRDefault="00441D55" w:rsidP="002F4863">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C68EED0" w14:textId="77777777" w:rsidR="00441D55" w:rsidRDefault="00441D55" w:rsidP="002F4863">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F1817CA" w14:textId="77777777" w:rsidR="00441D55" w:rsidRDefault="00441D55">
+  <w:p w14:paraId="509E617A" w14:textId="77777777" w:rsidR="00441D55" w:rsidRDefault="00441D55">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5DC87CA9" w14:textId="77777777" w:rsidR="00441D55" w:rsidRDefault="00441D55" w:rsidP="002F4863">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2D0C5D94" w14:textId="77777777" w:rsidR="00441D55" w:rsidRDefault="00441D55" w:rsidP="002F4863">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00991905">
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6F6343A5" w14:textId="77777777" w:rsidR="00441D55" w:rsidRDefault="00441D55" w:rsidP="001D50C4">
+  <w:p w14:paraId="4E6EB674" w14:textId="77777777" w:rsidR="00441D55" w:rsidRDefault="00441D55" w:rsidP="001D50C4">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4LIjGdl0zclEfS4H+ScmJiEVmkPhsxB4YNjWyuChS7ObzJdd9QNzrwle9+HYJqp/eiejCG8S6wgGTafGpuacbQ==" w:salt="zL17e8X7rVKDYfhvEpeKiw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fXwznI0r9x2N1UA9Tvz07wNIi9OLdrnJ63MrZ+Pz/yHmgF2DLKotfnAljhdV4Q+prBaHdMUYv9qU05oZYsqrfA==" w:salt="9WKYI/RvNz+O00OLHtMVng=="/>
   <w:defaultTabStop w:val="284"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E153F"/>
     <w:rsid w:val="000102E7"/>
     <w:rsid w:val="000113AC"/>
     <w:rsid w:val="00013476"/>
     <w:rsid w:val="0001386C"/>
     <w:rsid w:val="00020904"/>
     <w:rsid w:val="00030E3C"/>
+    <w:rsid w:val="000313F1"/>
     <w:rsid w:val="00046B44"/>
     <w:rsid w:val="00076862"/>
+    <w:rsid w:val="000941F9"/>
     <w:rsid w:val="000955C0"/>
     <w:rsid w:val="000964EE"/>
     <w:rsid w:val="000B6971"/>
     <w:rsid w:val="000C2C20"/>
     <w:rsid w:val="000C5435"/>
     <w:rsid w:val="000E4472"/>
     <w:rsid w:val="00102971"/>
     <w:rsid w:val="001212E1"/>
     <w:rsid w:val="00134511"/>
     <w:rsid w:val="001374FE"/>
     <w:rsid w:val="00156AEF"/>
     <w:rsid w:val="00167F36"/>
     <w:rsid w:val="00185B1F"/>
     <w:rsid w:val="001B537D"/>
     <w:rsid w:val="001D50C4"/>
     <w:rsid w:val="001E1C41"/>
     <w:rsid w:val="001E47C2"/>
     <w:rsid w:val="001F273A"/>
     <w:rsid w:val="001F5791"/>
     <w:rsid w:val="00201047"/>
     <w:rsid w:val="00204E90"/>
     <w:rsid w:val="002168BC"/>
+    <w:rsid w:val="00223E65"/>
     <w:rsid w:val="00233EDC"/>
     <w:rsid w:val="00254FC4"/>
     <w:rsid w:val="00260645"/>
     <w:rsid w:val="002652A9"/>
     <w:rsid w:val="00272B67"/>
     <w:rsid w:val="002860E4"/>
     <w:rsid w:val="00290A04"/>
     <w:rsid w:val="00292F75"/>
     <w:rsid w:val="002B2AB6"/>
     <w:rsid w:val="002B3173"/>
     <w:rsid w:val="002C30E1"/>
     <w:rsid w:val="002D08AE"/>
     <w:rsid w:val="002F4863"/>
     <w:rsid w:val="0030030C"/>
     <w:rsid w:val="00300E4C"/>
     <w:rsid w:val="00301775"/>
     <w:rsid w:val="00303540"/>
     <w:rsid w:val="00326D9E"/>
     <w:rsid w:val="00352333"/>
     <w:rsid w:val="0036688E"/>
     <w:rsid w:val="003752F2"/>
     <w:rsid w:val="00382350"/>
     <w:rsid w:val="00382D80"/>
+    <w:rsid w:val="003A7C23"/>
     <w:rsid w:val="003B115A"/>
     <w:rsid w:val="003B4947"/>
     <w:rsid w:val="003C62E1"/>
     <w:rsid w:val="003D16C9"/>
     <w:rsid w:val="003E3125"/>
     <w:rsid w:val="003E3B15"/>
     <w:rsid w:val="003F173A"/>
     <w:rsid w:val="003F6A24"/>
     <w:rsid w:val="00401A00"/>
     <w:rsid w:val="004024C7"/>
     <w:rsid w:val="004054B6"/>
     <w:rsid w:val="0042076E"/>
     <w:rsid w:val="004232B5"/>
     <w:rsid w:val="00430086"/>
     <w:rsid w:val="0043662B"/>
     <w:rsid w:val="00441D55"/>
     <w:rsid w:val="004505B8"/>
+    <w:rsid w:val="00456136"/>
     <w:rsid w:val="0049774E"/>
     <w:rsid w:val="004A12C5"/>
     <w:rsid w:val="004A3207"/>
     <w:rsid w:val="004B1D9D"/>
     <w:rsid w:val="004B28F4"/>
     <w:rsid w:val="004B36EA"/>
     <w:rsid w:val="004B522F"/>
     <w:rsid w:val="004C574A"/>
     <w:rsid w:val="004D398E"/>
     <w:rsid w:val="004F0875"/>
     <w:rsid w:val="005035EE"/>
     <w:rsid w:val="005243A9"/>
     <w:rsid w:val="00535D51"/>
+    <w:rsid w:val="00543E38"/>
     <w:rsid w:val="005558DB"/>
     <w:rsid w:val="005609F6"/>
+    <w:rsid w:val="00573693"/>
     <w:rsid w:val="00574691"/>
+    <w:rsid w:val="005A36C9"/>
     <w:rsid w:val="005B118D"/>
     <w:rsid w:val="005C2F8C"/>
     <w:rsid w:val="005C5AB2"/>
     <w:rsid w:val="005C5E59"/>
     <w:rsid w:val="005C7A7A"/>
     <w:rsid w:val="005F2E27"/>
+    <w:rsid w:val="006077E8"/>
     <w:rsid w:val="00621F15"/>
     <w:rsid w:val="00627545"/>
     <w:rsid w:val="00646486"/>
     <w:rsid w:val="006A7F28"/>
     <w:rsid w:val="006B1E85"/>
     <w:rsid w:val="006B7BCC"/>
     <w:rsid w:val="006C2B8B"/>
     <w:rsid w:val="006C5C27"/>
     <w:rsid w:val="006C7AC7"/>
     <w:rsid w:val="0070229E"/>
     <w:rsid w:val="00702C60"/>
     <w:rsid w:val="00705132"/>
     <w:rsid w:val="00717CFC"/>
     <w:rsid w:val="00724307"/>
     <w:rsid w:val="00740059"/>
     <w:rsid w:val="0074151C"/>
     <w:rsid w:val="00756758"/>
     <w:rsid w:val="0076488E"/>
     <w:rsid w:val="007741CC"/>
     <w:rsid w:val="0078225F"/>
     <w:rsid w:val="007A35FE"/>
     <w:rsid w:val="007A547C"/>
     <w:rsid w:val="007C3044"/>
     <w:rsid w:val="007D7C4F"/>
     <w:rsid w:val="007F58EC"/>
     <w:rsid w:val="00800B8D"/>
+    <w:rsid w:val="0080288D"/>
     <w:rsid w:val="00820E22"/>
     <w:rsid w:val="008210D4"/>
     <w:rsid w:val="0082467A"/>
     <w:rsid w:val="008353F4"/>
     <w:rsid w:val="00835453"/>
     <w:rsid w:val="008360E6"/>
     <w:rsid w:val="008451A7"/>
     <w:rsid w:val="00845BB3"/>
     <w:rsid w:val="0085276C"/>
     <w:rsid w:val="00855A19"/>
     <w:rsid w:val="00864280"/>
     <w:rsid w:val="008B4674"/>
     <w:rsid w:val="008B6159"/>
     <w:rsid w:val="008E153F"/>
     <w:rsid w:val="00913CAA"/>
     <w:rsid w:val="00966752"/>
     <w:rsid w:val="00967C7E"/>
     <w:rsid w:val="00991905"/>
     <w:rsid w:val="009927CB"/>
     <w:rsid w:val="00995BF9"/>
     <w:rsid w:val="009A0BBE"/>
     <w:rsid w:val="009C1164"/>
     <w:rsid w:val="009C3E6D"/>
     <w:rsid w:val="009D09AA"/>
     <w:rsid w:val="009E1318"/>
     <w:rsid w:val="009E21DE"/>
     <w:rsid w:val="009F32F2"/>
     <w:rsid w:val="009F7F8D"/>
     <w:rsid w:val="00A009E0"/>
     <w:rsid w:val="00A03E61"/>
     <w:rsid w:val="00A04EFC"/>
+    <w:rsid w:val="00A134F9"/>
     <w:rsid w:val="00A17D04"/>
     <w:rsid w:val="00A30B81"/>
     <w:rsid w:val="00A3695E"/>
     <w:rsid w:val="00A44EA6"/>
     <w:rsid w:val="00A81315"/>
     <w:rsid w:val="00A91182"/>
     <w:rsid w:val="00A9468D"/>
     <w:rsid w:val="00AA1043"/>
     <w:rsid w:val="00AA3C59"/>
     <w:rsid w:val="00AE521B"/>
     <w:rsid w:val="00AF647C"/>
     <w:rsid w:val="00B0315A"/>
     <w:rsid w:val="00B03A11"/>
     <w:rsid w:val="00B375D2"/>
     <w:rsid w:val="00B41BF9"/>
     <w:rsid w:val="00B64A7C"/>
     <w:rsid w:val="00B74832"/>
     <w:rsid w:val="00B81BFA"/>
     <w:rsid w:val="00B9071B"/>
     <w:rsid w:val="00B96BC9"/>
     <w:rsid w:val="00BB0221"/>
     <w:rsid w:val="00BD5E82"/>
     <w:rsid w:val="00BE20AC"/>
     <w:rsid w:val="00C119EA"/>
     <w:rsid w:val="00C23CBB"/>
     <w:rsid w:val="00C338CF"/>
     <w:rsid w:val="00C43C47"/>
     <w:rsid w:val="00C5746A"/>
     <w:rsid w:val="00C62998"/>
     <w:rsid w:val="00C7150F"/>
     <w:rsid w:val="00C72C25"/>
     <w:rsid w:val="00C81DEC"/>
     <w:rsid w:val="00C865E6"/>
     <w:rsid w:val="00C936E6"/>
     <w:rsid w:val="00C945A6"/>
+    <w:rsid w:val="00CA0B31"/>
+    <w:rsid w:val="00CA3934"/>
     <w:rsid w:val="00CC504E"/>
     <w:rsid w:val="00CD0D81"/>
     <w:rsid w:val="00CD6F10"/>
     <w:rsid w:val="00CE5BE7"/>
     <w:rsid w:val="00CF5FBD"/>
     <w:rsid w:val="00CF6A16"/>
     <w:rsid w:val="00D0423F"/>
     <w:rsid w:val="00D373EB"/>
     <w:rsid w:val="00D409AB"/>
     <w:rsid w:val="00D43B37"/>
     <w:rsid w:val="00D52D41"/>
     <w:rsid w:val="00D55DF1"/>
     <w:rsid w:val="00D56FCF"/>
     <w:rsid w:val="00D726CD"/>
     <w:rsid w:val="00D80134"/>
     <w:rsid w:val="00DB206B"/>
     <w:rsid w:val="00DB3129"/>
     <w:rsid w:val="00DB6944"/>
     <w:rsid w:val="00DC0661"/>
     <w:rsid w:val="00DC6A7C"/>
     <w:rsid w:val="00DD48D7"/>
     <w:rsid w:val="00DE7A3A"/>
     <w:rsid w:val="00E0147D"/>
     <w:rsid w:val="00E20FBE"/>
     <w:rsid w:val="00E40368"/>
     <w:rsid w:val="00E4644B"/>
     <w:rsid w:val="00E70156"/>
     <w:rsid w:val="00E757FA"/>
     <w:rsid w:val="00E82F62"/>
     <w:rsid w:val="00EA0958"/>
     <w:rsid w:val="00EA3438"/>
     <w:rsid w:val="00EB3DD1"/>
     <w:rsid w:val="00EB5B28"/>
     <w:rsid w:val="00EC4914"/>
     <w:rsid w:val="00ED1AA6"/>
     <w:rsid w:val="00ED5A9C"/>
+    <w:rsid w:val="00EF79D3"/>
     <w:rsid w:val="00F0576D"/>
     <w:rsid w:val="00F076BE"/>
     <w:rsid w:val="00F17F7C"/>
     <w:rsid w:val="00F26799"/>
     <w:rsid w:val="00F271B1"/>
     <w:rsid w:val="00F27701"/>
     <w:rsid w:val="00F30546"/>
     <w:rsid w:val="00F30922"/>
     <w:rsid w:val="00F34773"/>
     <w:rsid w:val="00F35BFE"/>
+    <w:rsid w:val="00F51A78"/>
     <w:rsid w:val="00F655C9"/>
     <w:rsid w:val="00F726E5"/>
     <w:rsid w:val="00F8409C"/>
     <w:rsid w:val="00F860E6"/>
     <w:rsid w:val="00FE66BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5FA68A8B"/>
+  <w14:docId w14:val="478860F5"/>
   <w14:defaultImageDpi w14:val="0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16540,122 +16554,124 @@
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002F4863"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
     <w:name w:val="Galvene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lappusesnumurs">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002F4863"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004232B5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="PamattekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F726E5"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsRakstz">
     <w:name w:val="Pamatteksts Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Pamatteksts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F726E5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>