--- v0 (2025-10-02)
+++ v1 (2025-11-26)
@@ -1,169 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1B5A135C" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="5E83843A" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">PREČU ZĪMES </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NODOŠANAS APLIECĪBA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A57401" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="767493D0" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CERTIFICATE OF TRANSFER OF TRADEMARK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072DB8F5" w14:textId="7F13819A" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="71577E3B" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PATENTU VALDEI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C83CB2C" w14:textId="2850FDF3" w:rsidR="0014036F" w:rsidRDefault="0014036F" w:rsidP="0014036F">
+    <w:p w14:paraId="44929E63" w14:textId="635C5471" w:rsidR="0014036F" w:rsidRDefault="00897FEC" w:rsidP="0014036F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B11B83">
+      <w:r w:rsidRPr="00897FEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Raiņa bulvāris 15, Rīga, LV-1050</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Citadeles iela 6A</w:t>
+      </w:r>
+      <w:r w:rsidR="0014036F" w:rsidRPr="00B11B83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:t>, Rīga, LV-10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0014036F" w:rsidRPr="00B11B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0014036F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Latvija</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6716461A" w14:textId="77777777" w:rsidR="0014036F" w:rsidRDefault="0014036F" w:rsidP="0014036F">
+    <w:p w14:paraId="47D306AB" w14:textId="77777777" w:rsidR="0014036F" w:rsidRDefault="0014036F" w:rsidP="0014036F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">E-pasts: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00E930DD">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
@@ -177,250 +201,238 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:br/>
         <w:t>Tālr.:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>+371 67099600</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19697B82" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="05B3ABA3" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E40C5D">
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="709" w:equalWidth="0">
             <w:col w:w="3006" w:space="4140"/>
             <w:col w:w="2493"/>
           </w:cols>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EB3DD53" w14:textId="57FD6193" w:rsidR="00E40C5D" w:rsidRDefault="0014036F">
+    <w:p w14:paraId="58CC33B3" w14:textId="6DA0C083" w:rsidR="00E40C5D" w:rsidRDefault="0097072E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C19E704" wp14:editId="19C5E560">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08362879" wp14:editId="0D721BCA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>723900</wp:posOffset>
+                  <wp:posOffset>723899</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="10160" r="8255" b="8890"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="329321178" name="Line 13"/>
+                <wp:docPr id="878368588" name="Taisns savienotājs 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="392CD03E" id="Line 13" o:spid="_x0000_s1026" style="position:absolute;z-index:-251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,57pt" to="481.9pt,57pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPbJ693AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3bRKTWM2RZRSlF7aCr1OkzEbzc6m2W0b/70jCHqbeW948718PrhWnagPjWcD41EC&#10;irj0VcO1gbft4iYFFSJyha1nMvBFAebF5UWOWeXPvKbTJtZKQjhkaMDG2GVah9KSwzDyHbF47753&#10;GGXta131eJZw1+pJkky1w4blg8WOniyVn5ujM4DPy3XcpZPX++bFrj62i8PSpgdjrq+GxwdQkYb4&#10;dww/+IIOhTDt/ZGroFoDUiSKOr6TQezZ9Faa7H8VXeT6f4HiGwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM9snr3cAAAACAEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="199A74BC" id="Taisns savienotājs 25" o:spid="_x0000_s1026" style="position:absolute;z-index:-251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,57pt" to="481.9pt,57pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPbJ693AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3bRKTWM2RZRSlF7aCr1OkzEbzc6m2W0b/70jCHqbeW948718PrhWnagPjWcD41EC&#10;irj0VcO1gbft4iYFFSJyha1nMvBFAebF5UWOWeXPvKbTJtZKQjhkaMDG2GVah9KSwzDyHbF47753&#10;GGXta131eJZw1+pJkky1w4blg8WOniyVn5ujM4DPy3XcpZPX++bFrj62i8PSpgdjrq+GxwdQkYb4&#10;dww/+IIOhTDt/ZGroFoDUiSKOr6TQezZ9Faa7H8VXeT6f4HiGwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM9snr3cAAAACAEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mēs, tiesību nodevējs (nodevēji) un tiesību saņēmējs (saņēmēji), ar parakstu apliecinām, ka īpašumtiesības uz reģistrāciju (reģistrācijām) u</w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n/</w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vai pieteikumu (pieteikumiem) ir nodotas saskaņā ar pušu noslēgto līgumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553EB4B5" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="2CE84FAB" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Apliecība attiecas uz šādu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> reģistrāciju (reģistrācijām) u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vai pieteikumu (pieteikumiem):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A771D2" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="67450D57" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="3600" w:hanging="3600"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
@@ -506,140 +518,129 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC67EF8" w14:textId="0154D76D" w:rsidR="00E40C5D" w:rsidRDefault="0014036F">
+    <w:p w14:paraId="5F1DA19D" w14:textId="71F8C91C" w:rsidR="00E40C5D" w:rsidRDefault="0097072E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="3600" w:hanging="3600"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78C03F6B" wp14:editId="039B8BF5">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20BB7184" wp14:editId="0647223A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>314960</wp:posOffset>
+                  <wp:posOffset>314959</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="13335" r="8255" b="15240"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="653968237" name="Line 3"/>
+                <wp:docPr id="2038952236" name="Taisns savienotājs 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="0929804C" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.8pt" to="481.9pt,24.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQCx4Gsk3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqENBIQ1xKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nZ4mSaodtiwNFnt6tFR9bg7OAD4t1/Etm77ctc929bFd7Jc22xtzeTE+3IOKNMa/&#10;Z/jBF3QohWnnD1wH1RmQIdHA7SwFJe4svZEhu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALHgayTcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="3CD5AE6F" id="Taisns savienotājs 23" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.8pt" to="481.9pt,24.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQCx4Gsk3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqENBIQ1xKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nZ4mSaodtiwNFnt6tFR9bg7OAD4t1/Etm77ctc929bFd7Jc22xtzeTE+3IOKNMa/&#10;Z/jBF3QohWnnD1wH1RmQIdHA7SwFJe4svZEhu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALHgayTcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:instrText>EQ \X(210)</w:instrText>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -715,51 +716,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D01EFB3" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="0ECDEA2A" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
@@ -808,239 +809,239 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pakalpojumi, uz kuriem attiecas tiesību nodošana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(atzīmēt tikai vienu no variantiem)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E556664" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:bookmarkStart w:id="0" w:name="Check2"/>
+    <w:p w14:paraId="0C9D16D7" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00926FF1">
-[...5 lines deleted...]
-      <w:r w:rsidR="00926FF1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>visas prece</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pakalpojumi, kuriem reģistrēta vai pieteikta preču zīme (zīmes)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D45E54A" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:bookmarkStart w:id="1" w:name="Check3"/>
+    <w:p w14:paraId="0181F7D2" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00926FF1">
-[...5 lines deleted...]
-      <w:r w:rsidR="00926FF1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>tikai šādas prece</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pakalpojumi no reģistrācijas vai pieteikuma saraksta (ja šī apliecība attiecas tikai uz vienu reģistrāciju vai pieteikumu):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7A355B" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="720CF23A" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1091,198 +1092,186 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445DA612" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="75B58B16" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57B8DB5A" w14:textId="47AAED8F" w:rsidR="00E40C5D" w:rsidRDefault="0014036F">
+    <w:p w14:paraId="50A5C5A6" w14:textId="06B0DE77" w:rsidR="00E40C5D" w:rsidRDefault="0097072E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="024DEA34" wp14:editId="34C36949">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51FE9A56" wp14:editId="12D4BF05">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>487680</wp:posOffset>
+                  <wp:posOffset>487679</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="12700" r="8255" b="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="498650389" name="Line 14"/>
+                <wp:docPr id="226712467" name="Taisns savienotājs 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="5E1E34E1" id="Line 14" o:spid="_x0000_s1026" style="position:absolute;z-index:-251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,38.4pt" to="481.9pt,38.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxhour3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8Mw&#10;DIXvSPyHyEjcWMqQuq40nRBomkBctiHt6rWmKTRO12Rb+fcYcYCbn5/13udiMbpOnWgIrWcDt5ME&#10;FHHl65YbA2/b5U0GKkTkGjvPZOCLAizKy4sC89qfeU2nTWyUhHDI0YCNsc+1DpUlh2Hie2Lx3v3g&#10;MIocGl0PeJZw1+lpkqTaYcvSYLGnR0vV5+boDODTah132fRl1j7b14/t8rCy2cGY66vx4R5UpDH+&#10;HcMPvqBDKUx7f+Q6qM6APBINzFLhF3ee3smw/13ostD/8ctvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPGGi6vcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="3781702D" id="Taisns savienotājs 21" o:spid="_x0000_s1026" style="position:absolute;z-index:-251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,38.4pt" to="481.9pt,38.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxhour3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8Mw&#10;DIXvSPyHyEjcWMqQuq40nRBomkBctiHt6rWmKTRO12Rb+fcYcYCbn5/13udiMbpOnWgIrWcDt5ME&#10;FHHl65YbA2/b5U0GKkTkGjvPZOCLAizKy4sC89qfeU2nTWyUhHDI0YCNsc+1DpUlh2Hie2Lx3v3g&#10;MIocGl0PeJZw1+lpkqTaYcvSYLGnR0vV5+boDODTah132fRl1j7b14/t8rCy2cGY66vx4R5UpDH+&#10;HcMPvqBDKUx7f+Q6qM6APBINzFLhF3ee3smw/13ostD/8ctvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPGGi6vcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:bookmarkStart w:id="2" w:name="Check4"/>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check4"/>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00926FF1">
-[...5 lines deleted...]
-      <w:r w:rsidR="00926FF1">
+      <w:r w:rsidR="00E40C5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>preč</w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
@@ -1302,51 +1291,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pakalpojumu saraksti, kas attiecas uz konkrētiem pieteikumiem u</w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n/</w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vai reģistrācijām, pievienoti pielikumā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C3EB3A" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="029C587C" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -1362,51 +1351,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību nodevējs (nodevēji):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C24009D" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="42FB4518" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1458,178 +1447,166 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C385A22" w14:textId="334117BE" w:rsidR="00E40C5D" w:rsidRDefault="0014036F">
+    <w:p w14:paraId="3C967E77" w14:textId="4796094C" w:rsidR="00E40C5D" w:rsidRDefault="0097072E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="021E89F6" wp14:editId="1BC36D34">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F73B6BA" wp14:editId="00A4A68C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="13970" r="11430" b="5080"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1784150427" name="Line 27"/>
+                <wp:docPr id="1977913562" name="Taisns savienotājs 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="0B691975" id="Line 27" o:spid="_x0000_s1026" style="position:absolute;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="5401D927" id="Taisns savienotājs 19" o:spid="_x0000_s1026" style="position:absolute;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E68EB1" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="747E766A" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>juridiskām pers. – pilns nosaukums, fiziskām pers. – vārds, uzvārds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFCC298" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="3291C2E2" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1681,285 +1658,261 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC1EDB9" w14:textId="2BCB91A1" w:rsidR="00E40C5D" w:rsidRDefault="0014036F">
+    <w:p w14:paraId="1CEE340B" w14:textId="76697A1C" w:rsidR="00E40C5D" w:rsidRDefault="0097072E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="689F5744" wp14:editId="1B1FBE13">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0535BD1D" wp14:editId="5D7BEE15">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="11430" r="11430" b="7620"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="2075846632" name="Line 28"/>
+                <wp:docPr id="1879201066" name="Taisns savienotājs 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="361D3A83" id="Line 28" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="29F35D25" id="Taisns savienotājs 17" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C9CE5E" w14:textId="075BE784" w:rsidR="00E40C5D" w:rsidRPr="000A1B34" w:rsidRDefault="0014036F" w:rsidP="000A1B34">
+    <w:p w14:paraId="794F3899" w14:textId="15C30FF7" w:rsidR="00E40C5D" w:rsidRPr="000A1B34" w:rsidRDefault="0097072E" w:rsidP="000A1B34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="2410" w:hanging="2410"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43E3C5AF" wp14:editId="62CA5641">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79A4B635" wp14:editId="510A5DF3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>302895</wp:posOffset>
+                  <wp:posOffset>302894</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="10160" r="8255" b="8890"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1409437238" name="Line 29"/>
+                <wp:docPr id="1408410519" name="Taisns savienotājs 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="4DDCF0A4" id="Line 29" o:spid="_x0000_s1026" style="position:absolute;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,23.85pt" to="481.9pt,23.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQClLGUX3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqENBTQhxKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nZ4myUw7bFkaLPb0aKn63BycAXxaruNbNn1J22e7+tgu9kub7Y25vBgf7kFFGuPf&#10;M/zgCzqUwrTzB66D6gzIkGjgNk1BiXs3u5Ehu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKUsZRfcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="2A67EE75" id="Taisns savienotājs 15" o:spid="_x0000_s1026" style="position:absolute;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,23.85pt" to="481.9pt,23.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQClLGUX3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqENBTQhxKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nZ4myUw7bFkaLPb0aKn63BycAXxaruNbNn1J22e7+tgu9kub7Y25vBgf7kFFGuPf&#10;M/zgCzqUwrTzB66D6gzIkGjgNk1BiXs3u5Ehu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKUsZRfcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>adrese, valsts (kods)</w:t>
       </w:r>
       <w:r w:rsidR="000A1B34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A317DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>(juridiskās</w:t>
       </w:r>
       <w:r w:rsidR="002B4E6E" w:rsidRPr="000A1B34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> personas norāda savu juridisko adresi, Latvijas fiziskās personas – deklarētās dzīvesvietas adresi, ārvalstu fiziskās personas – pastāvīgās dzīvesvietas adresi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FE9EDF" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="6F3B4508" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
@@ -1971,51 +1924,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību saņēmējs (saņēmēji):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B21D017" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="4FD4430F" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2067,178 +2020,166 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B38DE98" w14:textId="7D2940DD" w:rsidR="00E40C5D" w:rsidRDefault="0014036F">
+    <w:p w14:paraId="1D1D79BB" w14:textId="5F5D1D1C" w:rsidR="00E40C5D" w:rsidRDefault="0097072E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="142391AF" wp14:editId="0C8C4B16">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EEF03B1" wp14:editId="5D249460">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="5715" r="11430" b="13335"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="420478068" name="Line 30"/>
+                <wp:docPr id="524515798" name="Taisns savienotājs 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="230928B9" id="Line 30" o:spid="_x0000_s1026" style="position:absolute;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="5D2E737A" id="Taisns savienotājs 13" o:spid="_x0000_s1026" style="position:absolute;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC037B3" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D" w:rsidP="000A1B34">
+    <w:p w14:paraId="0ED3C843" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D" w:rsidP="000A1B34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>juridiskām pers. – pilns nosaukums, fiziskām pers. – vārds, uzvārds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2596A2" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="6DB67732" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2290,313 +2231,289 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29109F11" w14:textId="3DA638AB" w:rsidR="00E40C5D" w:rsidRDefault="0014036F">
+    <w:p w14:paraId="0C07B699" w14:textId="6FE3C99D" w:rsidR="00E40C5D" w:rsidRDefault="0097072E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3398A883" wp14:editId="696AB4C7">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="726D81A1" wp14:editId="5E6F5384">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="12700" r="11430" b="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1322465828" name="Line 31"/>
+                <wp:docPr id="996067883" name="Taisns savienotājs 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="7FAE2311" id="Line 31" o:spid="_x0000_s1026" style="position:absolute;z-index:-251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="701652D0" id="Taisns savienotājs 11" o:spid="_x0000_s1026" style="position:absolute;z-index:-251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB31D53" w14:textId="0E4191F5" w:rsidR="00E40C5D" w:rsidRPr="000A1B34" w:rsidRDefault="0014036F" w:rsidP="000A1B34">
+    <w:p w14:paraId="1EF4C1C2" w14:textId="65AC1050" w:rsidR="00E40C5D" w:rsidRPr="000A1B34" w:rsidRDefault="0097072E" w:rsidP="000A1B34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="2410" w:hanging="2410"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02857D70" wp14:editId="472FC266">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E12DFA4" wp14:editId="4605C038">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>312420</wp:posOffset>
+                  <wp:posOffset>312419</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="11430" r="8255" b="7620"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="310554309" name="Line 32"/>
+                <wp:docPr id="1975800544" name="Taisns savienotājs 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="5C5325BF" id="Line 32" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.6pt" to="481.9pt,24.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDEtVP13AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqENAJQ1xKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nU6TZKodtiwNFnt6tFR9bg7OAD4t1/EtS1/u2me7+tgu9kub7Y25vBgf7kFFGuPf&#10;M/zgCzqUwrTzB66D6gzIkGjgdpaCEnc2vZEhu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAMS1U/XcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="478CCCB0" id="Taisns savienotājs 9" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,24.6pt" to="481.9pt,24.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDEtVP13AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqENAJQ1xKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nU6TZKodtiwNFnt6tFR9bg7OAD4t1/EtS1/u2me7+tgu9kub7Y25vBgf7kFFGuPf&#10;M/zgCzqUwrTzB66D6gzIkGjgdpaCEnc2vZEhu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAMS1U/XcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>adrese, valsts (kods)</w:t>
       </w:r>
       <w:r w:rsidR="000A1B34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A317DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>(juridiskās</w:t>
       </w:r>
       <w:r w:rsidR="002B4E6E" w:rsidRPr="000A1B34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> personas norāda savu juridisko adresi, Latvijas fiziskās personas – deklarētās dzīvesvietas adresi, ārvalstu fiziskās personas – pastāvīgās dzīvesvietas adresi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B78E44C" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="2EB9EF77" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību nodevēja (nodevēju) paraksts (paraksti)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DB2E39" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="2E2486B7" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2648,267 +2565,244 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8908CA" w14:textId="5CE5FB7B" w:rsidR="00E40C5D" w:rsidRDefault="0014036F">
+    <w:p w14:paraId="4A50F631" w14:textId="2FC913AB" w:rsidR="00E40C5D" w:rsidRDefault="0097072E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5629EEFA" wp14:editId="4189C20B">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="651A94FB" wp14:editId="15065A76">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="10795" r="11430" b="8255"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1492428376" name="Line 18"/>
+                <wp:docPr id="1272512665" name="Taisns savienotājs 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="506D1650" id="Line 18" o:spid="_x0000_s1026" style="position:absolute;z-index:-251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="3880EA60" id="Taisns savienotājs 7" o:spid="_x0000_s1026" style="position:absolute;z-index:-251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A22FD2F" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="1F019C3B" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>vārds, uzvārds, amats; paraksts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B57B8B6" w14:textId="32AAC32B" w:rsidR="00E40C5D" w:rsidRDefault="0014036F" w:rsidP="00BE6393">
+    <w:p w14:paraId="1BD34287" w14:textId="296BC60B" w:rsidR="00E40C5D" w:rsidRDefault="0097072E" w:rsidP="00BE6393">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21C1DCFE" wp14:editId="6F4484E2">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47D24B82" wp14:editId="2B59A716">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>402590</wp:posOffset>
+                  <wp:posOffset>402589</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="6985" r="8255" b="12065"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1923780265" name="Line 34"/>
+                <wp:docPr id="1727050892" name="Taisns savienotājs 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="491A93A4" id="Line 34" o:spid="_x0000_s1026" style="position:absolute;z-index:-251652608;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.7pt" to="481.9pt,31.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDskMnU3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqEOLQghxKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nZ4mSaodtiwNFnt6tFR9bg7OAD4t1/Etm77cts929bFd7Jc22xtzeTE+3IOKNMa/&#10;Z/jBF3QohWnnD1wH1RmQIdFAOrsBJe5dOpMhu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOyQydTcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="1E6C4AA0" id="Taisns savienotājs 5" o:spid="_x0000_s1026" style="position:absolute;z-index:-251652608;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.7pt" to="481.9pt,31.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDskMnU3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqEOLQghxKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nZ4mSaodtiwNFnt6tFR9bg7OAD4t1/Etm77cts929bFd7Jc22xtzeTE+3IOKNMa/&#10;Z/jBF3QohWnnD1wH1RmQIdFAOrsBJe5dOpMhu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOyQydTcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Parakstīšanas datums </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(DD.MM.GGGG)</w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
@@ -2974,79 +2868,79 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F55E048" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="12ABE646" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tiesību saņēmēja (saņēmēju) paraksts (paraksti)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C89EC8A" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="67ADCBDE" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3098,267 +2992,244 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="024467CB" w14:textId="3B26F2FE" w:rsidR="00E40C5D" w:rsidRDefault="0014036F">
+    <w:p w14:paraId="1172E595" w14:textId="19BB01F4" w:rsidR="00E40C5D" w:rsidRDefault="0097072E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2547C388" wp14:editId="135190A6">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69A78A66" wp14:editId="3875C95F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>456565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>19049</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5669915" cy="0"/>
-                <wp:effectExtent l="5080" t="11430" r="11430" b="7620"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="1330796104" name="Line 20"/>
+                <wp:docPr id="514243901" name="Taisns savienotājs 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5669915" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="24ADC543" id="Line 20" o:spid="_x0000_s1026" style="position:absolute;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
+              <v:line w14:anchorId="025F1421" id="Taisns savienotājs 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="35.95pt,1.5pt" to="482.4pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYVGuPsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JFiNOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4Iokg+vfdEr+6OoxMHQ2zRt3I+q6UwXqG2vm/lz5fHT1+k&#10;4Aheg0NvWnkyLO/WHz+sptCYGxzQaUMigXhuptDKIcbQVBWrwYzAMwzGp2SHNEJMIfWVJpgS+uiq&#10;m7peVhOSDoTKMKfT+7ekXBf8rjMq/ug6NlG4ViZusaxU1l1eq/UKmp4gDFadacA/sBjB+nTpFeoe&#10;Iog92b+gRqsIGbs4UzhW2HVWmaIhqZnXf6h5HiCYoiWZw+FqE/8/WPX9sPFbytTV0T+HJ1SvLDxu&#10;BvC9KQReTiE93DxbVU2Bm2tLDjhsSeymb6hTDewjFheOHY0ZMukTx2L26Wq2OUah0uFiuby9nS+k&#10;UJdcBc2lMRDHrwZHkTetdNZnH6CBwxPHTASaS0k+9vhonStv6byYWrn8vKhLA6OzOidzGVO/2zgS&#10;B8jTUL6iKmXelxHuvS5ggwH9cN5HsO5tny53/mxG1p+HjZsd6tOWLial5yosz6OV5+F9XLp//wDr&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoEyCFhjgVQgriwqEFcXbjJYmw11HsxoGvZ+ECx9GMZt5U28VZMeMUBk8K8lUG&#10;Aqn1ZqBOwetLc3ELIkRNRltPqOATA2zr05NKl8Yn2uG8j53gEgqlVtDHOJZShrZHp8PKj0jsvfvJ&#10;6chy6qSZdOJyZ+Vllq2l0wPxQq9HfOix/dgfnQLK45tNKaZ5+ioei7xonrLnRqnzs+X+DkTEJf6F&#10;4Qef0aFmpoM/kgnCKrjJN5xUcMWP2N6sr/nJ4VfLupL/8etvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJhUa4+wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALSNZdfaAAAABgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".5pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="154E7B64" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="7FDE481C" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>vārds, uzvārds, amats; paraksts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE057FC" w14:textId="4EF1B4D9" w:rsidR="00E40C5D" w:rsidRDefault="0014036F" w:rsidP="00BE6393">
+    <w:p w14:paraId="0D816937" w14:textId="0CEEE781" w:rsidR="00E40C5D" w:rsidRDefault="0097072E" w:rsidP="00BE6393">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D250848" wp14:editId="34FC5265">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B755288" wp14:editId="579F14D4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>402590</wp:posOffset>
+                  <wp:posOffset>402589</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6120130" cy="0"/>
-                <wp:effectExtent l="15240" t="7620" r="8255" b="11430"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="991153338" name="Line 33"/>
+                <wp:docPr id="787252137" name="Taisns savienotājs 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6120130" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="091A3B0E" id="Line 33" o:spid="_x0000_s1026" style="position:absolute;z-index:-251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.7pt" to="481.9pt,31.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDskMnU3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqEOLQghxKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nZ4mSaodtiwNFnt6tFR9bg7OAD4t1/Etm77cts929bFd7Jc22xtzeTE+3IOKNMa/&#10;Z/jBF3QohWnnD1wH1RmQIdFAOrsBJe5dOpMhu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOyQydTcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
+              <v:line w14:anchorId="32124669" id="Taisns savienotājs 1" o:spid="_x0000_s1026" style="position:absolute;z-index:-251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,31.7pt" to="481.9pt,31.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9UiLKrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyoBuMOD2k7S7d&#10;FqDtBzCSbAuVRUFUYufvR6lJVmy3YT4Ikkg+vfdIr2/n0YmjiWTRt3K5qKUwXqG2vm/ly/PDp69S&#10;UAKvwaE3rTwZkrebjx/WU2jMCgd02kTBIJ6aKbRySCk0VUVqMCPQAoPxHOwwjpD4GPtKR5gYfXTV&#10;qq5vqgmjDhGVIeLbu7eg3BT8rjMq/ew6Mkm4VjK3VNZY1n1eq80amj5CGKw604B/YDGC9fzoFeoO&#10;EohDtH9BjVZFJOzSQuFYYddZZYoGVrOs/1DzNEAwRQubQ+FqE/0/WPXjuPW7mKmr2T+FR1SvJDxu&#10;B/C9KQSeT4Ebt8xWVVOg5lqSDxR2Ueyn76g5Bw4JiwtzF8cMyfrEXMw+Xc02cxKKL2+WrPgz90Rd&#10;YhU0l8IQKX0zOIq8aaWzPvsADRwfKWUi0FxS8rXHB+tc6aXzYmK2qy91XSoIndU5mvMo9vuti+II&#10;eRzKV2Rx5H1axIPXBW0woO/P+wTWve35defPbmQD8rRRs0d92sWLS9yvQvM8W3kg3p9L9e8/YPML&#10;AAD//wMAUEsDBBQABgAIAAAAIQDskMnU3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqEOLQghxKgSqKlAvbZG4bpMlDsTrNHbb8Pcs4gDH2VnNvCnmo+vUkYbQejZwPUlA&#10;EVe+brkx8LpdXGWgQkSusfNMBr4owLw8Pyswr/2J13TcxEZJCIccDdgY+1zrUFlyGCa+Jxbv3Q8O&#10;o8ih0fWAJwl3nZ4mSaodtiwNFnt6tFR9bg7OAD4t1/Etm77cts929bFd7Jc22xtzeTE+3IOKNMa/&#10;Z/jBF3QohWnnD1wH1RmQIdFAOrsBJe5dOpMhu9+DLgv9H7/8BgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAD1SIsquAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOyQydTcAAAABgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight="1pt">
                 <w10:wrap type="square"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Parakstīšanas datums </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(DD.MM.GGGG)</w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
@@ -3424,98 +3295,98 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40C5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9C5947" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
+    <w:p w14:paraId="38AE0D04" w14:textId="77777777" w:rsidR="00E40C5D" w:rsidRDefault="00E40C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00926FF1">
-[...5 lines deleted...]
-      <w:r w:rsidR="00926FF1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3583,450 +3454,514 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> papildu lapas</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E40C5D">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10382BDC" w14:textId="77777777" w:rsidR="007909E5" w:rsidRDefault="007909E5">
+    <w:p w14:paraId="58FABD49" w14:textId="77777777" w:rsidR="00493C79" w:rsidRDefault="00493C79">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A6402F0" w14:textId="77777777" w:rsidR="007909E5" w:rsidRDefault="007909E5">
+    <w:p w14:paraId="7B4CFD9F" w14:textId="77777777" w:rsidR="00493C79" w:rsidRDefault="00493C79">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53D45FE1" w14:textId="77777777" w:rsidR="007909E5" w:rsidRDefault="007909E5">
+    <w:p w14:paraId="38A399CE" w14:textId="77777777" w:rsidR="00493C79" w:rsidRDefault="00493C79">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63BFA90E" w14:textId="77777777" w:rsidR="007909E5" w:rsidRDefault="007909E5">
+    <w:p w14:paraId="5D482876" w14:textId="77777777" w:rsidR="00493C79" w:rsidRDefault="00493C79">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="42C29984"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E998ECF2"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="D3FE2ED6"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="D890CDEE"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="B8AACE90"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="F466B002"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="DA72FD16"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0248CD36"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="43742C0C"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Sarakstanumurs"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="26C6EA52"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Sarakstaaizzme"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="704210457">
+  <w:num w:numId="1" w16cid:durableId="1059549568">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="565651665">
+  <w:num w:numId="2" w16cid:durableId="759527121">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="592668884">
+  <w:num w:numId="3" w16cid:durableId="75396048">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1840542705">
+  <w:num w:numId="4" w16cid:durableId="1770466930">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1117866992">
+  <w:num w:numId="5" w16cid:durableId="2134444283">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="181868600">
+  <w:num w:numId="6" w16cid:durableId="580988350">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1497840714">
+  <w:num w:numId="7" w16cid:durableId="779641967">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="373817945">
+  <w:num w:numId="8" w16cid:durableId="992562999">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1344285056">
+  <w:num w:numId="9" w16cid:durableId="1072583294">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1578441719">
+  <w:num w:numId="10" w16cid:durableId="1249920943">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1697080643">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="313533867">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1258364686">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="384331673">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2114007081">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1526288420">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1233544898">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1682661216">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="869882361">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2040622815">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qpbGVW+LulkzF0mg3pzGD2eaEnMkZh9frfgp0NyppcrloAP3C9Qa+lFPsN5CkH0LHkdDSCmmzH9VClyX1PplXw==" w:salt="uDPUZJztFB9nisk7DgdH3g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ci7MmxbwLGESGOaTs9txrnbwaSHUMal+VnV13JFwNZaEFvYeKZyx2i9wk6jZJx5yDjNgjYY3ZWScNf7d487Eyg==" w:salt="C6e34ggUNlLOIi5NBO3kgw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B4E6E"/>
     <w:rsid w:val="00036860"/>
     <w:rsid w:val="000A1B34"/>
     <w:rsid w:val="0014036F"/>
     <w:rsid w:val="0021483C"/>
     <w:rsid w:val="002B4E6E"/>
     <w:rsid w:val="00350DE8"/>
+    <w:rsid w:val="003E2696"/>
+    <w:rsid w:val="00493C79"/>
     <w:rsid w:val="005F081C"/>
     <w:rsid w:val="00706144"/>
+    <w:rsid w:val="00714C76"/>
     <w:rsid w:val="00754EA7"/>
     <w:rsid w:val="007909E5"/>
+    <w:rsid w:val="00897FEC"/>
     <w:rsid w:val="008C709F"/>
     <w:rsid w:val="00926FF1"/>
+    <w:rsid w:val="0097072E"/>
     <w:rsid w:val="00A317DE"/>
     <w:rsid w:val="00A83CFD"/>
     <w:rsid w:val="00AE3EFE"/>
+    <w:rsid w:val="00B11B83"/>
+    <w:rsid w:val="00BB15EB"/>
     <w:rsid w:val="00BE0793"/>
     <w:rsid w:val="00BE6393"/>
+    <w:rsid w:val="00C56566"/>
+    <w:rsid w:val="00CA29B0"/>
     <w:rsid w:val="00E40C5D"/>
+    <w:rsid w:val="00E64A2F"/>
     <w:rsid w:val="00E771FF"/>
+    <w:rsid w:val="00E930DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="721631EC"/>
-  <w15:chartTrackingRefBased/>
+  <w14:docId w14:val="005C19C6"/>
+  <w14:defaultImageDpi w14:val="0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4383,1048 +4318,1674 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts5Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts6Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts7Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts8Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts9Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
+    <w:name w:val="Virsraksts 5 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts6Rakstz">
+    <w:name w:val="Virsraksts 6 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts7Rakstz">
+    <w:name w:val="Virsraksts 7 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts8Rakstz">
+    <w:name w:val="Virsraksts 8 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
+    <w:name w:val="Virsraksts 9 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstabloks">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsRakstz">
+    <w:name w:val="Pamatteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamatteksts2Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts2Rakstz">
+    <w:name w:val="Pamatteksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamatteksts3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamatteksts3Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts3Rakstz">
+    <w:name w:val="Pamatteksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstapirmatkpe">
     <w:name w:val="Body Text First Indent"/>
     <w:basedOn w:val="Pamatteksts"/>
+    <w:link w:val="PamattekstapirmatkpeRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstapirmatkpeRakstz">
+    <w:name w:val="Pamatteksta pirmā atkāpe Rakstz."/>
+    <w:basedOn w:val="PamattekstsRakstz"/>
+    <w:link w:val="Pamattekstapirmatkpe"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstsaratkpi">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsaratkpiRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsaratkpiRakstz">
+    <w:name w:val="Pamatteksts ar atkāpi Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstsaratkpi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstapirmatkpe2">
     <w:name w:val="Body Text First Indent 2"/>
     <w:basedOn w:val="Pamattekstsaratkpi"/>
+    <w:link w:val="Pamattekstapirmatkpe2Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamattekstapirmatkpe2Rakstz">
+    <w:name w:val="Pamatteksta pirmā atkāpe 2 Rakstz."/>
+    <w:basedOn w:val="PamattekstsaratkpiRakstz"/>
+    <w:link w:val="Pamattekstapirmatkpe2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstaatkpe2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamattekstaatkpe2Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamattekstaatkpe2Rakstz">
+    <w:name w:val="Pamatteksta atkāpe 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstaatkpe2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Pamattekstaatkpe3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamattekstaatkpe3Rakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamattekstaatkpe3Rakstz">
+    <w:name w:val="Pamatteksta atkāpe 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstaatkpe3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Parakstszemobjekta">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="35"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Noslgums">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="NoslgumsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoslgumsRakstz">
+    <w:name w:val="Noslēgums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Noslgums"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:semiHidden/>
-    <w:rPr>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Datums">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="DatumsRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DatumsRakstz">
+    <w:name w:val="Datums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Datums"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Dokumentakarte">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="DokumentakarteRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DokumentakarteRakstz">
+    <w:name w:val="Dokumenta karte Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Dokumentakarte"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...3 lines deleted...]
-    <w:basedOn w:val="Parasts"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-pastaparaksts">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="E-pastaparakstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-pastaparakstsRakstz">
+    <w:name w:val="E-pasta paraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="E-pastaparaksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Izclums">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Beiguvresatsauce">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Beiguvresteksts">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BeiguvrestekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Datums">
-[...40 lines deleted...]
-      <w:szCs w:val="20"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BeiguvrestekstsRakstz">
+    <w:name w:val="Beigu vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Beiguvresteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Adreseuzaploksnes">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:ind w:left="2880"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Atpakaadreseuzaploksnes">
     <w:name w:val="envelope return"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vresteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="HTMLakronms">
     <w:name w:val="HTML Acronym"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLadrese">
     <w:name w:val="HTML Address"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="HTMLadreseRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLadreseRakstz">
+    <w:name w:val="HTML adrese Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="HTMLadrese"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="HTMLcitts">
     <w:name w:val="HTML Cite"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
-      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLkods">
     <w:name w:val="HTML Code"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLdefincija">
     <w:name w:val="HTML Definition"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
-      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLtastatra">
     <w:name w:val="HTML Keyboard"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLiepriekformattais">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="HTMLiepriekformattaisRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLiepriekformattaisRakstz">
+    <w:name w:val="HTML iepriekšformatētais Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="HTMLiepriekformattais"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="HTMLparaugs">
     <w:name w:val="HTML Sample"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLrakstmmana">
     <w:name w:val="HTML Typewriter"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLmaingais">
     <w:name w:val="HTML Variable"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
-      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs1">
     <w:name w:val="index 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs2">
     <w:name w:val="index 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs3">
     <w:name w:val="index 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs4">
     <w:name w:val="index 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="960" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs5">
     <w:name w:val="index 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1200" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs6">
     <w:name w:val="index 6"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs7">
     <w:name w:val="index 7"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1680" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs8">
     <w:name w:val="index 8"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1920" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskaisrdtjs9">
     <w:name w:val="index 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="2160" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alfabtiskrdtjavirsraksts">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Alfabtiskaisrdtjs1"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rindiasnumurs">
     <w:name w:val="line number"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts">
     <w:name w:val="List"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts2">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts3">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts4">
     <w:name w:val="List 4"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="1132" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saraksts5">
     <w:name w:val="List 5"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="1415" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="12"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaaizzme5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="15"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums3">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="849"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums4">
     <w:name w:val="List Continue 4"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1132"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstaturpinjums5">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1415"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="16"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="17"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="18"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="19"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstanumurs5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="10"/>
+        <w:numId w:val="20"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Makroteksts">
     <w:name w:val="macro"/>
+    <w:link w:val="MakrotekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MakrotekstsRakstz">
+    <w:name w:val="Makro teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Makroteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Ziojumaieskums">
     <w:name w:val="Message Header"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="ZiojumaieskumsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZiojumaieskumsRakstz">
+    <w:name w:val="Ziņojuma iesākums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Ziojumaieskums"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Paraststmeklis">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Parastaatkpe">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piezmesvirsraksts">
     <w:name w:val="Note Heading"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="PiezmesvirsrakstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiezmesvirsrakstsRakstz">
+    <w:name w:val="Piezīmes virsraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Piezmesvirsraksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lappusesnumurs">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vienkrsteksts">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VienkrstekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VienkrstekstsRakstz">
+    <w:name w:val="Vienkāršs teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vienkrsteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Uzruna">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="UzrunaRakstz"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UzrunaRakstz">
+    <w:name w:val="Uzruna Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Uzruna"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paraksts">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="ParakstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ParakstsRakstz">
+    <w:name w:val="Paraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Paraksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izteiksmgs">
     <w:name w:val="Strong"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="ApakvirsrakstsRakstz"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
+    <w:name w:val="Apakšvirsraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Apakvirsraksts"/>
+    <w:uiPriority w:val="11"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Izmantotsliteratrassaraksts">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ilustrcijusaraksts">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="NosaukumsRakstz"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
+    <w:name w:val="Nosaukums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Nosaukums"/>
+    <w:uiPriority w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Izmantotsliteratrassarakstavirsraksts">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Saturs9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
     <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
+  <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
@@ -5685,74 +6246,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1436</Words>
   <Characters>819</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PATENTTIESĪBU   NODOŠANAS   AKTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2251</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PATENTTIESĪBU   NODOŠANAS   AKTS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description> </dc:description>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>