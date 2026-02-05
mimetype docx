--- v0 (2025-10-03)
+++ v1 (2026-02-05)
@@ -1,361 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5476048D" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00BB7B81">
-[...3 lines deleted...]
-        <w:ind w:left="7919" w:right="272" w:firstLine="667"/>
+    <w:p w14:paraId="401A2742" w14:textId="77777777" w:rsidR="00D77F51" w:rsidRDefault="00D77F51">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:color w:val="414142"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD337A3" w14:textId="77777777" w:rsidR="00466425" w:rsidRPr="00F06E88" w:rsidRDefault="00466425" w:rsidP="00466425">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:ind w:right="100"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB7B81">
-[...49 lines deleted...]
-        <w:ind w:right="140"/>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Patentu valdei</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C52494F" w14:textId="77777777" w:rsidR="00466425" w:rsidRDefault="00466425" w:rsidP="00466425">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="6"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="28F5C9FF" w14:textId="67B865DF" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="000963E3">
+          <w:sz w:val="14"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F5C9FF" w14:textId="776E44CC" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00D77F51" w:rsidP="00466425">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="6"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...74 lines deleted...]
-    <w:p w14:paraId="7852FB66" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00BB7B81">
+          <w:sz w:val="14"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7852FB66" w14:textId="1C5419D6" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00D77F51" w:rsidP="00D77F51">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="134"/>
         <w:ind w:left="2081"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BB7B81">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7B81" w:rsidRPr="00BB7B81">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>(vārds, uzvārds)</w:t>
-      </w:r>
-[...116 lines deleted...]
-        <w:t>kods)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF4FCAB" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00E64173">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="748E1BE9" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00BB7B81">
       <w:pPr>
         <w:pStyle w:val="Virsraksts1"/>
         <w:ind w:left="4413" w:right="4435"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091118B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -592,51 +365,51 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2BED8648" wp14:editId="52454269">
             <wp:extent cx="115570" cy="115570"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="115570" cy="115570"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
@@ -686,51 +459,51 @@
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46119035" wp14:editId="2AD627D5">
             <wp:extent cx="115570" cy="115570"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="115570" cy="115570"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="1"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -837,51 +610,51 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="739ADC21" wp14:editId="16FBC59E">
             <wp:extent cx="115570" cy="115570"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="115570" cy="115570"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
@@ -919,51 +692,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53D8F9F7" wp14:editId="45FA6214">
             <wp:extent cx="115570" cy="115570"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="115570" cy="115570"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
@@ -999,566 +772,145 @@
         <w:rPr>
           <w:position w:val="1"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="1"/>
           <w:u w:val="single" w:color="414142"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="1"/>
           <w:u w:val="single" w:color="414142"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EFD4BC6" w14:textId="07841E4F" w:rsidR="00165AE2" w:rsidRPr="00332146" w:rsidRDefault="000963E3" w:rsidP="00165AE2">
+    <w:p w14:paraId="2EFD4BC6" w14:textId="770EE622" w:rsidR="00AB4652" w:rsidRPr="00332146" w:rsidRDefault="000963E3" w:rsidP="00AB4652">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="43" w:after="8" w:line="295" w:lineRule="auto"/>
         <w:ind w:left="437" w:right="3926" w:hanging="297"/>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-          <w:position w:val="1"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="319181F1" wp14:editId="503B2195">
             <wp:extent cx="116840" cy="116840"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Attēls 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="116840" cy="116840"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="11"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
+      <w:r w:rsidR="00AB4652">
         <w:rPr>
           <w:position w:val="1"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">kontaktinformācija </w:t>
-[...420 lines deleted...]
-    <w:p w14:paraId="4200A04B" w14:textId="1659C0EB" w:rsidR="00165AE2" w:rsidRPr="00332146" w:rsidRDefault="000963E3" w:rsidP="00165AE2">
+        <w:t>adrese saziņai Latvijā</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647562F1" w14:textId="77777777" w:rsidR="00830F66" w:rsidRDefault="000963E3" w:rsidP="00830F66">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="427" w:right="3926" w:hanging="286"/>
         <w:rPr>
-          <w:spacing w:val="-4"/>
           <w:position w:val="1"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33A0D477" wp14:editId="733D6BB4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2369820</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>26035</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4458335" cy="0"/>
                 <wp:effectExtent l="7620" t="10160" r="10795" b="8890"/>
                 <wp:wrapNone/>
                 <wp:docPr id="994280748" name="Line 5"/>
                 <wp:cNvGraphicFramePr>
@@ -1616,175 +968,169 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C03B265" wp14:editId="74DFAC5F">
             <wp:extent cx="120014" cy="112395"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="11" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="120014" cy="112395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="11"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00830F66">
+        <w:rPr>
+          <w:position w:val="1"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>patentpilnvarnieka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="13C8E18D" w14:textId="13330A63" w:rsidR="00830F66" w:rsidRDefault="00830F66" w:rsidP="00830F66">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="427" w:right="3926" w:hanging="286"/>
+        <w:rPr>
+          <w:position w:val="1"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      profesionālās civiltiesiskās</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3966A709" w14:textId="244B1598" w:rsidR="00830F66" w:rsidRDefault="00830F66" w:rsidP="00830F66">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="427" w:right="3926" w:hanging="286"/>
+        <w:rPr>
+          <w:position w:val="1"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      atbildības apdrošināšanas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5C7E3A" w14:textId="0BE50173" w:rsidR="00E64173" w:rsidRPr="00830F66" w:rsidRDefault="00830F66" w:rsidP="00830F66">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="427" w:right="3926" w:hanging="286"/>
+        <w:rPr>
+          <w:position w:val="1"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      līguma termiņš</w:t>
+      </w:r>
       <w:r w:rsidR="00BB7B81" w:rsidRPr="00332146">
         <w:rPr>
-          <w:position w:val="1"/>
-[...63 lines deleted...]
-        <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00332146">
-[...13 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00876348">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6341DA" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00E64173">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53E2064F" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00BB7B81">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:line="261" w:lineRule="auto"/>
         <w:ind w:left="113" w:firstLine="280"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1854,51 +1200,51 @@
     <w:p w14:paraId="20CC7085" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00BB7B81">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="394"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pielikumā:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E055FF4" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00E64173">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F3EF1FB" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00BB7B81">
+    <w:p w14:paraId="0F3EF1FB" w14:textId="6260EC01" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00BB7B81">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="608"/>
           <w:tab w:val="left" w:pos="6843"/>
         </w:tabs>
         <w:spacing w:line="261" w:lineRule="auto"/>
         <w:ind w:right="449" w:firstLine="281"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tāda </w:t>
       </w:r>
@@ -1974,226 +1320,245 @@
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">saskaņā ar šīs </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">valsts  </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">normatīvajiem </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
-          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>aktiem,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00332146">
+        <w:rPr>
+          <w:spacing w:val="23"/>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>aktiem,</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:t>uz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00332146">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
-          <w:lang w:val="lv-LV"/>
-[...5 lines deleted...]
-          <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>lp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD5D198" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00E64173">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="15"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31D6A2E4" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00BB7B81">
+    <w:p w14:paraId="31D6A2E4" w14:textId="3EC338A5" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00BB7B81">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="608"/>
           <w:tab w:val="left" w:pos="8221"/>
         </w:tabs>
         <w:ind w:firstLine="281"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Profesionālā </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">patentpilnvarnieka </w:t>
+        <w:t>patentpilnvarnieka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00332146">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">civiltiesiskās </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atbildības  </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apdrošināšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">līguma </w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="11"/>
+        <w:t>līguma</w:t>
+      </w:r>
+      <w:r w:rsidR="00747AE9">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> termiņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00332146">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kopija</w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>uz</w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00332146">
-[...4 lines deleted...]
-        <w:t>lp.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00332146">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>lp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00332146">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1233C33F" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00E64173">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="9"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66D60720" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00332146" w:rsidRDefault="00BB7B81">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="94"/>
         <w:ind w:left="394"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332146">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -2434,229 +1799,296 @@
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="5317F1D6" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:-251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="393.7pt,10.55pt" to="537.65pt,10.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhcIO1swEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DrcuMOD2k6y7d&#10;FqDdBzCSbAuTRYFU4uTvJ6lJVmy3ojAgiCL59N4Tvbo9jk4cDLFF38p6NpfCeIXa+r6Vv57uPyyl&#10;4Aheg0NvWnkyLG/X79+tptCYBQ7otCGRQDw3U2jlEGNoqorVYEbgGQbjU7JDGiGmkPpKE0wJfXTV&#10;Yj6/qSYkHQiVYU6nd89JuS74XWdU/Nl1bKJwrUzcYlmprLu8VusVND1BGKw604BXsBjB+nTpFeoO&#10;Iog92f+gRqsIGbs4UzhW2HVWmaIhqann/6h5HCCYoiWZw+FqE78drPpx2PgtZerq6B/DA6rfLDxu&#10;BvC9KQSeTiE9XJ2tqqbAzbUlBxy2JHbTd9SpBvYRiwvHjsYMmfSJYzH7dDXbHKNQ6bBeLpb1zScp&#10;1CVXQXNpDMTxm8FR5E0rnfXZB2jg8MAxE4HmUpKPPd5b58pbOi+mVi6/1J9LA6OzOidzGVO/2zgS&#10;B0jT8LFO36KoSpmXZYR7rwvYYEB/Pe8jWPe8T5c7fzYj68/Dxs0O9WlLF5PScxWW59HK8/AyLt1/&#10;f4D1HwAAAP//AwBQSwMEFAAGAAgAAAAhAATnrYTfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAMhu9Ie4fISNxY2gFrVZpOE4gLQkgrO3D0Gq8ta5zSZFvh6cm0wzja/vT7+/PFaDpxoMG1&#10;lhXE0wgEcWV1y7WC9cfLbQrCeWSNnWVS8EMOFsXkKsdM2yOv6FD6WoQQdhkqaLzvMyld1ZBBN7U9&#10;cbht7WDQh3GopR7wGMJNJ2dRNJcGWw4fGuzpqaFqV+6NgvJ1/pt+vq9jfsZv483WJV+7N6Vursfl&#10;IwhPo7/AcNIP6lAEp43ds3aiU5CkyX1AFcziGMQJiJKHOxCb80YWufxfofgDAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAIXCDtbMBAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEABOethN8AAAAKAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" strokecolor="#414142" strokeweight=".24769mm">
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FED058F" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00BB7B81">
+    <w:p w14:paraId="0FED058F" w14:textId="1F8A66A1" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00BB7B81">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4692"/>
           <w:tab w:val="left" w:pos="7345"/>
         </w:tabs>
         <w:spacing w:before="146"/>
         <w:ind w:left="1462"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB7B81">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(vieta)</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB7B81">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BB7B81">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(datums*)</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB7B81">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BB7B81">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>(pretendenta</w:t>
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB7B81">
         <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="007F5BEF">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atentpilnvarnieka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB7B81">
+        <w:rPr>
           <w:spacing w:val="3"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB7B81">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>paraksts*)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12FAFE6B" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00E64173">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41FEFC94" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00BB7B81">
+    <w:p w14:paraId="41FEFC94" w14:textId="63FA33D2" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00BB7B81">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:line="261" w:lineRule="auto"/>
         <w:ind w:left="113" w:right="877" w:firstLine="280"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB7B81">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Piezīme. * Dokumenta rekvizītus "datums" un "pretendenta paraksts" neaizpilda, ja dokuments ir sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
+        <w:t>Piezīme. * Dokumenta rekvizītus "datums" un "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007F5BEF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>patentpilnvarnieka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB7B81">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paraksts" neaizpilda, ja dokuments ir sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E2C8BF6" w14:textId="77777777" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00E64173">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E02402C" w14:textId="1E09C829" w:rsidR="00E64173" w:rsidRPr="00BB7B81" w:rsidRDefault="00E64173">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:right="147"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E64173" w:rsidRPr="00BB7B81">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16850"/>
       <w:pgMar w:top="200" w:right="1000" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7B6D0D33" w14:textId="77777777" w:rsidR="00CC692A" w:rsidRDefault="00CC692A" w:rsidP="0057389F">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2063BED1" w14:textId="77777777" w:rsidR="00CC692A" w:rsidRDefault="00CC692A" w:rsidP="0057389F">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
-    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="44EB9368" w14:textId="77777777" w:rsidR="00CC692A" w:rsidRDefault="00CC692A" w:rsidP="0057389F">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="62060838" w14:textId="77777777" w:rsidR="00CC692A" w:rsidRDefault="00CC692A" w:rsidP="0057389F">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:9.95pt;height:9.95pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:9.6pt;height:9.6pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F2818E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA246DEA"/>
     <w:lvl w:ilvl="0" w:tplc="1030759A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="113" w:hanging="214"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="-5"/>
         <w:w w:val="100"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
@@ -2742,107 +2174,142 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C226BC7E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7927" w:hanging="214"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="535703677">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="98"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E64173"/>
     <w:rsid w:val="000963E3"/>
+    <w:rsid w:val="000D5082"/>
+    <w:rsid w:val="000F7E54"/>
     <w:rsid w:val="00165AE2"/>
+    <w:rsid w:val="001A4EAB"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00287C61"/>
     <w:rsid w:val="00332146"/>
+    <w:rsid w:val="00433F95"/>
+    <w:rsid w:val="00466425"/>
+    <w:rsid w:val="0057389F"/>
+    <w:rsid w:val="00747AE9"/>
+    <w:rsid w:val="007F5BEF"/>
+    <w:rsid w:val="007F78D0"/>
+    <w:rsid w:val="00811AD2"/>
+    <w:rsid w:val="00830F66"/>
+    <w:rsid w:val="00876348"/>
+    <w:rsid w:val="008B5CC6"/>
     <w:rsid w:val="0091118B"/>
     <w:rsid w:val="009261CA"/>
+    <w:rsid w:val="00971165"/>
+    <w:rsid w:val="00974146"/>
+    <w:rsid w:val="00A21D25"/>
+    <w:rsid w:val="00AB4652"/>
+    <w:rsid w:val="00B42E41"/>
     <w:rsid w:val="00BB7B81"/>
+    <w:rsid w:val="00CB13A8"/>
+    <w:rsid w:val="00CC692A"/>
+    <w:rsid w:val="00D77F51"/>
     <w:rsid w:val="00E64173"/>
+    <w:rsid w:val="00EE6F7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1042"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="164D63B1"/>
-  <w15:docId w15:val="{6A604A7D-7F5C-4D24-828E-F13DF8ED25E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3304,59 +2771,109 @@
       <w:ind w:left="113" w:firstLine="281"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00332146"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Galvene">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0057389F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0057389F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kjene">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0057389F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0057389F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3602,63 +3119,362 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100A06403C9EF9F9A41BAB599FE2091A2E8" ma:contentTypeVersion="18" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e80483f1744bfffb4582886febaab434">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dedbf918-5459-4e67-a311-416d3d367d93" xmlns:ns3="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="74717120a759412fd64bd2e1ba4a7b04" ns2:_="" ns3:_="">
+    <xsd:import namespace="dedbf918-5459-4e67-a311-416d3d367d93"/>
+    <xsd:import namespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dedbf918-5459-4e67-a311-416d3d367d93" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f2b9b02f-9abf-4f74-b798-1ff310cbf216" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c0ee614a-4876-4e49-b0e0-572ea6053610}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f52a3cfe-5bd0-4921-94ab-c4df0b74d531">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="dedbf918-5459-4e67-a311-416d3d367d93">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE502BF5-E27E-475D-A325-0A480481BBCA}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3B1C09A-588B-4485-A1D4-4210604F6FB5}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FA7A3B9-415B-4EFD-BE58-DA105F0ACE0C}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1022</Words>
-  <Characters>584</Characters>
+  <Words>1077</Words>
+  <Characters>615</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Latvijas Republikas Patentu valde</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1603</CharactersWithSpaces>
+  <CharactersWithSpaces>1689</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Elīna Velpe</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="LastSaved">
-    <vt:filetime>2019-02-04T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100A06403C9EF9F9A41BAB599FE2091A2E8</vt:lpwstr>
   </property>
 </Properties>
 </file>