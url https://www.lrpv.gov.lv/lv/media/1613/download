--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -1,515 +1,527 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="4962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00534624" w14:paraId="3F5315E9" w14:textId="77777777">
+      <w:tr w:rsidR="00534624" w14:paraId="7DFBC1E3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53D47E4C" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="6216657A" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>SAŅEMŠANAS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19FDF956" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="103FE332" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>SAŅEMŠANAS DATUMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="717C51ED" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="3E4A21AB" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="495FD979" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="3CFA6EDE" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A659A2" w:rsidSect="004865ED">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D26D1D7" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="6E7C1B01" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5279" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="317"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="1809"/>
         <w:gridCol w:w="317"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00534624" w14:paraId="0D82E385" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00534624" w14:paraId="6491E894" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="554D31F8" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="2A24E5D5" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PATENTU VALDEI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="33B020F5" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00534624" w14:paraId="42B0359E" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="715F126C" w14:textId="77777777" w:rsidR="00F13DF4" w:rsidRDefault="00CB788A" w:rsidP="00476F41">
+          <w:p w14:paraId="4C946B8D" w14:textId="25FE640F" w:rsidR="00F13DF4" w:rsidRDefault="00661708" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B11B83">
-[...8 lines deleted...]
-          <w:p w14:paraId="6752A069" w14:textId="77777777" w:rsidR="00476F41" w:rsidRDefault="00CB788A" w:rsidP="00476F41">
+            <w:r w:rsidRPr="00661708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Citadeles iela 6A</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB788A" w:rsidRPr="00B11B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>, Rīga, LV-10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB788A" w:rsidRPr="00B11B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74EEEEBD" w14:textId="77777777" w:rsidR="00476F41" w:rsidRDefault="00CB788A" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Latvija</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67E0BAA1" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A" w:rsidP="00476F41">
+          <w:p w14:paraId="0D49C5CB" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">E-pasts: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="004A69F2" w:rsidRPr="00E930DD">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:noProof/>
                   <w:sz w:val="16"/>
                 </w:rPr>
                 <w:t>pasts@lrpv.gov.lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004A69F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004C1BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Tālr.:</w:t>
             </w:r>
             <w:r w:rsidR="004C1BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>+371 67099600</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33648E34" w14:textId="77777777" w:rsidR="002040D4" w:rsidRDefault="002040D4" w:rsidP="00476F41">
+          <w:p w14:paraId="6235BD68" w14:textId="77777777" w:rsidR="002040D4" w:rsidRDefault="002040D4" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="50756E4F" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00534624" w14:paraId="62585866" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06ED1619" w14:textId="77777777" w:rsidR="006142F2" w:rsidRDefault="006142F2">
+          <w:p w14:paraId="7D05CB62" w14:textId="77777777" w:rsidR="006142F2" w:rsidRDefault="006142F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="0F94176F" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00534624" w14:paraId="3C85F54F" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="4415B380" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="72442D2C" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:pStyle w:val="Virsraksts2"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>LŪDZU REĢISTRĒT PREČU ZĪMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="6CF45632" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00534624" w14:paraId="45BA809F" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="317" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F53C04F" w14:textId="77777777" w:rsidR="00AF27D4" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="7A20A925" w14:textId="77777777" w:rsidR="00AF27D4" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(550)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4287" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="0B057F61" w14:textId="77777777" w:rsidR="00AF27D4" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="5205DB4A" w14:textId="77777777" w:rsidR="00AF27D4" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ZĪMES VEIDS</w:t>
             </w:r>
             <w:r w:rsidR="00121B05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (jāatzīmē </w:t>
             </w:r>
             <w:r w:rsidR="00121B05" w:rsidRPr="000E0F26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>tikai viens</w:t>
             </w:r>
             <w:r w:rsidR="00121B05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> veids)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="05378601" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="12241C2A" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749BB193" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="1EE52C54" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13F84685" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRPr="00347B58" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="58E260D1" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRPr="00347B58" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -532,134 +544,134 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B6285F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="7FA904A5" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">VĀRDISKA ZĪME </w:t>
             </w:r>
             <w:r w:rsidRPr="00347B58">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">(PUBLICĒŠANAI STANDARTA RAKSTĪBĀ) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="41816140" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="1A11458D" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E1C7E66" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRDefault="00AF67BA" w:rsidP="00B319D8">
+          <w:p w14:paraId="0E59323B" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRDefault="00AF67BA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6629E512" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="0EE8B30A" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357CAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>ZĪMES VĀRDISKĀ DAĻA:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2869" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7045D175" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRPr="00ED6023" w:rsidRDefault="00CB788A" w:rsidP="000C131C">
+          <w:p w14:paraId="1029438E" w14:textId="77777777" w:rsidR="00AF67BA" w:rsidRPr="00ED6023" w:rsidRDefault="00CB788A" w:rsidP="000C131C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77" w:right="350"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="80"/>
                   </w:textInput>
                 </w:ffData>
@@ -717,71 +729,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="2F942F23" w14:textId="77777777" w:rsidTr="00B5718D">
+      <w:tr w:rsidR="00534624" w14:paraId="57903F23" w14:textId="77777777" w:rsidTr="00B5718D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B7CB5E2" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="005D57D5" w:rsidP="00B319D8">
+          <w:p w14:paraId="23A5F715" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="005D57D5" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5A6C94" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="3104B7B2" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -804,92 +816,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A043C90" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="1D08040E" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>FIGURĀLA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="4DC1CE5F" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="0322F841" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62E12ED9" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="53D30871" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73CF3291" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="61F7B203" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -912,92 +924,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED3C88D" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="76750A8F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>TELPISKA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="6878723E" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="4CDD28FF" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F16E3D0" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="6F9A8318" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2E591C" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="15A41361" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -1020,92 +1032,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="291D6A01" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="52882AC2" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NOVIETOJUMA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="23C6558F" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="128DFAA2" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC3921B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="5B7A9447" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC910FE" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="0897593D" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -1128,92 +1140,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="089DAB6E" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="31472CC9" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ORNAMENTA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="1A795444" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="0BA44177" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACD0414" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="6BD4C3A2" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76221E6C" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="5C621330" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -1236,92 +1248,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15F6070E" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="398703A9" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KRĀSU ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="25FAB707" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="09250708" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BA286AD" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="37702841" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="651569BF" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="64C51E07" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -1344,92 +1356,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0186A87F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="791DD944" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>SKAŅU ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="468D5523" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="57F977C9" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4C4570" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="6C8B8529" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F109A03" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="3F806C22" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -1452,92 +1464,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF14FBF" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="3CC1201B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KUSTĪBU ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="40F867B9" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="255491F6" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3707F835" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="18753AE8" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47C9D096" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="6461846F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -1560,92 +1572,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2453E156" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="0C229256" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>MULTIVIDES ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="11804F71" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="404FD13A" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14B008FD" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="38703DFE" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40559126" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="450718E2" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -1668,92 +1680,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DAE4455" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="3C526740" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D683F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>HOLOGRĀFISKA ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="1CB66E2B" w14:textId="77777777" w:rsidTr="00B319D8">
+      <w:tr w:rsidR="00534624" w14:paraId="385A420C" w14:textId="77777777" w:rsidTr="00B319D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02745E5F" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
+          <w:p w14:paraId="511A62C7" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00357CAA" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45551E74" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="7C4C5BC8" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -1776,51 +1788,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7E2DF8" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="186A12A7" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">CITA ZĪME </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(NOSAUKT</w:t>
@@ -1920,169 +1932,161 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="65C825E4" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00534624" w14:paraId="48FC2572" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DAD30D4" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
+          <w:p w14:paraId="79A494BB" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1836FA41" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
+          <w:p w14:paraId="39EAC9FD" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="102B3CCC" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
+          <w:p w14:paraId="7F53B2B7" w14:textId="77777777" w:rsidR="001573D9" w:rsidRDefault="001573D9" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="208C09C1" w14:textId="77777777" w:rsidTr="00497AF2">
+      <w:tr w:rsidR="00534624" w14:paraId="0108B7A9" w14:textId="77777777" w:rsidTr="00497AF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A62761E" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="0C354FC6" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(551)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5A3204" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="74420BBC" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2108,79 +2112,79 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="253DAA7B" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="24C91CF7" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KOLEKTĪVĀ ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49C20128" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="5268F856" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
@@ -2207,257 +2211,257 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32B33885" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
+          <w:p w14:paraId="200BD575" w14:textId="77777777" w:rsidR="00357CAA" w:rsidRDefault="00CB788A" w:rsidP="00B319D8">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>SERTIFIKĀCIJAS ZĪME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="375EF6DF" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="000F6ECB" w:rsidP="00B319D8">
+    <w:p w14:paraId="467A6CD1" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="000F6ECB" w:rsidP="00B319D8">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5131A6F9" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="000F6ECB">
+    <w:p w14:paraId="61AD5E06" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="000F6ECB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78DF6FC0" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+    <w:p w14:paraId="52FCF827" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4329" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1756"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="2027"/>
         <w:gridCol w:w="276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00534624" w14:paraId="5A72F502" w14:textId="77777777" w:rsidTr="009A3115">
+      <w:tr w:rsidR="00534624" w14:paraId="2981F157" w14:textId="77777777" w:rsidTr="009A3115">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4329" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="2ECF1C07" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="4DC8C031" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:ind w:left="1451"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PREČU ZĪMES</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>REĢISTRĀCIJAS PIETEIKUMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="140C30AF" w14:textId="77777777" w:rsidTr="009A3115">
+      <w:tr w:rsidR="00534624" w14:paraId="2083B314" w14:textId="77777777" w:rsidTr="009A3115">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4329" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="072E3DF9" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="791472C4" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="1451"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>TRADEMARK APPLICATION</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="3B0C2397" w14:textId="77777777" w:rsidTr="00FD1715">
+      <w:tr w:rsidR="00534624" w14:paraId="4B8CBF89" w14:textId="77777777" w:rsidTr="00FD1715">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1756" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32B45808" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A" w:rsidP="007F260F">
+          <w:p w14:paraId="7779D310" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A" w:rsidP="007F260F">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005667FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJA ŠIFRS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA1F60F" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="17A313FC" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B255B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F697E69" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="66427818" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF63F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
@@ -2530,639 +2534,716 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000B255B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="000B255B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> IF Check1  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="000B255B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...7 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D233745" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="1F0630D9" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="000B255B" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B255B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="0C311D26" w14:textId="77777777" w:rsidTr="00357CAA">
+      <w:tr w:rsidR="00534624" w14:paraId="06092C75" w14:textId="77777777" w:rsidTr="00357CAA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="4379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4329" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="5BBE234F" w14:textId="77777777" w:rsidR="00FD1715" w:rsidRDefault="00CB788A" w:rsidP="00DD50A8">
+          <w:p w14:paraId="719CC847" w14:textId="77777777" w:rsidR="00FD1715" w:rsidRDefault="00CB788A" w:rsidP="00DD50A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(540)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E23A88">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="285D642B" w14:textId="77777777" w:rsidR="00FD1715" w:rsidRDefault="00CB788A" w:rsidP="00DD50A8">
+          <w:p w14:paraId="26BC4002" w14:textId="77777777" w:rsidR="00FD1715" w:rsidRDefault="00CB788A" w:rsidP="00DD50A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD50A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ZĪMES ATVEIDOJUMS</w:t>
             </w:r>
             <w:r w:rsidR="00FF2800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ATTĒLS)</w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-[...29 lines deleted...]
-                  </w:rPr>
+          <w:p w14:paraId="1EF05C14" w14:textId="5058CC6E" w:rsidR="00FD1715" w:rsidRDefault="00815F6D" w:rsidP="009A3115">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B8B7AD0" wp14:editId="20F355D5">
-[...5 lines deleted...]
-                      </wp:cNvGraphicFramePr>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79A77B8A" wp14:editId="224934B5">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>414655</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>43180</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2206800" cy="2206800"/>
+                      <wp:effectExtent l="0" t="0" r="22225" b="22225"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1741787703" name="Tekstlodziņš 17"/>
+                      <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...30 lines deleted...]
-                            <pic:spPr bwMode="auto">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="2280863" cy="2280863"/>
+                                <a:ext cx="2206800" cy="2206800"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
-                              <a:noFill/>
-[...1 lines deleted...]
-                                <a:noFill/>
+                              <a:solidFill>
+                                <a:schemeClr val="lt1"/>
+                              </a:solidFill>
+                              <a:ln w="6350">
+                                <a:solidFill>
+                                  <a:prstClr val="black"/>
+                                </a:solidFill>
                               </a:ln>
-                            </pic:spPr>
-                          </pic:pic>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:sdt>
+                                  <w:sdtPr>
+                                    <w:id w:val="1164978967"/>
+                                    <w:showingPlcHdr/>
+                                    <w:picture/>
+                                  </w:sdtPr>
+                                  <w:sdtContent>
+                                    <w:p w14:paraId="1C1256F7" w14:textId="1B36AE89" w:rsidR="00815F6D" w:rsidRDefault="00757180">
+                                      <w:r>
+                                        <w:rPr>
+                                          <w:noProof/>
+                                        </w:rPr>
+                                        <w:drawing>
+                                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="250E5C88" wp14:editId="575C4019">
+                                            <wp:extent cx="2087880" cy="2087880"/>
+                                            <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
+                                            <wp:docPr id="829631445" name="Attēls 1"/>
+                                            <wp:cNvGraphicFramePr>
+                                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                                            </wp:cNvGraphicFramePr>
+                                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                                  <pic:nvPicPr>
+                                                    <pic:cNvPr id="0" name="Picture 1"/>
+                                                    <pic:cNvPicPr>
+                                                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                                    </pic:cNvPicPr>
+                                                  </pic:nvPicPr>
+                                                  <pic:blipFill>
+                                                    <a:blip r:embed="rId10">
+                                                      <a:extLst>
+                                                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                                        </a:ext>
+                                                      </a:extLst>
+                                                    </a:blip>
+                                                    <a:srcRect/>
+                                                    <a:stretch>
+                                                      <a:fillRect/>
+                                                    </a:stretch>
+                                                  </pic:blipFill>
+                                                  <pic:spPr bwMode="auto">
+                                                    <a:xfrm>
+                                                      <a:off x="0" y="0"/>
+                                                      <a:ext cx="2087880" cy="2087880"/>
+                                                    </a:xfrm>
+                                                    <a:prstGeom prst="rect">
+                                                      <a:avLst/>
+                                                    </a:prstGeom>
+                                                    <a:noFill/>
+                                                    <a:ln>
+                                                      <a:noFill/>
+                                                    </a:ln>
+                                                  </pic:spPr>
+                                                </pic:pic>
+                                              </a:graphicData>
+                                            </a:graphic>
+                                          </wp:inline>
+                                        </w:drawing>
+                                      </w:r>
+                                    </w:p>
+                                  </w:sdtContent>
+                                </w:sdt>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
-                    </wp:inline>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
                   </w:drawing>
-                </w:r>
-[...2 lines deleted...]
-          </w:sdt>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="79A77B8A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Tekstlodziņš 17" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:32.65pt;margin-top:3.4pt;width:173.75pt;height:173.75pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/sc0rMgIAAH0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+ykadYZcYosRYYB&#10;QVsgHXpWZCk2KouapMTOfv0o2Xl1Ow27yHzpE/mR9PS+rRXZC+sq0DkdDlJKhOZQVHqb0x8vy093&#10;lDjPdMEUaJHTg3D0fvbxw7QxmRhBCaoQliCIdlljclp6b7IkcbwUNXMDMEKjU4KtmUfVbpPCsgbR&#10;a5WM0nSSNGALY4EL59D60DnpLOJLKbh/ktIJT1ROMTcfTxvPTTiT2ZRlW8tMWfE+DfYPWdSs0vjo&#10;CeqBeUZ2tvoDqq64BQfSDzjUCUhZcRFrwGqG6btq1iUzItaC5Dhzosn9P1j+uF+bZ0t8+xVabGAg&#10;pDEuc2gM9bTS1uGLmRL0I4WHE22i9YSjcTRKJ3cpujj6jgriJOfrxjr/TUBNgpBTi32JdLH9yvku&#10;9BgSXnOgqmJZKRWVMAtioSzZM+yi8jFJBL+KUpo0OZ3c3KYR+MoXoE/3N4rxt1DmNQJqSqPxXHyQ&#10;fLtpe0Y2UByQKAvdDDnDlxXirpjzz8zi0CABuAj+CQ+pAJOBXqKkBPvrb/YQj71ELyUNDmFO3c8d&#10;s4IS9V1jl78Mx+MwtVEZ334eoWIvPZtLj97VC0CGhrhyhkcxxHt1FKWF+hX3ZR5eRRfTHN/OqT+K&#10;C9+tBu4bF/N5DMI5Ncyv9NrwAB06Evh8aV+ZNX0/PY7CIxzHlWXv2trFhpsa5jsPsoo9DwR3rPa8&#10;44zHtvT7GJboUo9R57/G7DcAAAD//wMAUEsDBBQABgAIAAAAIQDU26ba3AAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNOmrdI0TgWocOFEQZzd2LUt4nVku2n4e5YTPe2u&#10;ZjT7ptlNvmejjskFFDCfFcA0dkE5NAI+P14eKmApS1SyD6gF/OgEu/b2ppG1Chd81+MhG0YhmGop&#10;wOY81Jynzmov0ywMGkk7hehlpjMarqK8ULjv+aIo1txLh/TBykE/W919H85ewP7JbExXyWj3lXJu&#10;nL5Ob+ZViPu76XELLOsp/5vhD5/QoSWmYzijSqwXsF6V5KRJBUhezhe0HAWUq2UJvG34dYH2FwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH+xzSsyAgAAfQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANTbptrcAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;jAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:sdt>
+                            <w:sdtPr>
+                              <w:id w:val="1164978967"/>
+                              <w:showingPlcHdr/>
+                              <w:picture/>
+                            </w:sdtPr>
+                            <w:sdtContent>
+                              <w:p w14:paraId="1C1256F7" w14:textId="1B36AE89" w:rsidR="00815F6D" w:rsidRDefault="00757180">
+                                <w:r>
+                                  <w:rPr>
+                                    <w:noProof/>
+                                  </w:rPr>
+                                  <w:drawing>
+                                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="250E5C88" wp14:editId="575C4019">
+                                      <wp:extent cx="2087880" cy="2087880"/>
+                                      <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
+                                      <wp:docPr id="829631445" name="Attēls 1"/>
+                                      <wp:cNvGraphicFramePr>
+                                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                                      </wp:cNvGraphicFramePr>
+                                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                            <pic:nvPicPr>
+                                              <pic:cNvPr id="0" name="Picture 1"/>
+                                              <pic:cNvPicPr>
+                                                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                              </pic:cNvPicPr>
+                                            </pic:nvPicPr>
+                                            <pic:blipFill>
+                                              <a:blip r:embed="rId10">
+                                                <a:extLst>
+                                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                                  </a:ext>
+                                                </a:extLst>
+                                              </a:blip>
+                                              <a:srcRect/>
+                                              <a:stretch>
+                                                <a:fillRect/>
+                                              </a:stretch>
+                                            </pic:blipFill>
+                                            <pic:spPr bwMode="auto">
+                                              <a:xfrm>
+                                                <a:off x="0" y="0"/>
+                                                <a:ext cx="2087880" cy="2087880"/>
+                                              </a:xfrm>
+                                              <a:prstGeom prst="rect">
+                                                <a:avLst/>
+                                              </a:prstGeom>
+                                              <a:noFill/>
+                                              <a:ln>
+                                                <a:noFill/>
+                                              </a:ln>
+                                            </pic:spPr>
+                                          </pic:pic>
+                                        </a:graphicData>
+                                      </a:graphic>
+                                    </wp:inline>
+                                  </w:drawing>
+                                </w:r>
+                              </w:p>
+                            </w:sdtContent>
+                          </w:sdt>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5337F82C" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="28FB3908" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="253880C2" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="48C7A80B" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A659A2" w:rsidSect="004865ED">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="992" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="1134" w:equalWidth="0">
             <w:col w:w="4820" w:space="283"/>
-            <w:col w:w="4678" w:space="0"/>
+            <w:col w:w="4678"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10208" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="420"/>
         <w:gridCol w:w="1133"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="290"/>
         <w:gridCol w:w="139"/>
         <w:gridCol w:w="705"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="139"/>
         <w:gridCol w:w="192"/>
         <w:gridCol w:w="145"/>
         <w:gridCol w:w="201"/>
         <w:gridCol w:w="505"/>
         <w:gridCol w:w="91"/>
         <w:gridCol w:w="190"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="603"/>
         <w:gridCol w:w="279"/>
         <w:gridCol w:w="555"/>
         <w:gridCol w:w="296"/>
         <w:gridCol w:w="144"/>
         <w:gridCol w:w="1558"/>
         <w:gridCol w:w="394"/>
         <w:gridCol w:w="1453"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00534624" w14:paraId="0CCAED51" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00534624" w14:paraId="083CC525" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
           </w:tcPr>
-          <w:p w14:paraId="03B064FA" w14:textId="77777777" w:rsidR="0064337F" w:rsidRDefault="00CB788A" w:rsidP="003D6234">
+          <w:p w14:paraId="2E869A6B" w14:textId="077D5EE1" w:rsidR="0064337F" w:rsidRDefault="005B0F29" w:rsidP="003D6234">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32307ECF" wp14:editId="097D880B">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67C524C4" wp14:editId="1D8EB9DF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-107950</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-43180</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="266065"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="635"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="1" name="Text Box 18"/>
+                      <wp:docPr id="1967193498" name="Tekstlodziņš 31"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="266065"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="34B1E395" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB702D">
+                                <w:p w14:paraId="1ADA097E" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB702D">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="32307ECF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-                    <v:shape id="Text Box 18" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:-3.4pt;width:21.6pt;height:20.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9xU/01AEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8mG7RaizVbQqgip&#10;FKSWD5g4zkUkHjP2brJ8PWNnu13oG+LFsmfsM3POHG+upqEXe02uQ1PI5SKVQhuFVWeaQn5/vH3z&#10;TgrnwVTQo9GFPGgnr7avX21Gm+sMW+wrTYJBjMtHW8jWe5sniVOtHsAt0GrDyRppAM9HapKKYGT0&#10;oU+yNF0nI1JlCZV2jqM3c1JuI35da+W/1rXTXvSF5N58XCmuZViT7QbyhsC2nTq2Af/QxQCd4aIn&#10;qBvwIHbUvYAaOkXosPYLhUOCdd0pHTkwm2X6F5uHFqyOXFgcZ08yuf8Hq+73D/YbCT99xIkHGEk4&#10;e4fqhxMGr1swjf5AhGOroeLCyyBZMlqXH58GqV3uAkg5fsGKhww7jxFoqmkIqjBPweg8gMNJdD15&#10;oTiYXa7eZpxRnMrW63R9EStA/vTYkvOfNA4ibApJPNMIDvs750MzkD9dCbUM3nZ9H+famz8CfDFE&#10;YvOh37lzP5UT3w4kSqwOTINwtgnbmjct0i8pRrZIId3PHZCWov9sWIr3y9UqeCoeVheXgQWdZ8rz&#10;DBjFUIX0Uszbaz/7cGepa1qu9CwtDzvyOhozuOn8HDk8f5/tbwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABmV+MvdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9Ie4fISNy2pIV1rDSdEIgr&#10;iMGQdssar63WOFWTreXtMSe42fKv399XbCbXiQsOofWkIVkoEEiVty3VGj4/Xub3IEI0ZE3nCTV8&#10;Y4BNObsqTG79SO942cZacAmF3GhoYuxzKUPVoDNh4Xskvh394EzkdailHczI5a6TqVKZdKYl/tCY&#10;Hp8arE7bs9Owez3uv+7UW/3slv3oJyXJraXWN9fT4wOIiFP8C8MvPqNDyUwHfyYbRKdhnqzYJfKQ&#10;sQIH0iwFcdBwu0xAloX8L1D+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL3FT/TUAQAA&#10;hgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABmV+Mvd&#10;AAAACAEAAA8AAAAAAAAAAAAAAAAALgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="67C524C4" id="Tekstlodziņš 31" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:-3.4pt;width:21.6pt;height:20.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkkHeM1gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8mG7RaizVbQqgip&#10;FKSWD3Ac5yISj5nxbrJ8PWNnu13oG+LFsmfsM3POHG+upqEXe4PUgS3kcpFKYayGqrNNIb8/3r55&#10;JwV5ZSvVgzWFPBiSV9vXrzajy00GLfSVQcEglvLRFbL13uVJQro1g6IFOGM5WQMOyvMRm6RCNTL6&#10;0CdZmq6TEbByCNoQcfRmTsptxK9ro/3XuibjRV9I7s3HFeNahjXZblTeoHJtp49tqH/oYlCd5aIn&#10;qBvlldhh9wJq6DQCQe0XGoYE6rrTJnJgNsv0LzYPrXImcmFxyJ1kov8Hq+/3D+4bCj99hIkHGEmQ&#10;uwP9g4SF61bZxnxAhLE1quLCyyBZMjrKj0+D1JRTACnHL1DxkNXOQwSaahyCKsxTMDoP4HAS3Uxe&#10;aA5ml6u3GWc0p7L1Ol1fxAoqf3rskPwnA4MIm0IizzSCq/0d+dCMyp+uhFoWbru+j3Pt7R8Bvhgi&#10;sfnQ79y5n8pJdNWRWeBSQnVgNgizW9jdvGkBf0kxslMKST93Co0U/WfLirxfrlbBWvGwurgMZPA8&#10;U55nlNUMVUgvxby99rMddw67puVKzwrzzCO9oz+Dqc7PkcrzL9r+BgAA//8DAFBLAwQUAAYACAAA&#10;ACEAGZX4y90AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70h7h8hI3LakhXWsNJ0Q&#10;iCuIwZB2yxqvrdY4VZOt5e0xJ7jZ8q/f31dsJteJCw6h9aQhWSgQSJW3LdUaPj9e5vcgQjRkTecJ&#10;NXxjgE05uypMbv1I73jZxlpwCYXcaGhi7HMpQ9WgM2HheyS+Hf3gTOR1qKUdzMjlrpOpUpl0piX+&#10;0JgenxqsTtuz07B7Pe6/7tRb/eyW/egnJcmtpdY319PjA4iIU/wLwy8+o0PJTAd/JhtEp2GerNgl&#10;8pCxAgfSLAVx0HC7TECWhfwvUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJJB3jNYB&#10;AACNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGZX4&#10;y90AAAAIAQAADwAAAAAAAAAAAAAAAAAwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="34B1E395" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB702D">
+                          <w:p w14:paraId="1ADA097E" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB702D">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w14:paraId="211E7DC6" w14:textId="77777777" w:rsidR="0064337F" w:rsidRDefault="00CB788A" w:rsidP="003D6234">
+          <w:p w14:paraId="7CDECE56" w14:textId="77777777" w:rsidR="0064337F" w:rsidRDefault="00CB788A" w:rsidP="003D6234">
             <w:pPr>
               <w:ind w:left="284" w:hanging="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">   -</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t>JĀNORĀDA OBLIGĀTI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29CBDC30" w14:textId="77777777" w:rsidR="0064337F" w:rsidRDefault="0064337F" w:rsidP="003D6234">
+          <w:p w14:paraId="0A9EC6C9" w14:textId="77777777" w:rsidR="0064337F" w:rsidRDefault="0064337F" w:rsidP="003D6234">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="50241B29" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00534624" w14:paraId="767418CF" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FFEE1AA" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A" w:rsidP="00476F41">
+          <w:p w14:paraId="1E63D1CB" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A" w:rsidP="00476F41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(591)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>KRĀSU SALIKUMA APRAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="7E55DC95" w14:textId="77777777" w:rsidTr="00B40FDC">
+      <w:tr w:rsidR="00534624" w14:paraId="1DB4B869" w14:textId="77777777" w:rsidTr="00B40FDC">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1432DD06" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="5EE8A2A7" w14:textId="77777777" w:rsidR="000F6ECB" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7513"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3219,137 +3300,129 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="6EAA09B5" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00534624" w14:paraId="37B76202" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EFC432E" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="39136285" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(571)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEIKTĀ APZĪMĒJUMA APRAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="110636DC" w14:textId="77777777" w:rsidTr="00B40FDC">
+      <w:tr w:rsidR="00534624" w14:paraId="1F935280" w14:textId="77777777" w:rsidTr="00B40FDC">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C436855" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="1137AA77" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7513"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3406,99 +3479,91 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="7C5E2952" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="6C9AAE4C" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36734F51" w14:textId="77777777" w:rsidR="009F6729" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="71D0C5F9" w14:textId="77777777" w:rsidR="009F6729" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(730)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t>PIETEICĒJS (ZĪMES ĪPAŠNIEKS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
@@ -3593,234 +3658,203 @@
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00B6B584" w14:textId="77777777" w:rsidR="009F6729" w:rsidRDefault="00CB788A" w:rsidP="00A84B76">
+          <w:p w14:paraId="7147DA9D" w14:textId="77777777" w:rsidR="009F6729" w:rsidRDefault="00CB788A" w:rsidP="00A84B76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE, VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VALSTS KODS)</w:t>
             </w:r>
             <w:r w:rsidRPr="00C029E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00676FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve">(JURIDISKĀS PERSONAS NORĀDA SAVU </w:t>
-[...8 lines deleted...]
-              <w:t>JURIDISKO ADRESI, LATVIJAS FIZISKĀS PERSONAS – DEKLARĒTĀS DZĪVESVIETAS ADRESI, ĀRVALSTU FIZISKĀS PERSONAS – PASTĀVĪGĀS DZĪVESVIETAS ADRESI)</w:t>
+              <w:t>(JURIDISKĀS PERSONAS NORĀDA SAVU JURIDISKO ADRESI, LATVIJAS FIZISKĀS PERSONAS – DEKLARĒTĀS DZĪVESVIETAS ADRESI, ĀRVALSTU FIZISKĀS PERSONAS – PASTĀVĪGĀS DZĪVESVIETAS ADRESI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="129E0200" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="6BF50DF2" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1489"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43641A9D" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="051D7DCB" w14:textId="35C2CD2C" w:rsidR="00A659A2" w:rsidRDefault="005B0F29">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FD8D45B" wp14:editId="2C57700A">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1120524A" wp14:editId="1E18BACB">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1633220</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-438150</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="280800" cy="280800"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+                      <wp:extent cx="280670" cy="280670"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="11" name="Text Box 14"/>
+                      <wp:docPr id="926489565" name="Tekstlodziņš 29"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="280800" cy="280800"/>
+                                <a:ext cx="280670" cy="280670"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="402BD84D" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
+                                <w:p w14:paraId="6E748D87" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2FD8D45B" id="Text Box 14" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:128.6pt;margin-top:-34.5pt;width:22.1pt;height:22.1pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbtdJm0AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RVgRI1XcGuFiEt&#10;F2nhAxzHaSwSj5lxm5SvZ+xkuwXeVvtizcU+M+fMeHs19p04GiQLrpTLRS6FcRpq6/al/PH99tVG&#10;CgrK1aoDZ0p5MiSvdi9fbAdfmBW00NUGBYM4KgZfyjYEX2QZ6db0ihbgjeNkA9irwC7usxrVwOh9&#10;l63y/E02ANYeQRsijt5MSblL+E1jdPjaNGSC6ErJvYV0YjqreGa7rSr2qHxr9dyGekIXvbKOi56h&#10;blRQ4oD2P6jeagSCJiw09Bk0jdUmcWA2y/wfNvet8iZxYXHIn2Wi54PVX473/huKMH6AkQeYSJC/&#10;A/2ThIPrVrm9eY8IQ2tUzYWXUbJs8FTMT6PUVFAEqYbPUPOQ1SFAAhob7KMqzFMwOg/gdBbdjEFo&#10;Dq42+SbnjObUbMcKqnh47JHCRwO9iEYpkWeawNXxjsJ09eFKrOXg1nZdmmvn/gowZoyk5mO/U+dh&#10;rEZh65lZ5FJBfWI2CNO28Haz0QL+lmLgTSkl/TooNFJ0nxwr8m65XsfVSs769dsVO3iZqS4zymmG&#10;KmWQYjKvw7SOB49233KlR4V55kmJeT/jUl36icrjL9r9AQAA//8DAFBLAwQUAAYACAAAACEAjArZ&#10;8OAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTW/CMAyG75P4D5GRdoOErjDomiK0addNsA9p&#10;t9CYtqJxqibQ7t/PO21H249eP2++HV0rrtiHxpOGxVyBQCq9bajS8P72PFuDCNGQNa0n1PCNAbbF&#10;5CY3mfUD7fF6iJXgEAqZ0VDH2GVShrJGZ8Lcd0h8O/nemchjX0nbm4HDXSsTpVbSmYb4Q206fKyx&#10;PB8uTsPHy+nrM1Wv1ZNbdoMflSS3kVrfTsfdA4iIY/yD4Vef1aFgp6O/kA2i1ZAs7xNGNcxWGy7F&#10;xJ1apCCOvEnSNcgil/87FD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAG7XSZtABAACN&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjArZ8OAA&#10;AAALAQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="1120524A" id="Tekstlodziņš 29" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:128.6pt;margin-top:-34.5pt;width:22.1pt;height:22.1pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDILux0gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJsrYz4hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vRV9EXiRDnkOqc31NPRib5AsuFIuF7kUxmmorWtL+eP73Zsr&#10;KSgoV6senCnlwZC83r5+tRl9YVbQQV8bFAziqBh9KbsQfJFlpDszKFqAN46TDeCgArvYZjWqkdGH&#10;Plvl+UU2AtYeQRsijt7OSblN+E1jdPjaNGSC6EvJvYV0YjqreGbbjSpaVL6z+tiGekYXg7KOi56g&#10;blVQYof2P6jBagSCJiw0DBk0jdUmcWA2y/wfNg+d8iZxYXHIn2Sil4PVX/YP/huKMH2AiQeYSJC/&#10;B/2ThIObTrnWvEeEsTOq5sLLKFk2eiqOT6PUVFAEqcbPUPOQ1S5AApoaHKIqzFMwOg/gcBLdTEFo&#10;Dq6u8otLzmhOHe1YQRWPjz1S+GhgENEoJfJME7ja31OYrz5eibUc3Nm+T3Pt3V8BxoyR1Hzsd+48&#10;TNUkbM3FI7PIpYL6wGwQ5m3h7WajA/wtxcibUkr6tVNopOg/OVbk3XK9jquVnPXbyxU7eJ6pzjPK&#10;aYYqZZBiNm/CvI47j7btuNKTwjzzpMRxP+NSnfuJytMv2v4BAAD//wMAUEsDBBQABgAIAAAAIQCM&#10;Ctnw4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Nb8IwDIbvk/gPkZF2g4SuMOiaIrRp102w&#10;D2m30Ji2onGqJtDu3887bUfbj14/b74dXSuu2IfGk4bFXIFAKr1tqNLw/vY8W4MI0ZA1rSfU8I0B&#10;tsXkJjeZ9QPt8XqIleAQCpnRUMfYZVKGskZnwtx3SHw7+d6ZyGNfSdubgcNdKxOlVtKZhvhDbTp8&#10;rLE8Hy5Ow8fL6eszVa/Vk1t2gx+VJLeRWt9Ox90DiIhj/IPhV5/VoWCno7+QDaLVkCzvE0Y1zFYb&#10;LsXEnVqkII68SdI1yCKX/zsUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCDILux0gEA&#10;AI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCMCtnw&#10;4AAAAAsBAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="402BD84D" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
+                          <w:p w14:paraId="6E748D87" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="004C1BFD">
@@ -3899,51 +3933,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004C1BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="725DC6BC" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
+          <w:p w14:paraId="576F82AD" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00CB788A">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3997,188 +4031,166 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="089E578A" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00534624" w14:paraId="481C0097" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="339"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52BF7C76" w14:textId="77777777" w:rsidR="00AE4E28" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="00C704C2">
+          <w:p w14:paraId="3324FAB8" w14:textId="7101A3F4" w:rsidR="00AE4E28" w:rsidRPr="000430CB" w:rsidRDefault="005B0F29" w:rsidP="00C704C2">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31720653" wp14:editId="7E697E0F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2001A79E" wp14:editId="6ECAB153">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>3086693</wp:posOffset>
+                        <wp:posOffset>3086735</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>-83506</wp:posOffset>
+                        <wp:posOffset>-83820</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="279400" cy="279400"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="3" name="Text Box 14"/>
+                      <wp:docPr id="1001246649" name="Tekstlodziņš 27"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="279400" cy="279400"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="7B11870F" w14:textId="77777777" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00B61B01">
+                                <w:p w14:paraId="59677605" w14:textId="77777777" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00B61B01">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="31720653" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:243.05pt;margin-top:-6.6pt;width:22pt;height:22pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAT18R80gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v0zAQ/o7Ef7D8nSatCmNR0wk2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+x0XYFv075Y92I/d89z583VNPRib5AsuFIuF7kUxmmorWtL+eP77Zv3&#10;UlBQrlY9OFPKgyF5tX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwnG8BBBXaxzWpUI6MP&#10;fbbK83fZCFh7BG2IOHozJ+U24TeN0eG+acgE0ZeSewvpxHRW8cy2G1W0qHxn9bEN9YwuBmUdFz1B&#10;3aigxA7tf1CD1QgETVhoGDJoGqtN4sBslvk/bB465U3iwuKQP8lELwerv+4f/DcUYfoIEw8wkSB/&#10;B/onCQfXnXKt+YAIY2dUzYWXUbJs9FQcn0apqaAIUo1foOYhq12ABDQ1OERVmKdgdB7A4SS6mYLQ&#10;HFxdXK5zzmhOHe1YQRWPjz1S+GRgENEoJfJME7ja31GYrz5eibUc3Nq+T3Pt3V8BxoyR1Hzsd+48&#10;TNUkbM3FI7PIpYL6wGwQ5m3h7WajA/wtxcibUkr6tVNopOg/O1bkcrlex9VKzvrtxYodPM9U5xnl&#10;NEOVMkgxm9dhXsedR9t2XOlJYZ55UuK4n3Gpzv1E5ekXbf8AAAD//wMAUEsDBBQABgAIAAAAIQAr&#10;aPx/3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctqTrNpVSd0IgriDG&#10;h8Qta722onGqJlvLv8ec4Gj70evnLXaz69WZxtB5RkiWBhRx5euOG4S318dFBipEy7XtPRPCNwXY&#10;lZcXhc1rP/ELnfexURLCIbcIbYxDrnWoWnI2LP1ALLejH52NMo6Nrkc7Sbjr9cqYrXa2Y/nQ2oHu&#10;W6q+9ieH8P50/PxYm+fmwW2Gyc9Gs7vRiNdX890tqEhz/IPhV1/UoRSngz9xHVSPsM62iaAIiyRd&#10;gRJikxrZHBBSk4EuC/2/QvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE9fEfNIBAACN&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAK2j8f94A&#10;AAAKAQAADwAAAAAAAAAAAAAAAAAsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2001A79E" id="Tekstlodziņš 27" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:243.05pt;margin-top:-6.6pt;width:22pt;height:22pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoCCLm0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJsnU14hRbiw4D&#10;ugvQ9QNkWbaF2aJGKrGzrx8lp2m2vRV7EXiRDnkOqc3VNPRib5AsuFIuF7kUxmmorWtL+fD99tU7&#10;KSgoV6senCnlwZC82r58sRl9YVbQQV8bFAziqBh9KbsQfJFlpDszKFqAN46TDeCgArvYZjWqkdGH&#10;Plvl+dtsBKw9gjZEHL2Zk3Kb8JvG6PC1acgE0ZeSewvpxHRW8cy2G1W0qHxn9bEN9YwuBmUdFz1B&#10;3aigxA7tP1CD1QgETVhoGDJoGqtN4sBslvlfbO475U3iwuKQP8lE/w9Wf9nf+28owvQBJh5gIkH+&#10;DvQPEg6uO+Va8x4Rxs6omgsvo2TZ6Kk4Po1SU0ERpBo/Q81DVrsACWhqcIiqME/B6DyAw0l0MwWh&#10;Obi6uFznnNGcOtqxgioeH3uk8NHAIKJRSuSZJnC1v6MwX328Ems5uLV9n+bauz8CjBkjqfnY79x5&#10;mKpJ2LqUryOzyKWC+sBsEOZt4e1mowP8JcXIm1JK+rlTaKToPzlW5HK5XsfVSs76zcWKHTzPVOcZ&#10;5TRDlTJIMZvXYV7HnUfbdlzpSWGeeVLiuJ9xqc79ROXpF21/AwAA//8DAFBLAwQUAAYACAAAACEA&#10;K2j8f94AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3Lak6zaVUndCIK4g&#10;xofELWu9tqJxqiZby7/HnOBo+9Hr5y12s+vVmcbQeUZIlgYUceXrjhuEt9fHRQYqRMu17T0TwjcF&#10;2JWXF4XNaz/xC533sVESwiG3CG2MQ651qFpyNiz9QCy3ox+djTKOja5HO0m46/XKmK12tmP50NqB&#10;7luqvvYnh/D+dPz8WJvn5sFthsnPRrO70YjXV/PdLahIc/yD4Vdf1KEUp4M/cR1Uj7DOtomgCIsk&#10;XYESYpMa2RwQUpOBLgv9v0L5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACgIIubTAQAA&#10;jQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACto/H/e&#10;AAAACgEAAA8AAAAAAAAAAAAAAAAALQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="7B11870F" w14:textId="77777777" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00B61B01">
+                          <w:p w14:paraId="59677605" w14:textId="77777777" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00B61B01">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
@@ -4212,58 +4224,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00AE4E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4E28" w:rsidRPr="000430CB">
               <w:rPr>
@@ -4408,129 +4420,129 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00AE4E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00AE4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4E28" w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>cits</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17169921" w14:textId="77777777" w:rsidR="00AE4E28" w:rsidRDefault="00AE4E28" w:rsidP="00C704C2">
+          <w:p w14:paraId="2CB33DC9" w14:textId="77777777" w:rsidR="00AE4E28" w:rsidRDefault="00AE4E28" w:rsidP="00C704C2">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58FD4DCB" w14:textId="77777777" w:rsidR="00AE4E28" w:rsidRPr="009F6729" w:rsidRDefault="00AE4E28" w:rsidP="003D6234">
+          <w:p w14:paraId="735612CC" w14:textId="77777777" w:rsidR="00AE4E28" w:rsidRPr="009F6729" w:rsidRDefault="00AE4E28" w:rsidP="003D6234">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="0A0FF80E" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="74C2C807" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="339"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D910719" w14:textId="77777777" w:rsidR="002040D4" w:rsidRPr="009F6729" w:rsidRDefault="00CB788A" w:rsidP="00C704C2">
+          <w:p w14:paraId="754F6AA8" w14:textId="77777777" w:rsidR="002040D4" w:rsidRPr="009F6729" w:rsidRDefault="00CB788A" w:rsidP="00C704C2">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F6729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -4543,78 +4555,78 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">RĒĶINAM </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(ja maksātājs nav pieteicējs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FCA2C3C" w14:textId="77777777" w:rsidR="002040D4" w:rsidRPr="009F6729" w:rsidRDefault="002040D4" w:rsidP="003D6234">
+          <w:p w14:paraId="02BBAC04" w14:textId="77777777" w:rsidR="002040D4" w:rsidRPr="009F6729" w:rsidRDefault="002040D4" w:rsidP="003D6234">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="2A536238" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="6B00AE0E" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="667"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21ABE71D" w14:textId="77777777" w:rsidR="006545B9" w:rsidRPr="009F6729" w:rsidRDefault="00CB788A" w:rsidP="00257362">
+          <w:p w14:paraId="6F80A5AF" w14:textId="77777777" w:rsidR="006545B9" w:rsidRPr="009F6729" w:rsidRDefault="00CB788A" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
@@ -4657,51 +4669,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>juridiska persona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5ACDF596" w14:textId="77777777" w:rsidR="006545B9" w:rsidRPr="009F6729" w:rsidRDefault="00CB788A" w:rsidP="00257362">
+          <w:p w14:paraId="35612622" w14:textId="77777777" w:rsidR="006545B9" w:rsidRPr="009F6729" w:rsidRDefault="00CB788A" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
@@ -4736,222 +4748,200 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>fiziska persona</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="78A76B9B" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="1BD4B604" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5BEBD94E" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="002B4CD4">
+          <w:p w14:paraId="142248C6" w14:textId="7D72D264" w:rsidR="00E7469F" w:rsidRDefault="005B0F29" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3015F279" wp14:editId="5503CA85">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A881DDB" wp14:editId="19EB92FE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>428625</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>43815</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="279400" cy="279400"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="6" name="Text Box 14"/>
+                      <wp:docPr id="518640913" name="Tekstlodziņš 25"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="279400" cy="279400"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="7BB74E96" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00C704C2">
+                                <w:p w14:paraId="1484BE6B" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00C704C2">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3015F279" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:33.75pt;margin-top:3.45pt;width:22pt;height:22pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoCCLm0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJsnU14hRbiw4D&#10;ugvQ9QNkWbaF2aJGKrGzrx8lp2m2vRV7EXiRDnkOqc3VNPRib5AsuFIuF7kUxmmorWtL+fD99tU7&#10;KSgoV6senCnlwZC82r58sRl9YVbQQV8bFAziqBh9KbsQfJFlpDszKFqAN46TDeCgArvYZjWqkdGH&#10;Plvl+dtsBKw9gjZEHL2Zk3Kb8JvG6PC1acgE0ZeSewvpxHRW8cy2G1W0qHxn9bEN9YwuBmUdFz1B&#10;3aigxA7tP1CD1QgETVhoGDJoGqtN4sBslvlfbO475U3iwuKQP8lE/w9Wf9nf+28owvQBJh5gIkH+&#10;DvQPEg6uO+Va8x4Rxs6omgsvo2TZ6Kk4Po1SU0ERpBo/Q81DVrsACWhqcIiqME/B6DyAw0l0MwWh&#10;Obi6uFznnNGcOtqxgioeH3uk8NHAIKJRSuSZJnC1v6MwX328Ems5uLV9n+bauz8CjBkjqfnY79x5&#10;mKpJ2LqUryOzyKWC+sBsEOZt4e1mowP8JcXIm1JK+rlTaKToPzlW5HK5XsfVSs76zcWKHTzPVOcZ&#10;5TRDlTJIMZvXYV7HnUfbdlzpSWGeeVLiuJ9xqc79ROXpF21/AwAA//8DAFBLAwQUAAYACAAAACEA&#10;/LopENoAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j9B2uRuFE7iJQmxKkqEFdQ&#10;C1Ti5sbbJCJeR7HbhL9ne2pPo9GMZl6xmlwnTjiE1pOGZK5AIFXetlRr+Pp8u1+CCNGQNZ0n1PCH&#10;AVbl7KYwufUjbfC0jbXgEQq50dDE2OdShqpBZ8Lc90icHfzgTGQ71NIOZuRx18kHpRbSmZb4oTE9&#10;vjRY/W6PTsP3++Fn96g+6leX9qOflCSXSa3vbqf1M4iIU7yU4YzP6FAy094fyQbRaVg8pdxkzUCc&#10;4yRhv9eQqgxkWchr/vIfAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKAgi5tMBAACNAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/LopENoAAAAH&#10;AQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="7A881DDB" id="Tekstlodziņš 25" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:33.75pt;margin-top:3.45pt;width:22pt;height:22pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALGXCU0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v0zAQ/o7Ef7D8naatAmNR0wk2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+x0XYFv075Y92I/d89z583VNPRib5AsuFKuFkspjNNQW9eW8sf32zfv&#10;paCgXK16cKaUB0Pyavv61Wb0hVlDB31tUDCIo2L0pexC8EWWke7MoGgB3jhONoCDCuxim9WoRkYf&#10;+my9XL7LRsDaI2hDxNGbOSm3Cb9pjA73TUMmiL6U3FtIJ6azime23aiiReU7q49tqGd0MSjruOgJ&#10;6kYFJXZo/4MarEYgaMJCw5BB01htEgdms1r+w+ahU94kLiwO+ZNM9HKw+uv+wX9DEaaPMPEAEwny&#10;d6B/knBw3SnXmg+IMHZG1Vx4FSXLRk/F8WmUmgqKINX4BWoestoFSEBTg0NUhXkKRucBHE6imykI&#10;zcH1xWW+5Izm1NGOFVTx+NgjhU8GBhGNUiLPNIGr/R2F+erjlVjLwa3t+zTX3v0VYMwYSc3HfufO&#10;w1RNwtalzCOzyKWC+sBsEOZt4e1mowP8LcXIm1JK+rVTaKToPztW5HKV53G1kpO/vVizg+eZ6jyj&#10;nGaoUgYpZvM6zOu482jbjis9KcwzT0oc9zMu1bmfqDz9ou0fAAAA//8DAFBLAwQUAAYACAAAACEA&#10;/LopENoAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j9B2uRuFE7iJQmxKkqEFdQ&#10;C1Ti5sbbJCJeR7HbhL9ne2pPo9GMZl6xmlwnTjiE1pOGZK5AIFXetlRr+Pp8u1+CCNGQNZ0n1PCH&#10;AVbl7KYwufUjbfC0jbXgEQq50dDE2OdShqpBZ8Lc90icHfzgTGQ71NIOZuRx18kHpRbSmZb4oTE9&#10;vjRY/W6PTsP3++Fn96g+6leX9qOflCSXSa3vbqf1M4iIU7yU4YzP6FAy094fyQbRaVg8pdxkzUCc&#10;4yRhv9eQqgxkWchr/vIfAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACxlwlNMBAACNAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/LopENoAAAAH&#10;AQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="7BB74E96" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00C704C2">
+                          <w:p w14:paraId="1484BE6B" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00C704C2">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="01FC72CF" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="005A1E77" w:rsidRDefault="00CB788A" w:rsidP="002B4CD4">
+          <w:p w14:paraId="024E86CF" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="005A1E77" w:rsidRDefault="00CB788A" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
@@ -5010,224 +5000,202 @@
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCD3123" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="002B4CD4">
+          <w:p w14:paraId="1996737E" w14:textId="38A37AE9" w:rsidR="00E7469F" w:rsidRPr="00E7469F" w:rsidRDefault="005B0F29" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D7D43DC" wp14:editId="19A105D9">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52EE4302" wp14:editId="4402C099">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>585470</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>34925</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="279400" cy="279400"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="2" name="Text Box 14"/>
+                      <wp:docPr id="946597971" name="Tekstlodziņš 23"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="279400" cy="279400"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="643EB345" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB1C53">
+                                <w:p w14:paraId="18CECC8A" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB1C53">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="0D7D43DC" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:46.1pt;margin-top:2.75pt;width:22pt;height:22pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALGXCU0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v0zAQ/o7Ef7D8naatAmNR0wk2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+x0XYFv075Y92I/d89z583VNPRib5AsuFKuFkspjNNQW9eW8sf32zfv&#10;paCgXK16cKaUB0Pyavv61Wb0hVlDB31tUDCIo2L0pexC8EWWke7MoGgB3jhONoCDCuxim9WoRkYf&#10;+my9XL7LRsDaI2hDxNGbOSm3Cb9pjA73TUMmiL6U3FtIJ6azime23aiiReU7q49tqGd0MSjruOgJ&#10;6kYFJXZo/4MarEYgaMJCw5BB01htEgdms1r+w+ahU94kLiwO+ZNM9HKw+uv+wX9DEaaPMPEAEwny&#10;d6B/knBw3SnXmg+IMHZG1Vx4FSXLRk/F8WmUmgqKINX4BWoestoFSEBTg0NUhXkKRucBHE6imykI&#10;zcH1xWW+5Izm1NGOFVTx+NgjhU8GBhGNUiLPNIGr/R2F+erjlVjLwa3t+zTX3v0VYMwYSc3HfufO&#10;w1RNwtalzCOzyKWC+sBsEOZt4e1mowP8LcXIm1JK+rVTaKToPztW5HKV53G1kpO/vVizg+eZ6jyj&#10;nGaoUgYpZvM6zOu482jbjis9KcwzT0oc9zMu1bmfqDz9ou0fAAAA//8DAFBLAwQUAAYACAAAACEA&#10;Po6g2doAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j9B2srcaM2oamakE2FQFxB&#10;lLYSNzfeJhHxOordJvw97gmOoxm9ecVmsp240OBbxwj3CwWCuHKm5Rph9/l6twbhg2ajO8eE8EMe&#10;NuXsptC5cSN/0GUbahEh7HON0ITQ51L6qiGr/cL1xLE7ucHqEONQSzPoMcJtJxOlVtLqluNDo3t6&#10;bqj63p4twv7t9HVYqvf6xab96CYl2WYS8XY+PT2CCDSFvzFc9aM6lNHp6M5svOgQsiSJS4Q0BXGt&#10;H1YxHxGWWQqyLOR///IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACxlwlNMBAACNAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPo6g2doAAAAH&#10;AQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="52EE4302" id="Tekstlodziņš 23" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:46.1pt;margin-top:2.75pt;width:22pt;height:22pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwxpYO0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ0nU14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vhV7EXiRDnkOqc31NPRib5AsuFIuF7kUxmmorWtL+eP73Zt3&#10;UlBQrlY9OFPKgyF5vX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwnG8BBBXaxzWpUI6MP&#10;fbbK87fZCFh7BG2IOHo7J+U24TeN0eFr05AJoi8l9xbSiems4pltN6poUfnO6mMb6gVdDMo6LnqC&#10;ulVBiR3aZ1CD1QgETVhoGDJoGqtN4sBslvk/bB465U3iwuKQP8lE/w9Wf9k/+G8owvQBJh5gIkH+&#10;HvRPEg5uOuVa8x4Rxs6omgsvo2TZ6Kk4Po1SU0ERpBo/Q81DVrsACWhqcIiqME/B6DyAw0l0MwWh&#10;Obi6vFrnnNGcOtqxgioeH3uk8NHAIKJRSuSZJnC1v6cwX328Ems5uLN9n+bau78CjBkjqfnY79x5&#10;mKpJ2LqUF5FZ5FJBfWA2CPO28Haz0QH+lmLkTSkl/dopNFL0nxwrcrVcr+NqJWd9cbliB88z1XlG&#10;Oc1QpQxSzOZNmNdx59G2HVd6UphnnpQ47mdcqnM/UXn6Rds/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;Po6g2doAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j9B2srcaM2oamakE2FQFxB&#10;lLYSNzfeJhHxOordJvw97gmOoxm9ecVmsp240OBbxwj3CwWCuHKm5Rph9/l6twbhg2ajO8eE8EMe&#10;NuXsptC5cSN/0GUbahEh7HON0ITQ51L6qiGr/cL1xLE7ucHqEONQSzPoMcJtJxOlVtLqluNDo3t6&#10;bqj63p4twv7t9HVYqvf6xab96CYl2WYS8XY+PT2CCDSFvzFc9aM6lNHp6M5svOgQsiSJS4Q0BXGt&#10;H1YxHxGWWQqyLOR///IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMMaWDtMBAACNAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPo6g2doAAAAH&#10;AQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="643EB345" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB1C53">
+                          <w:p w14:paraId="18CECC8A" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB1C53">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidR="00E7469F" w:rsidRPr="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ārds, uzvārds</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00CB788A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76E2DF8F" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="009827AC" w:rsidRDefault="00CB788A" w:rsidP="002B4CD4">
+          <w:p w14:paraId="3BD95668" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="009827AC" w:rsidRDefault="00CB788A" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009827AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009827AC">
               <w:rPr>
@@ -5281,224 +5249,202 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009827AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009827AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="73582A9A" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="5E90BAB9" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="589"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="49D8007C" w14:textId="77777777" w:rsidR="006A705C" w:rsidRDefault="00CB788A" w:rsidP="002B4CD4">
+          <w:p w14:paraId="4A576FF3" w14:textId="653A8FFE" w:rsidR="006A705C" w:rsidRDefault="005B0F29" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="516A0EC7" wp14:editId="6CC5C3EE">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="198D85A9" wp14:editId="5B4E485A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>583565</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-6350</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="279400" cy="279400"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="10" name="Text Box 14"/>
+                      <wp:docPr id="218709049" name="Tekstlodziņš 21"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="279400" cy="279400"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="71FD9B5A" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+                                <w:p w14:paraId="468A90FF" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="516A0EC7" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:45.95pt;margin-top:-.5pt;width:22pt;height:22pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwxpYO0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ0nU14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vhV7EXiRDnkOqc31NPRib5AsuFIuF7kUxmmorWtL+eP73Zt3&#10;UlBQrlY9OFPKgyF5vX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwnG8BBBXaxzWpUI6MP&#10;fbbK87fZCFh7BG2IOHo7J+U24TeN0eFr05AJoi8l9xbSiems4pltN6poUfnO6mMb6gVdDMo6LnqC&#10;ulVBiR3aZ1CD1QgETVhoGDJoGqtN4sBslvk/bB465U3iwuKQP8lE/w9Wf9k/+G8owvQBJh5gIkH+&#10;HvRPEg5uOuVa8x4Rxs6omgsvo2TZ6Kk4Po1SU0ERpBo/Q81DVrsACWhqcIiqME/B6DyAw0l0MwWh&#10;Obi6vFrnnNGcOtqxgioeH3uk8NHAIKJRSuSZJnC1v6cwX328Ems5uLN9n+bau78CjBkjqfnY79x5&#10;mKpJ2LqUF5FZ5FJBfWA2CPO28Haz0QH+lmLkTSkl/dopNFL0nxwrcrVcr+NqJWd9cbliB88z1XlG&#10;Oc1QpQxSzOZNmNdx59G2HVd6UphnnpQ47mdcqnM/UXn6Rds/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;hq+MNdwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fo7tEVNyKZCIK4g&#10;ClTi5ibbJCJeR7HbhL9ne6LHnRnNvsk3k+vUiYbQekZI5gYUcemrlmuEz4+X2RpUiJYr23kmhF8K&#10;sCmur3KbVX7kdzptY62khENmEZoY+0zrUDbkbJj7nli8gx+cjXIOta4GO0q56/SdMffa2ZblQ2N7&#10;emqo/NkeHcLX6+F7tzRv9bNb9aOfjGaXasTbm+nxAVSkKf6H4Ywv6FAI094fuQqqQ0iTVJIIs0Qm&#10;nf3FSoQ9wnJhQBe5vhxQ/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAwxpYO0wEAAI0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCGr4w13AAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="198D85A9" id="Tekstlodziņš 21" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:45.95pt;margin-top:-.5pt;width:22pt;height:22pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8ocx60wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJsnY14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vhV7EXiRDnkOqc31NPRib5AsuFIuF7kUxmmorWtL+eP73Zt3&#10;UlBQrlY9OFPKgyF5vX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwnG8BBBXaxzWpUI6MP&#10;fbbK84tsBKw9gjZEHL2dk3Kb8JvG6PC1acgE0ZeSewvpxHRW8cy2G1W0qHxn9bEN9YIuBmUdFz1B&#10;3aqgxA7tM6jBagSCJiw0DBk0jdUmcWA2y/wfNg+d8iZxYXHIn2Si/werv+wf/DcUYfoAEw8wkSB/&#10;D/onCQc3nXKteY8IY2dUzYWXUbJs9FQcn0apqaAIUo2foeYhq12ABDQ1OERVmKdgdB7A4SS6mYLQ&#10;HFxdXq1zzmhOHe1YQRWPjz1S+GhgENEoJfJME7ja31OYrz5eibUc3Nm+T3Pt3V8BxoyR1Hzsd+48&#10;TNUkbF3Ki8gscqmgPjAbhHlbeLvZ6AB/SzHyppSSfu0UGin6T44VuVqu13G1krN+e7liB88z1XlG&#10;Oc1QpQxSzOZNmNdx59G2HVd6UphnnpQ47mdcqnM/UXn6Rds/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;hq+MNdwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fo7tEVNyKZCIK4g&#10;ClTi5ibbJCJeR7HbhL9ne6LHnRnNvsk3k+vUiYbQekZI5gYUcemrlmuEz4+X2RpUiJYr23kmhF8K&#10;sCmur3KbVX7kdzptY62khENmEZoY+0zrUDbkbJj7nli8gx+cjXIOta4GO0q56/SdMffa2ZblQ2N7&#10;emqo/NkeHcLX6+F7tzRv9bNb9aOfjGaXasTbm+nxAVSkKf6H4Ywv6FAI094fuQqqQ0iTVJIIs0Qm&#10;nf3FSoQ9wnJhQBe5vhxQ/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8ocx60wEAAI0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCGr4w13AAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="71FD9B5A" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+                          <w:p w14:paraId="468A90FF" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00CB788A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>reģistrācijas Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E977387" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="005A1E77" w:rsidRDefault="00CB788A" w:rsidP="002B4CD4">
+          <w:p w14:paraId="176E9579" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="005A1E77" w:rsidRDefault="00CB788A" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
@@ -5560,156 +5506,156 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A1E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1338041F" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E7469F" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
+          <w:p w14:paraId="0868EE6B" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E7469F" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6702D953" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="009827AC" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
+          <w:p w14:paraId="3C8F3FD6" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="009827AC" w:rsidRDefault="006A705C" w:rsidP="002B4CD4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="4F0A856E" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00534624" w14:paraId="615223D6" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="186753E7" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="71583E12" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>LŪDZU AKCEPTĒT ZĪMES PRIORITĀTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="448E00DB" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="0D8B5EBE" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3742" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61ADB5DC" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="2735A6C7" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -5743,51 +5689,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>KONVENCIJPRIORITĀTE; DOKUMENTA VEIDS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6466" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60269E26" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="504BF88F" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -5835,125 +5781,117 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="0C17EA35" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="1D12EA0E" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16C39E5D" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="36BE5BDE" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(310)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>DOK. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="699F103A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="3FD71A02" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6006,79 +5944,71 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="163E74FD" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="3A0D87B5" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(330)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A131D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>VALSTS (kods)</w:t>
             </w:r>
@@ -6091,51 +6021,51 @@
               <w:t xml:space="preserve"> VALSTS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">VALSTS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(KODS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="751AC14F" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="341C0172" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6165,124 +6095,116 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1E76E4C5" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="31705253" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(320)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="523310CA" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="3D1300CF" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6331,65 +6253,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="3C55BEF4" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00534624" w14:paraId="0534DBA8" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C80980C" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="79A9E14A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -6414,366 +6336,336 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> IZSTĀDES PRIORITĀTE; DOKUMENTA VEIDS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="4AB66A77" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="5CFF46ED" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="408B7221" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="57DB749A" w14:textId="7C756450" w:rsidR="00E7469F" w:rsidRDefault="005B0F29" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79FA60EB" wp14:editId="15650119">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="654D6761" wp14:editId="04F314E6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>146580</wp:posOffset>
+                        <wp:posOffset>146685</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>118745</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="330835" cy="261620"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="9" name="Text Box 25"/>
+                      <wp:docPr id="1661596476" name="Tekstlodziņš 19"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="330835" cy="261620"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="430BE4FE" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
+                                <w:p w14:paraId="326B9FDF" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="79FA60EB" id="Text Box 25" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:11.55pt;margin-top:9.35pt;width:26.05pt;height:20.6pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7Cac32QEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yRttyxR0xXsahHS&#10;cpEWPsBxnItIPGbGbVK+nrHT7RZ4Q7xY9ox9Zs454+3NNPTiYJA6sIXMFqkUxmqoOtsU8tvX+1fX&#10;UpBXtlI9WFPIoyF5s3v5Yju63Cyhhb4yKBjEUj66QrbeuzxJSLdmULQAZywna8BBeT5ik1SoRkYf&#10;+mSZpptkBKwcgjZEHL2bk3IX8evaaP+5rsl40ReSe/NxxbiWYU12W5U3qFzb6VMb6h+6GFRnuegZ&#10;6k55JfbY/QU1dBqBoPYLDUMCdd1pEzkwmyz9g81jq5yJXFgccmeZ6P/B6k+HR/cFhZ/ewcQGRhLk&#10;HkB/J2HhtlW2MW8RYWyNqrhwFiRLRkf56WmQmnIKIOX4ESo2We09RKCpxiGowjwFo7MBx7PoZvJC&#10;c3C1Sq9XV1JoTi032WYZTUlU/vTYIfn3BgYRNoVE9jSCq8MD+dCMyp+uhFoW7ru+j7729rcAXwyR&#10;2Hzod+7cT+UkuqqQm8AscCmhOjIbhHlaeLp50wL+lGLkSSkk/dgrNFL0Hywr8iZbr8NoxcP66jUT&#10;EHiZKS8zymqGKqSXYt7e+nkc9w67puVKzwqz55HeaT7DUF2eI5XnX7T7BQAA//8DAFBLAwQUAAYA&#10;CAAAACEAfEikD9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOy07DMBBF90j8gzVI7KjdQGgT&#10;4lQViC2o5SGxc+NpEjUeR7HbhL/vdAXL+9C9p1hNrhMnHELrScN8pkAgVd62VGv4/Hi9W4II0ZA1&#10;nSfU8IsBVuX1VWFy60fa4Gkba8EjFHKjoYmxz6UMVYPOhJnvkTjb+8GZyHKopR3MyOOuk4lSj9KZ&#10;lvihMT0+N1gdtken4ett//P9oN7rF5f2o5+UJJdJrW9vpvUTiIhT/CvDBZ/RoWSmnT+SDaLTkNzP&#10;ucn+cgGC80WagNhpSLMMZFnI//zlGQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHsJpzfZ&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHxI&#10;pA/bAAAABwEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="654D6761" id="Tekstlodziņš 19" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:11.55pt;margin-top:9.35pt;width:26.05pt;height:20.6pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBA1kGt2gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aTNO2MOMXWosOA&#10;rhvQ9QNkWY6N2aJGKrGzrx8lp2m23oZdBImUHvneo9bXY9+JvUFqwRYym6VSGKuhau22kE/f795d&#10;SUFe2Up1YE0hD4bk9ebtm/XgcjOHBrrKoGAQS/ngCtl47/IkId2YXtEMnLGcrAF75fmI26RCNTB6&#10;3yXzNF0lA2DlELQh4ujtlJSbiF/XRvuvdU3Gi66Q3JuPK8a1DGuyWat8i8o1rT62of6hi161loue&#10;oG6VV2KH7SuovtUIBLWfaegTqOtWm8iB2WTpX2weG+VM5MLikDvJRP8PVj/sH903FH78CCMbGEmQ&#10;uwf9g4SFm0bZrfmACENjVMWFsyBZMjjKj0+D1JRTACmHL1CxyWrnIQKNNfZBFeYpGJ0NOJxEN6MX&#10;moOLRXq1uJBCc2q+ylbzaEqi8ufHDsl/MtCLsCkksqcRXO3vyYdmVP58JdSycNd2XfS1s38E+GKI&#10;xOZDv1PnfixH0VaFvAzMApcSqgOzQZimhaebNw3gLykGnpRC0s+dQiNF99myIu+z5TKMVjwsLy6Z&#10;gMDzTHmeUVYzVCG9FNP2xk/juHPYbhuu9KIwex7pHeczDNX5OVJ5+UWb3wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAHxIpA/bAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjstOwzAQRfdI/IM1SOyo3UBo&#10;E+JUFYgtqOUhsXPjaRI1Hkex24S/73QFy/vQvadYTa4TJxxC60nDfKZAIFXetlRr+Px4vVuCCNGQ&#10;NZ0n1PCLAVbl9VVhcutH2uBpG2vBIxRyo6GJsc+lDFWDzoSZ75E42/vBmchyqKUdzMjjrpOJUo/S&#10;mZb4oTE9PjdYHbZHp+Hrbf/z/aDe6xeX9qOflCSXSa1vb6b1E4iIU/wrwwWf0aFkpp0/kg2i05Dc&#10;z7nJ/nIBgvNFmoDYaUizDGRZyP/85RkAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBA1kGt&#10;2gEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB8&#10;SKQP2wAAAAcBAAAPAAAAAAAAAAAAAAAAADQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="430BE4FE" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
+                          <w:p w14:paraId="326B9FDF" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00CB788A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00CB788A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00CB788A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00CB788A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00CB788A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB788A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB788A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB788A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB788A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB788A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40A62D83" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="1915171B" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(230)</w:instrText>
-            </w:r>
-[...6 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="422CC60B" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="59243482" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6822,108 +6714,100 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="4C8477A8" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00534624" w14:paraId="42E79672" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="531F223C" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="4850DAEC" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(511)</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PRECE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="14"/>
               </w:rPr>
@@ -6946,147 +6830,147 @@
               </w:rPr>
               <w:t xml:space="preserve">(SAGRUPĒTI ATBILSTOŠI </w:t>
             </w:r>
             <w:r w:rsidRPr="006142F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>NICAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC42B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> KLASIFIKĀCIJAS KLASĒM)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C712AD1" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="60EB6DFE" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:left="-109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="00370874">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(JA SARAKSTS NEIETILPST ATVĒLĒTAJĀ VIETĀ, T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>AS</w:t>
             </w:r>
             <w:r w:rsidRPr="00370874">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> JĀPIEVIENO PIELIKUMĀ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="14B04516" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="42F1477B" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="189"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10EF38E2" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00AA6425" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="49835FD7" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00AA6425" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA6425">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>KLASES Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8513" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4465E934" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="50009F6F" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -7142,66 +7026,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="33DE57AF" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="13F10DEE" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="5660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="495724A0" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="3D501193" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7265,161 +7149,152 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8513" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F24DA7A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="43BF10B7" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="7012A1EE" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="5F85A47E" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="62"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73D6947C" w14:textId="77777777" w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w:rsidRDefault="002B4CD4" w:rsidP="00BA1777">
+          <w:p w14:paraId="21B027F3" w14:textId="77777777" w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w:rsidRDefault="002B4CD4" w:rsidP="00BA1777">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A0B56EE" w14:textId="77777777" w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w:rsidRDefault="002B4CD4" w:rsidP="00BA1777">
+          <w:p w14:paraId="7DF94980" w14:textId="77777777" w:rsidR="002B4CD4" w:rsidRPr="002B4CD4" w:rsidRDefault="002B4CD4" w:rsidP="00BA1777">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="5F0C9740" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="1806C4F5" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="339"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15DB0D84" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="00CB788A" w:rsidP="003C6B1E">
+          <w:p w14:paraId="25044C51" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="00CB788A" w:rsidP="003C6B1E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(740)</w:instrText>
-            </w:r>
-[...7 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -7443,86 +7318,86 @@
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PĀRSTĀVIS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA243B8" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="00CB788A" w:rsidP="003C6B1E">
+          <w:p w14:paraId="30F09166" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="00CB788A" w:rsidP="003C6B1E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="03C4FDC8" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="54F37578" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4528" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01134EF1" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="00CB788A" w:rsidP="00BA1777">
+          <w:p w14:paraId="56BEA8BE" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="00CB788A" w:rsidP="00BA1777">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7585,51 +7460,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5680" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CC81B1D" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="00CB788A" w:rsidP="00BA1777">
+          <w:p w14:paraId="6B5C74A3" w14:textId="77777777" w:rsidR="008C7E71" w:rsidRDefault="00CB788A" w:rsidP="00BA1777">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -7663,318 +7538,288 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="3DFF8204" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="3617A2D7" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4247" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3748A338" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="1AEE57EF" w14:textId="50C5073B" w:rsidR="00E7469F" w:rsidRDefault="005B0F29" w:rsidP="00E7469F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EE7DAF2" wp14:editId="7FC75EF6">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6583DCE9" wp14:editId="18FA2E0A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-46990</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>120968</wp:posOffset>
+                        <wp:posOffset>121285</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="259080"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="13" name="Text Box 18"/>
+                      <wp:docPr id="1135986144" name="Tekstlodziņš 17"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="259080"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="14B3BC2A" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+                                <w:p w14:paraId="00E0B6F2" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="5EE7DAF2" id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-3.7pt;margin-top:9.55pt;width:21.6pt;height:20.4pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkEtq42AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0qU14hRbiw4D&#10;ugvQ9QNoWb5gtqhRSuzs60fJaZqtb8NeBImUDnnOoTbX09CLvSbXoSnkcpFKoY3CqjNNIR+/3725&#10;lMJ5MBX0aHQhD9rJ6+3rV5vR5jrDFvtKk2AQ4/LRFrL13uZJ4lSrB3ALtNpwskYawPORmqQiGBl9&#10;6JMsTd8lI1JlCZV2jqO3c1JuI35da+W/1rXTXvSF5N58XCmuZViT7QbyhsC2nTq2Af/QxQCd4aIn&#10;qFvwIHbUvYAaOkXosPYLhUOCdd0pHTkwm2X6F5uHFqyOXFgcZ08yuf8Hq77sH+w3En76gBMbGEk4&#10;e4/qhxMGb1owjX5PhGOroeLCyyBZMlqXH58GqV3uAkg5fsaKTYadxwg01TQEVZinYHQ24HASXU9e&#10;KA5m69XbjDOKU9nFVXoZTUkgf3psyfmPGgcRNoUk9jSCw/7e+dAM5E9XQi2Dd13fR19780eAL4ZI&#10;bD70O3fup3ISXVXIdWAWuJRYHZgN4TwtPN28aZF+STHypBTS/dwBaSn6T4YVuVquVmG04mF1sQ5k&#10;6DxTnmfAKIYqpJdi3t74eRx3lrqm5UrPCrPnkd5xPsNQnZ8jledftP0NAAD//wMAUEsDBBQABgAI&#10;AAAAIQASiVDP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWrvQAAlx&#10;KgTiCqL8SNy28TaJiNdR7Dbh7VlOcJyd0cy35Wb2vTrSGLvAFlZLA4q4Dq7jxsLb6+PiBlRMyA77&#10;wGThmyJsqtOTEgsXJn6h4zY1Sko4FmihTWkotI51Sx7jMgzE4u3D6DGJHBvtRpyk3Pf6wpgr7bFj&#10;WWhxoPuW6q/twVt4f9p/fqzNc/Pgs2EKs9Hsc23t+dl8dwsq0Zz+wvCLL+hQCdMuHNhF1VtYXK8l&#10;Kfd8BUr8y0w+2VnI8hx0Ver//NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACQS2rjY&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKJ&#10;UM/cAAAABwEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="6583DCE9" id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-3.7pt;margin-top:9.55pt;width:21.6pt;height:20.4pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZ75jG2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0jU14hRbiw4D&#10;ugvQ9QNkWb5gtqiRSuzs60fJaZqtb8NeBImUDnnOoTbX09CLvUHqwBZyuUilMFZD1dmmkI/f796s&#10;pSCvbKV6sKaQB0Pyevv61WZ0ucmghb4yKBjEUj66QrbeuzxJSLdmULQAZywna8BBeT5ik1SoRkYf&#10;+iRL03fJCFg5BG2IOHo7J+U24te10f5rXZPxoi8k9+bjinEtw5psNypvULm208c21D90MajOctET&#10;1K3ySuywewE1dBqBoPYLDUMCdd1pEzkwm2X6F5uHVjkTubA45E4y0f+D1V/2D+4bCj99gIkNjCTI&#10;3YP+QcLCTatsY94jwtgaVXHhZZAsGR3lx6dBasopgJTjZ6jYZLXzEIGmGoegCvMUjM4GHE6im8kL&#10;zcHscvU244zmVHZxla6jKYnKnx47JP/RwCDCppDInkZwtb8nH5pR+dOVUMvCXdf30dfe/hHgiyES&#10;mw/9zp37qZxEVxVyHZgFLiVUB2aDME8LTzdvWsBfUow8KYWknzuFRor+k2VFrparVRiteFhdXAYy&#10;eJ4pzzPKaoYqpJdi3t74eRx3Drum5UrPCrPnkd5xPsNQnZ8jledftP0NAAD//wMAUEsDBBQABgAI&#10;AAAAIQASiVDP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWrvQAAlx&#10;KgTiCqL8SNy28TaJiNdR7Dbh7VlOcJyd0cy35Wb2vTrSGLvAFlZLA4q4Dq7jxsLb6+PiBlRMyA77&#10;wGThmyJsqtOTEgsXJn6h4zY1Sko4FmihTWkotI51Sx7jMgzE4u3D6DGJHBvtRpyk3Pf6wpgr7bFj&#10;WWhxoPuW6q/twVt4f9p/fqzNc/Pgs2EKs9Hsc23t+dl8dwsq0Zz+wvCLL+hQCdMuHNhF1VtYXK8l&#10;Kfd8BUr8y0w+2VnI8hx0Ver//NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFnvmMbY&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKJ&#10;UM/cAAAABwEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="14B3BC2A" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+                          <w:p w14:paraId="00E0B6F2" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(750)</w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E7469F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAZIŅAS ADRESE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5961" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78AA72B5" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="44B02F69" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="648B2601" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="492C71E0" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E2B9B76" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="43CEE7D3" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">        ADRESĀTA VEIDS:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="429" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="39F7C6B3" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="73A05BB2" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -7996,105 +7841,105 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="718E89C8" w14:textId="77777777" w:rsidR="004A574E" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="69EAB7E5" w14:textId="77777777" w:rsidR="004A574E" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>fiziska persona –</w:t>
             </w:r>
             <w:r w:rsidR="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0448A5D0" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="6C9DAC52" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>vārds, uzvārds:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="720DBC41" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="77E8C7B6" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
@@ -8153,257 +7998,235 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13FC0373" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="003E63FE">
+          <w:p w14:paraId="3842901F" w14:textId="0EC39BBD" w:rsidR="00E7469F" w:rsidRDefault="005B0F29" w:rsidP="003E63FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E92F689" wp14:editId="0708A04B">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBECD56" wp14:editId="119EA8EF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-180975</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>206375</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="259080"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="12" name="Text Box 18"/>
+                      <wp:docPr id="1969596578" name="Tekstlodziņš 15"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="259080"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="7B9F2998" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+                                <w:p w14:paraId="21E0A90E" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                                   <w:pPr>
                                     <w:ind w:right="-141"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1E92F689" id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-14.25pt;margin-top:16.25pt;width:21.6pt;height:20.4pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZ75jG2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0jU14hRbiw4D&#10;ugvQ9QNkWb5gtqiRSuzs60fJaZqtb8NeBImUDnnOoTbX09CLvUHqwBZyuUilMFZD1dmmkI/f796s&#10;pSCvbKV6sKaQB0Pyevv61WZ0ucmghb4yKBjEUj66QrbeuzxJSLdmULQAZywna8BBeT5ik1SoRkYf&#10;+iRL03fJCFg5BG2IOHo7J+U24te10f5rXZPxoi8k9+bjinEtw5psNypvULm208c21D90MajOctET&#10;1K3ySuywewE1dBqBoPYLDUMCdd1pEzkwm2X6F5uHVjkTubA45E4y0f+D1V/2D+4bCj99gIkNjCTI&#10;3YP+QcLCTatsY94jwtgaVXHhZZAsGR3lx6dBasopgJTjZ6jYZLXzEIGmGoegCvMUjM4GHE6im8kL&#10;zcHscvU244zmVHZxla6jKYnKnx47JP/RwCDCppDInkZwtb8nH5pR+dOVUMvCXdf30dfe/hHgiyES&#10;mw/9zp37qZxEVxVyHZgFLiVUB2aDME8LTzdvWsBfUow8KYWknzuFRor+k2VFrparVRiteFhdXAYy&#10;eJ4pzzPKaoYqpJdi3t74eRx3Drum5UrPCrPnkd5xPsNQnZ8jledftP0NAAD//wMAUEsDBBQABgAI&#10;AAAAIQCT4H/c3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWrtJX6SZ&#10;VAjEFtTykNi58TSJiMdR7Dbh73FXdDUazdGdc/PtaFtxpt43jhFmUwWCuHSm4Qrh4/1lsgbhg2aj&#10;W8eE8EsetsXtTa4z4wbe0XkfKhFD2GcaoQ6hy6T0ZU1W+6nriOPt6HqrQ1z7SppeDzHctjJRaimt&#10;bjh+qHVHTzWVP/uTRfh8PX5/zdVb9WwX3eBGJdk+SMT7u/FxAyLQGP5huOhHdSii08Gd2HjRIkyS&#10;9SKiCGkS5wWYr0AcEFZpCrLI5XWB4g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBZ75jG&#10;2AEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCT&#10;4H/c3QAAAAgBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="0EBECD56" id="Tekstlodziņš 15" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-14.25pt;margin-top:16.25pt;width:21.6pt;height:20.4pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiMH5c2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0rUx4hRbiw4D&#10;ugvQ9QNkWb5gtqiRSuzs60fJaZqtb8NeBImUDnnOoTbX09CLvUHqwBZyuUilMFZD1dmmkI/f795c&#10;SUFe2Ur1YE0hD4bk9fb1q83ocpNBC31lUDCIpXx0hWy9d3mSkG7NoGgBzlhO1oCD8nzEJqlQjYw+&#10;9EmWpu+SEbByCNoQcfR2TsptxK9ro/3XuibjRV9I7s3HFeNahjXZblTeoHJtp49tqH/oYlCd5aIn&#10;qFvlldhh9wJq6DQCQe0XGoYE6rrTJnJgNsv0LzYPrXImcmFxyJ1kov8Hq7/sH9w3FH76ABMbGEmQ&#10;uwf9g4SFm1bZxrxHhLE1quLCyyBZMjrKj0+D1JRTACnHz1CxyWrnIQJNNQ5BFeYpGJ0NOJxEN5MX&#10;moPZ5eptxhnNqexinV5FUxKVPz12SP6jgUGETSGRPY3gan9PPjSj8qcroZaFu67vo6+9/SPAF0Mk&#10;Nh/6nTv3UzmJrirkOjALXEqoDswGYZ4Wnm7etIC/pBh5UgpJP3cKjRT9J8uKrJerVRiteFhdXAYy&#10;eJ4pzzPKaoYqpJdi3t74eRx3Drum5UrPCrPnkd5xPsNQnZ8jledftP0NAAD//wMAUEsDBBQABgAI&#10;AAAAIQCT4H/c3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWrtJX6SZ&#10;VAjEFtTykNi58TSJiMdR7Dbh73FXdDUazdGdc/PtaFtxpt43jhFmUwWCuHSm4Qrh4/1lsgbhg2aj&#10;W8eE8EsetsXtTa4z4wbe0XkfKhFD2GcaoQ6hy6T0ZU1W+6nriOPt6HqrQ1z7SppeDzHctjJRaimt&#10;bjh+qHVHTzWVP/uTRfh8PX5/zdVb9WwX3eBGJdk+SMT7u/FxAyLQGP5huOhHdSii08Gd2HjRIkyS&#10;9SKiCGkS5wWYr0AcEFZpCrLI5XWB4g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBiMH5c&#10;2AEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCT&#10;4H/c3QAAAAgBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="7B9F2998" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+                          <w:p w14:paraId="21E0A90E" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                             <w:pPr>
                               <w:ind w:right="-141"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="461D13BD" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="6C9FCA9A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="307D1EEA" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="7F03E86A" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="493DE73A" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
+          <w:p w14:paraId="491988FF" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="429" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="66DC875E" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="73A98AAE" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -8425,79 +8248,79 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3541FF2F" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="4A3A3291" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>juridiska persona – nosaukums:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE78657" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="35B2BA2B" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
@@ -8556,80 +8379,80 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30199066" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+          <w:p w14:paraId="249CE721" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
             <w:pPr>
               <w:ind w:left="172" w:right="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>reģistrācijas Nr.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FC555E5" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="325B98DB" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-110"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
@@ -8684,523 +8507,479 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="4A64DBF3" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="65071ECB" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="63"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B17BFFD" w14:textId="77777777" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="53F82910" w14:textId="34ECC8CB" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="005B0F29" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70FA0B66" wp14:editId="43944410">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48D804EE" wp14:editId="3AD5BE28">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-42545</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>53975</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="321945" cy="354330"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="15" name="Text Box 18"/>
+                      <wp:docPr id="1261471238" name="Tekstlodziņš 13"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="321945" cy="354330"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="6B75C480" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+                                <w:p w14:paraId="30F0FC18" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                                   <w:pPr>
                                     <w:ind w:right="76"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="70FA0B66" id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-3.35pt;margin-top:4.25pt;width:25.35pt;height:27.9pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCx8Hsu2QEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zS9AI2armBXi5CW&#10;BWnZD3Ac5yISj5lxm5SvZ+x0u4V9Q7xYnhnnzDlnJturse/EwSC1YHOZzuZSGKuhbG2dy8fvt2/e&#10;S0Fe2VJ1YE0uj4bk1e71q+3gMrOABrrSoGAQS9ngctl477IkId2YXtEMnLFcrAB75TnEOilRDYze&#10;d8liPn+bDIClQ9CGiLM3U1HuIn5VGe2/VhUZL7pcMjcfT4xnEc5kt1VZjco1rT7RUP/Aolet5aZn&#10;qBvlldhj+wKqbzUCQeVnGvoEqqrVJmpgNen8LzUPjXImamFzyJ1tov8Hq+8PD+4bCj9+hJEHGEWQ&#10;uwP9g4SF60bZ2nxAhKExquTGabAsGRxlp0+D1ZRRACmGL1DykNXeQwQaK+yDK6xTMDoP4Hg23Yxe&#10;aE4uF+lmtZZCc2m5Xi2XcSiJyp4+dkj+k4FehEsukWcawdXhjnwgo7KnJ6GXhdu26+JcO/tHgh+G&#10;TCQf+E7M/ViMoi1zuQnKgpYCyiOrQZi2hbebLw3gLykG3pRc0s+9QiNF99myI5t0tQqrFYPV+t2C&#10;A7ysFJcVZTVD5dJLMV2v/bSOe4dt3XCnZ4d55lHeaT/DUl3GUcrzX7T7DQAA//8DAFBLAwQUAAYA&#10;CAAAACEAjiPuJdsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FobSEMJ&#10;2VQIxBVE+ZG4ufE2iYjXUew24e1ZTnAczWjmm3Iz+14daYxdYISLpQFFXAfXcYPw9vq4WIOKybKz&#10;fWBC+KYIm+r0pLSFCxO/0HGbGiUlHAuL0KY0FFrHuiVv4zIMxOLtw+htEjk22o12knLf60tjcu1t&#10;x7LQ2oHuW6q/tgeP8P60//zIzHPz4FfDFGaj2d9oxPOz+e4WVKI5/YXhF1/QoRKmXTiwi6pHWOTX&#10;kkRYr0CJnWXybIeQZ1egq1L/x69+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALHwey7Z&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI4j&#10;7iXbAAAABgEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="48D804EE" id="Tekstlodziņš 13" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:-3.35pt;margin-top:4.25pt;width:25.35pt;height:27.9pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVOgaS2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRtCmzUdAW7WoS0&#10;LEgLH+A4zkUkHjPjNilfz9jpdgu8IV4sz4xz5pwzk+31NPTiYJA6sIVMF0spjNVQdbYp5Levd6/e&#10;SkFe2Ur1YE0hj4bk9e7li+3ocrOCFvrKoGAQS/noCtl67/IkId2aQdECnLFcrAEH5TnEJqlQjYw+&#10;9MlquXydjICVQ9CGiLO3c1HuIn5dG+0/1zUZL/pCMjcfT4xnGc5kt1V5g8q1nT7RUP/AYlCd5aZn&#10;qFvlldhj9xfU0GkEgtovNAwJ1HWnTdTAatLlH2oeW+VM1MLmkDvbRP8PVj8cHt0XFH56DxMPMIog&#10;dw/6OwkLN62yjXmHCGNrVMWN02BZMjrKT58GqymnAFKOn6DiIau9hwg01TgEV1inYHQewPFsupm8&#10;0Jxcr9KrbCOF5tJ6k63XcSiJyp8+dkj+g4FBhEshkWcawdXhnnwgo/KnJ6GXhbuu7+Nce/tbgh+G&#10;TCQf+M7M/VROoqtYWWwcxJRQHVkOwrwuvN58aQF/SjHyqhSSfuwVGin6j5YtuUqzLOxWDLLNmxUH&#10;eFkpLyvKaoYqpJdivt74eR/3Drum5U7PFvPQo77TgoatuoyjluffaPcLAAD//wMAUEsDBBQABgAI&#10;AAAAIQCOI+4l2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWhtIQwnZ&#10;VAjEFUT5kbi58TaJiNdR7Dbh7VlOcBzNaOabcjP7Xh1pjF1ghIulAUVcB9dxg/D2+rhYg4rJsrN9&#10;YEL4pgib6vSktIULE7/QcZsaJSUcC4vQpjQUWse6JW/jMgzE4u3D6G0SOTbajXaSct/rS2Ny7W3H&#10;stDage5bqr+2B4/w/rT//MjMc/PgV8MUZqPZ32jE87P57hZUojn9heEXX9ChEqZdOLCLqkdY5NeS&#10;RFivQImdZfJsh5BnV6CrUv/Hr34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVToGktgB&#10;AACOAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjiPu&#10;JdsAAAAGAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="6B75C480" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+                          <w:p w14:paraId="30F0FC18" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                             <w:pPr>
                               <w:ind w:right="76"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="692D239A" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00E7469F">
+          <w:p w14:paraId="724C1CB5" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00E7469F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="03BBAADC" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00E7469F">
+          <w:p w14:paraId="6CF63A0C" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00257362" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3829" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51965A37" w14:textId="77777777" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
+          <w:p w14:paraId="3D1DC696" w14:textId="22B52F90" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="005B0F29" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A03E4F8" wp14:editId="7273B8AF">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2241EA24" wp14:editId="55B88438">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>422910</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>57785</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="274320" cy="259080"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="14" name="Text Box 18"/>
+                      <wp:docPr id="610199351" name="Tekstlodziņš 11"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="274320" cy="259080"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="44C13FCC" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+                                <w:p w14:paraId="3C24274E" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2A03E4F8" id="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:33.3pt;margin-top:4.55pt;width:21.6pt;height:20.4pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7vK6N2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0rU14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vQ17ESRSOuQ5h9rcTEMv9gbJgivlarGUwjgNtXVtKb99vX91&#10;JQUF5WrVgzOlPBiSN9uXLzajL0wOHfS1QcEgjorRl7ILwRdZRrozg6IFeOM42QAOKvAR26xGNTL6&#10;0Gf5cvkmGwFrj6ANEUfv5qTcJvymMTp8bhoyQfSl5N5CWjGtVVyz7UYVLSrfWX1sQ/1DF4Oyjoue&#10;oO5UUGKH9i+owWoEgiYsNAwZNI3VJnFgNqvlH2weO+VN4sLikD/JRP8PVn/aP/ovKML0DiY2MJEg&#10;/wD6OwkHt51yrXmLCGNnVM2FV1GybPRUHJ9GqamgCFKNH6Fmk9UuQAKaGhyiKsxTMDobcDiJbqYg&#10;NAfzy/XrnDOaU/nF9fIqmZKp4umxRwrvDQwibkqJ7GkCV/sHCrEZVTxdibUc3Nu+T7727rcAX4yR&#10;1Hzsd+48TNUkbM3MUuFIpoL6wHQQ5nHh8eZNB/hTipFHpZT0Y6fQSNF/cCzJ9Wq9jrOVDuuLy8gG&#10;zzPVeUY5zVClDFLM29swz+POo207rvQsMZue+B0HNE7V+Tlxef5G218AAAD//wMAUEsDBBQABgAI&#10;AAAAIQA0FYCv2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUi9UbuoRDjN&#10;pqqKegVRfiRubrxNosbrKHab8Pa4JziOZjTzTbGeXCcuNITWM8JirkAQV962XCN8vO/un0CEaNia&#10;zjMh/FCAdXl7U5jc+pHf6LKPtUglHHKD0MTY51KGqiFnwtz3xMk7+sGZmORQSzuYMZW7Tj4olUln&#10;Wk4Ljelp21B12p8dwufL8ftrqV7rZ/fYj35Skp2WiLO7abMCEWmKf2G44id0KBPTwZ/ZBtEhZFmW&#10;kgh6AeJqK52eHBCWWoMsC/mfv/wFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+7yujdgB&#10;AACOAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANBWA&#10;r9sAAAAHAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2241EA24" id="Tekstlodziņš 11" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:33.3pt;margin-top:4.55pt;width:21.6pt;height:20.4pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAY0gX2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0rU14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vQ17ESRSOuQ5h9rcTEMv9gbJgivlarGUwjgNtXVtKb99vX91&#10;JQUF5WrVgzOlPBiSN9uXLzajL0wOHfS1QcEgjorRl7ILwRdZRrozg6IFeOM42QAOKvAR26xGNTL6&#10;0Gf5cvkmGwFrj6ANEUfv5qTcJvymMTp8bhoyQfSl5N5CWjGtVVyz7UYVLSrfWX1sQ/1DF4Oyjoue&#10;oO5UUGKH9i+owWoEgiYsNAwZNI3VJnFgNqvlH2weO+VN4sLikD/JRP8PVn/aP/ovKML0DiY2MJEg&#10;/wD6OwkHt51yrXmLCGNnVM2FV1GybPRUHJ9GqamgCFKNH6Fmk9UuQAKaGhyiKsxTMDobcDiJbqYg&#10;NAfzy/XrnDOaU/nF9fIqmZKp4umxRwrvDQwibkqJ7GkCV/sHCrEZVTxdibUc3Nu+T7727rcAX4yR&#10;1Hzsd+48TNUkbM3MErVIpoL6wHQQ5nHh8eZNB/hTipFHpZT0Y6fQSNF/cCzJ9Wq9jrOVDuuLy8gG&#10;zzPVeUY5zVClDFLM29swz+POo207rvQsMZue+B0HNE7V+Tlxef5G218AAAD//wMAUEsDBBQABgAI&#10;AAAAIQA0FYCv2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUi9UbuoRDjN&#10;pqqKegVRfiRubrxNosbrKHab8Pa4JziOZjTzTbGeXCcuNITWM8JirkAQV962XCN8vO/un0CEaNia&#10;zjMh/FCAdXl7U5jc+pHf6LKPtUglHHKD0MTY51KGqiFnwtz3xMk7+sGZmORQSzuYMZW7Tj4olUln&#10;Wk4Ljelp21B12p8dwufL8ftrqV7rZ/fYj35Skp2WiLO7abMCEWmKf2G44id0KBPTwZ/ZBtEhZFmW&#10;kgh6AeJqK52eHBCWWoMsC/mfv/wFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwGNIF9gB&#10;AACOAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANBWA&#10;r9sAAAAHAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="44C13FCC" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+                          <w:p w14:paraId="3C24274E" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="100FD4D6" w14:textId="77777777" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="00257362" w:rsidP="00E7469F">
+          <w:p w14:paraId="3A583572" w14:textId="77777777" w:rsidR="00257362" w:rsidRPr="00A931C6" w:rsidRDefault="00257362" w:rsidP="00E7469F">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="6F9BD5D9" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="13A6CEA8" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A56DAB0" w14:textId="77777777" w:rsidR="0031467A" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+          <w:p w14:paraId="5D353D6B" w14:textId="77777777" w:rsidR="0031467A" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
             <w:pPr>
               <w:ind w:left="1029" w:hanging="1029"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidR="00E7469F" w:rsidRPr="00A931C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>E-PASTS:</w:t>
             </w:r>
             <w:r w:rsidRPr="004A574E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11104A83" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
+          <w:p w14:paraId="5E820C62" w14:textId="77777777" w:rsidR="005D57D5" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="1306" w:hanging="1029"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(obligāt</w:t>
             </w:r>
             <w:r w:rsidR="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> vēstuļu </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39073C63" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
+          <w:p w14:paraId="3E21F5A0" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="1306" w:hanging="1029"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>saņemšanai e-past</w:t>
             </w:r>
             <w:r w:rsidR="004A574E">
@@ -9208,51 +8987,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A46FAA" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="37D8D5CA" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9312,72 +9091,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="705CB475" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
+          <w:p w14:paraId="148E77FC" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRDefault="00E7469F" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4400" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F83D554" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000F6669" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
+          <w:p w14:paraId="389DAA9B" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="000F6669" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
             <w:pPr>
               <w:ind w:left="1304" w:hanging="1191"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PASTA ADRESE </w:t>
             </w:r>
             <w:r w:rsidRPr="000F6669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="004A574E">
@@ -9385,106 +9164,106 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">obligāta </w:t>
             </w:r>
             <w:r w:rsidRPr="000F6669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>vēstuļu saņemšanai papīra formā, ja nav e-pasta)</w:t>
             </w:r>
             <w:r w:rsidR="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="03C5E90C" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="01ADC7C2" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4867D9F9" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
+          <w:p w14:paraId="0152CE6A" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A931C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5321EDE9" w14:textId="77777777" w:rsidR="000430CB" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="60C561A4" w14:textId="77777777" w:rsidR="000430CB" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9544,71 +9323,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57B0F649" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="000430CB">
+          <w:p w14:paraId="0F3FC612" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4400" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3AE524EA" w14:textId="77777777" w:rsidR="000430CB" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="1C9E584A" w14:textId="77777777" w:rsidR="000430CB" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
@@ -9662,280 +9441,270 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="4710407E" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="10CB5148" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A8A2223" w14:textId="77777777" w:rsidR="004A574E" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
+          <w:p w14:paraId="02D50BC9" w14:textId="25F84C3F" w:rsidR="004A574E" w:rsidRDefault="005B0F29" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C81136C" wp14:editId="5ED30E31">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55C02C16" wp14:editId="266FB17A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-49076</wp:posOffset>
+                        <wp:posOffset>-48895</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-24130</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="321945" cy="354330"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="16" name="Text Box 18"/>
+                      <wp:docPr id="1786851302" name="Tekstlodziņš 9"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="321945" cy="354330"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="142AB10C" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
+                                <w:p w14:paraId="161DD9C3" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
                                   <w:pPr>
                                     <w:ind w:right="76"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EB702D">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="0066601C">
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="5C81136C" id="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:-1.9pt;width:25.35pt;height:27.9pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBu5eAI2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRtCmzUdAW7WoS0&#10;LEgLH+A4zkUkHjPjNilfz9jpdgu8IV4sz4xz5pwzk+31NPTiYJA6sIVMF0spjNVQdbYp5Levd6/e&#10;SkFe2Ur1YE0hj4bk9e7li+3ocrOCFvrKoGAQS/noCtl67/IkId2aQdECnLFcrAEH5TnEJqlQjYw+&#10;9MlquXydjICVQ9CGiLO3c1HuIn5dG+0/1zUZL/pCMjcfT4xnGc5kt1V5g8q1nT7RUP/AYlCd5aZn&#10;qFvlldhj9xfU0GkEgtovNAwJ1HWnTdTAatLlH2oeW+VM1MLmkDvbRP8PVj8cHt0XFH56DxMPMIog&#10;dw/6OwkLN62yjXmHCGNrVMWN02BZMjrKT58GqymnAFKOn6DiIau9hwg01TgEV1inYHQewPFsupm8&#10;0Jxcr9KrbCOF5tJ6k63XcSiJyp8+dkj+g4FBhEshkWcawdXhnnwgo/KnJ6GXhbuu7+Nce/tbgh+G&#10;TCQf+M7M/VROoqtYWZQWxJRQHVkOwrwuvN58aQF/SjHyqhSSfuwVGin6j5YtuUqzLOxWDLLNmxUH&#10;eFkpLyvKaoYqpJdivt74eR/3Drum5U7PFvPQo77TgoatuoyjluffaPcLAAD//wMAUEsDBBQABgAI&#10;AAAAIQA3Si+L3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc2jX9oRDi&#10;VAjEFdRCK3Fz420SEa+j2G3C27Oc4LQazWj2m3w9+ladqY9NYAM3Uw2KuAyu4crAx/vL5A5UTJad&#10;bQOTgW+KsC4uL3KbuTDwhs7bVCkp4ZhZA3VKXYYYy5q8jdPQEYt3DL23SWRfoevtIOW+xZnWt+ht&#10;w/Khth091VR+bU/ewO71+Llf6Lfq2S+7IYwa2d+jMddX4+MDqERj+gvDL76gQyFMh3BiF1VrYLJa&#10;SVLuXBaIv5jLtIOB5UwDFjn+5y9+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG7l4AjY&#10;AQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADdK&#10;L4vcAAAABwEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="55C02C16" id="Tekstlodziņš 9" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:-1.9pt;width:25.35pt;height:27.9pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBigrp82QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRpC2zUdAW7WoS0&#10;LEgLHzBxnItIPGbsNilfz9jpdgu8IV4sz4xz5pwzk+31NPTioMl1aAqZLpZSaKOw6kxTyG9f7169&#10;lcJ5MBX0aHQhj9rJ693LF9vR5jrDFvtKk2AQ4/LRFrL13uZJ4lSrB3ALtNpwsUYawHNITVIRjIw+&#10;9Em2XL5ORqTKEirtHGdv56LcRfy61sp/rmunvegLydx8PCmeZTiT3RbyhsC2nTrRgH9gMUBnuOkZ&#10;6hY8iD11f0ENnSJ0WPuFwiHBuu6UjhpYTbr8Q81jC1ZHLWyOs2eb3P+DVQ+HR/uFhJ/e48QDjCKc&#10;vUf13QmDNy2YRr8jwrHVUHHjNFiWjNblp0+D1S53AaQcP2HFQ4a9xwg01TQEV1inYHQewPFsup68&#10;UJxcZenVeiOF4tJqs16t4lASyJ8+tuT8B42DCJdCEs80gsPh3vlABvKnJ6GXwbuu7+Nce/Nbgh+G&#10;TCQf+M7M/VROoqtYWRakBTElVkeWQzivC683X1qkn1KMvCqFdD/2QFqK/qNhS67S9TrsVgzWmzcZ&#10;B3RZKS8rYBRDFdJLMV9v/LyPe0td03KnZ4t56FHfaUHDVl3GUcvzb7T7BQAA//8DAFBLAwQUAAYA&#10;CAAAACEAN0ovi9wAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3No1/aEQ&#10;4lQIxBXUQitxc+NtEhGvo9htwtuznOC0Gs1o9pt8PfpWnamPTWADN1MNirgMruHKwMf7y+QOVEyW&#10;nW0Dk4FvirAuLi9ym7kw8IbO21QpKeGYWQN1Sl2GGMuavI3T0BGLdwy9t0lkX6Hr7SDlvsWZ1rfo&#10;bcPyobYdPdVUfm1P3sDu9fi5X+i36tkvuyGMGtnfozHXV+PjA6hEY/oLwy++oEMhTIdwYhdVa2Cy&#10;WklS7lwWiL+Yy7SDgeVMAxY5/ucvfgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBigrp8&#10;2QEAAI4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA3&#10;Si+L3AAAAAcBAAAPAAAAAAAAAAAAAAAAADMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="142AB10C" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
+                          <w:p w14:paraId="161DD9C3" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
                             <w:pPr>
                               <w:ind w:right="76"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0066601C">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00B319D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">OFICIĀLĀ ELEKTRONISKĀ ADRESE </w:t>
             </w:r>
-            <w:r w:rsidR="004A574E" w:rsidRPr="007567CF">
+            <w:r w:rsidR="00734E3D" w:rsidRPr="00734E3D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61D46695" wp14:editId="2C705AD7">
-                  <wp:extent cx="179614" cy="179614"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48682CFF" wp14:editId="5F9306C8">
+                  <wp:extent cx="175260" cy="175260"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="7" name="Attēls 7"/>
+                  <wp:docPr id="2" name="Attēls 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="7" name=""/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="Attēls 7"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14"/>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
-                        <pic:spPr>
+                        <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="180510" cy="180510"/>
+                            <a:ext cx="175260" cy="175260"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="004C7C13" w14:textId="77777777" w:rsidR="00B319D8" w:rsidRPr="00B319D8" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
+          <w:p w14:paraId="4231DB3D" w14:textId="77777777" w:rsidR="00B319D8" w:rsidRPr="00B319D8" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
             <w:pPr>
               <w:ind w:left="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066601C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="004A574E" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>obligāta, ja ir</w:t>
             </w:r>
@@ -9944,51 +9713,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="007567CF" w:rsidRPr="004A574E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="114092D6" w14:textId="77777777" w:rsidR="00B319D8" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="00D92D11">
+          <w:p w14:paraId="0DB48CFF" w14:textId="77777777" w:rsidR="00B319D8" w:rsidRPr="000430CB" w:rsidRDefault="00CB788A" w:rsidP="00D92D11">
             <w:pPr>
               <w:ind w:left="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000430CB">
@@ -10052,99 +9821,99 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000430CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="754DDC7B" w14:textId="77777777" w:rsidR="00B319D8" w:rsidRDefault="00B319D8" w:rsidP="000430CB">
+          <w:p w14:paraId="6291DCAA" w14:textId="77777777" w:rsidR="00B319D8" w:rsidRDefault="00B319D8" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="36C00416" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00534624" w14:paraId="2C6E0F33" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5586FDB6" w14:textId="77777777" w:rsidR="007567CF" w:rsidRDefault="00CB788A" w:rsidP="00DC725B">
+          <w:p w14:paraId="62FA03BB" w14:textId="77777777" w:rsidR="007567CF" w:rsidRDefault="00CB788A" w:rsidP="00DC725B">
             <w:pPr>
               <w:ind w:left="315"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007567CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">e-adrese no </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00E42611">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>www.latvija.lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, piemēr</w:t>
             </w:r>
             <w:r w:rsidR="00635127">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>i</w:t>
@@ -10202,203 +9971,180 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00077527" w:rsidRPr="00077527">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0123456789</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="11229359" w14:textId="77777777" w:rsidTr="00FF13EF">
+      <w:tr w:rsidR="00534624" w14:paraId="50C054B1" w14:textId="77777777" w:rsidTr="00FF13EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10208" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F699914" w14:textId="77777777" w:rsidR="00077527" w:rsidRPr="007567CF" w:rsidRDefault="00077527" w:rsidP="00635127">
+          <w:p w14:paraId="1549F172" w14:textId="77777777" w:rsidR="00077527" w:rsidRPr="007567CF" w:rsidRDefault="00077527" w:rsidP="00635127">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="7D472F0D" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="733005E2" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="767B7334" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="7D7DDF91" w14:textId="3F450B5F" w:rsidR="00257362" w:rsidRDefault="005B0F29" w:rsidP="000430CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D59B57B" wp14:editId="2594258C">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2677FFD3" wp14:editId="200D74C2">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-111125</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>188595</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="392430" cy="257810"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="4" name="Text Box 22"/>
+                      <wp:docPr id="1381816254" name="Tekstlodziņš 7"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="392430" cy="257810"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="00D8CFC5" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
+                                <w:p w14:paraId="7F003D9B" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="6D59B57B" id="Text Box 22" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:-8.75pt;margin-top:14.85pt;width:30.9pt;height:20.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPBHpF2QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh207U14hRbiw4D&#10;um5A1w+QZfmC2aJGKrGzrx8lp2m2vRV7EURSPjznkF5fT0MvdgapA1vIdLGUwlgNVWebQj59v3t3&#10;KQV5ZSvVgzWF3BuS15u3b9ajy00GLfSVQcEglvLRFbL13uVJQro1g6IFOGO5WAMOynOITVKhGhl9&#10;6JNsuXyfjICVQ9CGiLO3c1FuIn5dG+2/1jUZL/pCMjcfT4xnGc5ks1Z5g8q1nT7QUK9gMajOctMj&#10;1K3ySmyx+wdq6DQCQe0XGoYE6rrTJmpgNenyLzWPrXImamFzyB1tov8Hqx92j+4bCj99hIkHGEWQ&#10;uwf9g4SFm1bZxnxAhLE1quLGabAsGR3lh0+D1ZRTACnHL1DxkNXWQwSaahyCK6xTMDoPYH803Uxe&#10;aE6eXWWrM65oLmXnF5dpHEqi8uePHZL/ZGAQ4VJI5JlGcLW7Jx/IqPz5Sehl4a7r+zjX3v6R4Ich&#10;E8kHvjNzP5WT6CpWlgVpQUwJ1Z7lIMzrwuvNlxbwlxQjr0oh6edWoZGi/2zZkqt0tQq7FYPV+UXG&#10;AZ5WytOKspqhCumlmK83ft7HrcOuabnTi8U89KjvsKBhq07jqOXlN9r8BgAA//8DAFBLAwQUAAYA&#10;CAAAACEAHZsgld4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy27CMBBF95X4B2uQugMbCE0J&#10;maCqVbetoA+pOxMPSUQ8jmJD0r+vu2qXo3t075l8N9pWXKn3jWOExVyBIC6dabhCeH97nt2D8EGz&#10;0a1jQvgmD7ticpPrzLiB93Q9hErEEvaZRqhD6DIpfVmT1X7uOuKYnVxvdYhnX0nT6yGW21YulbqT&#10;VjccF2rd0WNN5flwsQgfL6evz0S9Vk923Q1uVJLtRiLeTseHLYhAY/iD4Vc/qkMRnY7uwsaLFmG2&#10;SNcRRVhuUhARSJIViCNCqlYgi1z+f6D4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE8E&#10;ekXZAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AB2bIJXeAAAACAEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2677FFD3" id="Tekstlodziņš 7" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:-8.75pt;margin-top:14.85pt;width:30.9pt;height:20.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB025zf2QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh20rU14hRbiw4D&#10;um5Atw+QZfmC2aJGKrGzrx8lp2m2vQ17EURSPjznkN7cTEMv9gapA1vIdLGUwlgNVWebQn77ev/m&#10;SgryylaqB2sKeTAkb7avX21Gl5sMWugrg4JBLOWjK2TrvcuThHRrBkULcMZysQYclOcQm6RCNTL6&#10;0CfZcvk2GQErh6ANEWfv5qLcRvy6Ntp/rmsyXvSFZG4+nhjPMpzJdqPyBpVrO32kof6BxaA6y01P&#10;UHfKK7HD7i+oodMIBLVfaBgSqOtOm6iB1aTLP9Q8tcqZqIXNIXeyif4frH7cP7kvKPz0HiYeYBRB&#10;7gH0dxIWbltlG/MOEcbWqIobp8GyZHSUHz8NVlNOAaQcP0HFQ1Y7DxFoqnEIrrBOweg8gMPJdDN5&#10;oTm5us7WK65oLmUXl1dpHEqi8uePHZL/YGAQ4VJI5JlGcLV/IB/IqPz5Sehl4b7r+zjX3v6W4Ich&#10;E8kHvjNzP5WT6CpWtgrSgpgSqgPLQZjXhdebLy3gTylGXpVC0o+dQiNF/9GyJdfpeh12Kwbri8uM&#10;AzyvlOcVZTVDFdJLMV9v/byPO4dd03KnF4t56FHfcUHDVp3HUcvLb7T9BQAA//8DAFBLAwQUAAYA&#10;CAAAACEAHZsgld4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy27CMBBF95X4B2uQugMbCE0J&#10;maCqVbetoA+pOxMPSUQ8jmJD0r+vu2qXo3t075l8N9pWXKn3jWOExVyBIC6dabhCeH97nt2D8EGz&#10;0a1jQvgmD7ticpPrzLiB93Q9hErEEvaZRqhD6DIpfVmT1X7uOuKYnVxvdYhnX0nT6yGW21YulbqT&#10;VjccF2rd0WNN5flwsQgfL6evz0S9Vk923Q1uVJLtRiLeTseHLYhAY/iD4Vc/qkMRnY7uwsaLFmG2&#10;SNcRRVhuUhARSJIViCNCqlYgi1z+f6D4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHTb&#10;nN/ZAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AB2bIJXeAAAACAEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="00D8CFC5" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
+                          <w:p w14:paraId="7F003D9B" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00257362">
@@ -10406,199 +10152,176 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00257362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9788" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78FF82BB" w14:textId="77777777" w:rsidR="00257362" w:rsidRPr="000F6669" w:rsidRDefault="00CB788A" w:rsidP="000430CB">
+          <w:p w14:paraId="60F6B2A3" w14:textId="479D3251" w:rsidR="00257362" w:rsidRPr="000F6669" w:rsidRDefault="005B0F29" w:rsidP="000430CB">
             <w:pPr>
               <w:ind w:left="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F713B0F" wp14:editId="75F3880F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="649DFAF8" wp14:editId="55A57598">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>2387600</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>182880</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="392430" cy="257810"/>
-                      <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="18" name="Text Box 22"/>
+                      <wp:docPr id="1320524561" name="Tekstlodziņš 5"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="392430" cy="257810"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="69DA5450" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00D83C0A">
+                                <w:p w14:paraId="3C866823" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00D83C0A">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00E23A88">
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3F713B0F" id="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:188pt;margin-top:14.4pt;width:30.9pt;height:20.3pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB025zf2QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh20rU14hRbiw4D&#10;um5Atw+QZfmC2aJGKrGzrx8lp2m2vQ17EURSPjznkN7cTEMv9gapA1vIdLGUwlgNVWebQn77ev/m&#10;SgryylaqB2sKeTAkb7avX21Gl5sMWugrg4JBLOWjK2TrvcuThHRrBkULcMZysQYclOcQm6RCNTL6&#10;0CfZcvk2GQErh6ANEWfv5qLcRvy6Ntp/rmsyXvSFZG4+nhjPMpzJdqPyBpVrO32kof6BxaA6y01P&#10;UHfKK7HD7i+oodMIBLVfaBgSqOtOm6iB1aTLP9Q8tcqZqIXNIXeyif4frH7cP7kvKPz0HiYeYBRB&#10;7gH0dxIWbltlG/MOEcbWqIobp8GyZHSUHz8NVlNOAaQcP0HFQ1Y7DxFoqnEIrrBOweg8gMPJdDN5&#10;oTm5us7WK65oLmUXl1dpHEqi8uePHZL/YGAQ4VJI5JlGcLV/IB/IqPz5Sehl4b7r+zjX3v6W4Ich&#10;E8kHvjNzP5WT6CpWtgrSgpgSqgPLQZjXhdebLy3gTylGXpVC0o+dQiNF/9GyJdfpeh12Kwbri8uM&#10;AzyvlOcVZTVDFdJLMV9v/byPO4dd03KnF4t56FHfcUHDVp3HUcvLb7T9BQAA//8DAFBLAwQUAAYA&#10;CAAAACEA9NAusd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixlK91W&#10;6k4IxBXEYJO4ZY3XVjRO1WRreXvMCW62/Ov39xWbyXXqTENoPSPczhJQxJW3LdcIH+/PNytQIRq2&#10;pvNMCN8UYFNeXhQmt37kNzpvY62khENuEJoY+1zrUDXkTJj5nlhuRz84E2Udam0HM0q56/Q8STLt&#10;TMvyoTE9PTZUfW1PDmH3cvzcp8lr/eTu+tFPiWa31ojXV9PDPahIU/wLwy++oEMpTAd/YhtUh7BY&#10;ZuISEeYrUZBAuljKcEDI1inostD/DcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHTb&#10;nN/ZAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APTQLrHeAAAACQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="649DFAF8" id="Tekstlodziņš 5" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:188pt;margin-top:14.4pt;width:30.9pt;height:20.3pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXys6t2QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh207U14hRbiw4D&#10;um5A1w+QZfmC2aJGKrGzrx8lp2m2vRV7EURSPjznkF5fT0MvdgapA1vIdLGUwlgNVWebQj59v3t3&#10;KQV5ZSvVgzWF3BuS15u3b9ajy00GLfSVQcEglvLRFbL13uVJQro1g6IFOGO5WAMOynOITVKhGhl9&#10;6JNsuXyfjICVQ9CGiLO3c1FuIn5dG+2/1jUZL/pCMjcfT4xnGc5ks1Z5g8q1nT7QUK9gMajOctMj&#10;1K3ySmyx+wdq6DQCQe0XGoYE6rrTJmpgNenyLzWPrXImamFzyB1tov8Hqx92j+4bCj99hIkHGEWQ&#10;uwf9g4SFm1bZxnxAhLE1quLGabAsGR3lh0+D1ZRTACnHL1DxkNXWQwSaahyCK6xTMDoPYH803Uxe&#10;aE6eXWWrM65oLmXnF5dpHEqi8uePHZL/ZGAQ4VJI5JlGcLW7Jx/IqPz5Sehl4a7r+zjX3v6R4Ich&#10;E8kHvjNzP5WT6CpWtgrSgpgSqj3LQZjXhdebLy3gLylGXpVC0s+tQiNF/9myJVfpahV2Kwar84uM&#10;AzytlKcVZTVDFdJLMV9v/LyPW4dd03KnF4t56FHfYUHDVp3GUcvLb7T5DQAA//8DAFBLAwQUAAYA&#10;CAAAACEA9NAusd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixlK91W&#10;6k4IxBXEYJO4ZY3XVjRO1WRreXvMCW62/Ov39xWbyXXqTENoPSPczhJQxJW3LdcIH+/PNytQIRq2&#10;pvNMCN8UYFNeXhQmt37kNzpvY62khENuEJoY+1zrUDXkTJj5nlhuRz84E2Udam0HM0q56/Q8STLt&#10;TMvyoTE9PTZUfW1PDmH3cvzcp8lr/eTu+tFPiWa31ojXV9PDPahIU/wLwy++oEMpTAd/YhtUh7BY&#10;ZuISEeYrUZBAuljKcEDI1inostD/DcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFfK&#10;zq3ZAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APTQLrHeAAAACQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="69DA5450" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00D83C0A">
+                          <w:p w14:paraId="3C866823" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00D83C0A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00257362">
@@ -10618,64 +10341,64 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Preču zīmes reģistrācijas apliecību vēlos saņemt tikai papīra formā</w:t>
             </w:r>
             <w:r w:rsidR="00257362">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> klātienē</w:t>
             </w:r>
             <w:r w:rsidR="00257362" w:rsidRPr="000F6669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="71D7AFD0" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="75D8F93D" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4338" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EE4EDF3" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="00CB788A" w:rsidP="00D83C0A">
+          <w:p w14:paraId="145E93CF" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="00CB788A" w:rsidP="00D83C0A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>A/</w:t>
@@ -10685,106 +10408,106 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PILNVAROTĀ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PĀRSTĀVJA PARAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5870" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F89503B" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="00CB788A" w:rsidP="00D83C0A">
+          <w:p w14:paraId="0B592479" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="00CB788A" w:rsidP="00D83C0A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="364"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C6FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>VĀRDS, UZVĀRDS, AMATS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="32A292AB" w14:textId="77777777" w:rsidTr="00B371C2">
+      <w:tr w:rsidR="00534624" w14:paraId="6C2E7D6C" w14:textId="77777777" w:rsidTr="00B371C2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4338" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A80AA3B" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="00257362">
+          <w:p w14:paraId="1FDE9DB6" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="000430CB" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5870" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="350F9A63" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="00CB788A" w:rsidP="00257362">
+          <w:p w14:paraId="3A550F08" w14:textId="77777777" w:rsidR="000430CB" w:rsidRDefault="00CB788A" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -10839,105 +10562,105 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="4C560BAA" w14:textId="77777777" w:rsidTr="005D57D5">
+      <w:tr w:rsidR="00534624" w14:paraId="1F151BEB" w14:textId="77777777" w:rsidTr="005D57D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3204" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21E187A2" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00CB788A" w:rsidP="00257362">
+          <w:p w14:paraId="4E8E7811" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00CB788A" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">AIZPILDĪŠANAS DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7004" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="641D1FB3" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00CB788A" w:rsidP="00257362">
+          <w:p w14:paraId="4AA10A4D" w14:textId="77777777" w:rsidR="00257362" w:rsidRDefault="00CB788A" w:rsidP="00257362">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -10994,2026 +10717,1876 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C0A5958" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
+    <w:p w14:paraId="07DCC816" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="8"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A659A2" w:rsidSect="004865ED">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="426" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54123D9D" w14:textId="77777777" w:rsidR="004D7BCE" w:rsidRDefault="00CB788A" w:rsidP="00A272EC">
+    <w:p w14:paraId="3BF4B2EF" w14:textId="77777777" w:rsidR="004D7BCE" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="00A272EC">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Patentu valdei</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD29629" w14:textId="77777777" w:rsidR="00B13B11" w:rsidRDefault="00CB788A" w:rsidP="002A7896">
+    <w:p w14:paraId="3581447B" w14:textId="77777777" w:rsidR="00B13B11" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="002A7896">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>APLIECINĀJUMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD792D6" w14:textId="77777777" w:rsidR="00DC0D0E" w:rsidRDefault="00CB788A" w:rsidP="002A7896">
+    <w:p w14:paraId="3B2CEB5D" w14:textId="77777777" w:rsidR="00DC0D0E" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="002A7896">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="002B7D49">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="002B7D49" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>ar R</w:t>
       </w:r>
-      <w:r w:rsidR="00925392">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00925392" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>egulas (ES) 2024/1745</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5.s panta </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782903D1" w14:textId="77777777" w:rsidR="002A7896" w:rsidRPr="002F010C" w:rsidRDefault="00CB788A" w:rsidP="002A7896">
+    <w:p w14:paraId="454E2FF8" w14:textId="77777777" w:rsidR="002A7896" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="002A7896">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>piemērojamību</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58844E3A" w14:textId="77777777" w:rsidR="009573C7" w:rsidRDefault="00CB788A" w:rsidP="002A7896">
+    <w:p w14:paraId="6393071F" w14:textId="77777777" w:rsidR="009573C7" w:rsidRDefault="00CB788A" w:rsidP="002A7896">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:tab/>
-[...14 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
-          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A851BC9" w14:textId="77777777" w:rsidR="00246FFC" w:rsidRDefault="00246FFC" w:rsidP="002A7896">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0748F60A" w14:textId="77777777" w:rsidR="00B26C34" w:rsidRDefault="00CB788A" w:rsidP="00175452">
+    <w:p w14:paraId="7F87BA98" w14:textId="77777777" w:rsidR="00B26C34" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="00175452">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">Ar šo </w:t>
       </w:r>
-      <w:r w:rsidR="00326639">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00326639" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>apliecinu</w:t>
       </w:r>
-      <w:r w:rsidR="00A31C39">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00A31C39" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">, ka </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...1 lines deleted...]
-        <w:t>pieteicējs</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">pieteicējs </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+    </w:p>
+    <w:p w14:paraId="150E4B7D" w14:textId="77777777" w:rsidR="00B60FD6" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="00B60FD6">
+      <w:pPr>
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15139874" w14:textId="77777777" w:rsidR="00B60FD6" w:rsidRDefault="00CB788A" w:rsidP="00B60FD6">
-[...20 lines deleted...]
-    <w:p w14:paraId="2BCC642C" w14:textId="77777777" w:rsidR="00B26C34" w:rsidRPr="008142DC" w:rsidRDefault="00CB788A" w:rsidP="009A737F">
+    <w:p w14:paraId="6072AE09" w14:textId="1D518195" w:rsidR="00B26C34" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="009A737F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00B60FD6" w:rsidRPr="008142DC">
+      <w:r w:rsidR="005B0F29">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AB7B0F2" wp14:editId="140BF362">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BB1FA93" wp14:editId="624572C9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>13970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>208915</wp:posOffset>
+                  <wp:posOffset>208914</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5765800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="321719429" name="Taisns savienotājs 1"/>
-                <wp:cNvGraphicFramePr/>
+                <wp:docPr id="1663563726" name="Taisns savienotājs 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr/>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks/>
+                      </wps:cNvCnPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5765800" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Taisns savienotājs 1" o:spid="_x0000_s1039" style="mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;position:absolute;v-text-anchor:top;z-index:251685888" from="1.1pt,16.45pt" to="455.1pt,16.45pt" fillcolor="this" stroked="t" strokecolor="black" strokeweight="0.5pt"/>
+              <v:line w14:anchorId="249854B5" id="Taisns savienotājs 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251686912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="1.1pt,16.45pt" to="455.1pt,16.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMuM8OpwEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvrLOVWqposz20gksF&#10;FYUPmDrjjVXbY9lmk/17bGcTKkAIoV6s2PPezHszk93NZA07YoiaXMe3m4YzdJJ67Q4d//b1w7tr&#10;zmIC14Mhhx0/YeQ3+7dvdqNv8YIGMj0GlpO42I6+40NKvhUiygEtxA15dDmoKFhI+RoOog8w5uzW&#10;iIumuRIjhd4Hkhhjfr2bg3xf8yuFMn1WKmJipuNZW6pnqOdTOcV+B+0hgB+0PMuA/1BhQbtcdE11&#10;BwnY96B/S2W1DBRJpY0kK0gpLbF6yG62zS9uHgfwWL3k5kS/tim+Xlr56XjrHkKRLif36O9JPsfc&#10;FDH62K7Bcol+hk0q2ALP2tlUG3laG4lTYjI/Xr6/urxucr/lEhPQLkQfYvqIZFn56LjRrniEFo73&#10;MZXS0C6Qs465dBWRTgYL2LgvqJjuc7FtZdeNwVsT2BHyrPvnbZltzlWRhaK0MSup+TvpjC00rFv0&#10;r8QVXSuSSyvRakfhT1XTtEhVM35xPXsttp+oPz2EZSx5Faqz89qWXXt5r/SfP9f+BwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAOGvTIXZAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjl9LwzAUxd8Fv0O4&#10;gm8uXYThatMxBiK+iOv0PWuytJrclCTt6rf3ig/u8fzhnF+1mb1jk4mpDyhhuSiAGWyD7tFKeD88&#10;3T0AS1mhVi6gkfBtEmzq66tKlTqccW+mJltGI5hKJaHLeSg5T21nvEqLMBik7BSiV5lktFxHdaZx&#10;77goihX3qkd66NRgdp1pv5rRS3AvcfqwO7tN4/N+1Xy+ncTrYZLy9mbePgLLZs7/ZfjFJ3SoiekY&#10;RtSJOQlCUFHCvVgDo3i9LMg4/hm8rvglf/0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;TLjPDqcBAACkAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA4a9MhdkAAAAHAQAADwAAAAAAAAAAAAAAAAABBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
+                <o:lock v:ext="edit" shapetype="f"/>
+              </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B2BB124" w14:textId="77777777" w:rsidR="00857A82" w:rsidRDefault="00CB788A" w:rsidP="00857A82">
+    <w:p w14:paraId="2A8B6EE1" w14:textId="77777777" w:rsidR="00857A82" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="00857A82">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>(vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid0"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="353"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00534624" w14:paraId="0FC27CB9" w14:textId="77777777" w:rsidTr="007A385D">
+      <w:tr w:rsidR="00534624" w14:paraId="4CF59970" w14:textId="77777777" w:rsidTr="007A385D">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
-        <w:sdt>
-[...45 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="344" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42297EE3" w14:textId="77777777" w:rsidR="00BC67EB" w:rsidRDefault="00CB788A" w:rsidP="003B3685">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00534624" w14:paraId="7220831D" w14:textId="77777777" w:rsidTr="007A385D">
+      <w:tr w:rsidR="00534624" w14:paraId="435029F8" w14:textId="77777777" w:rsidTr="007A385D">
         <w:trPr>
           <w:trHeight w:val="841"/>
         </w:trPr>
-        <w:sdt>
-[...45 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="344" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="050C48C4" w14:textId="77777777" w:rsidR="00BC67EB" w:rsidRDefault="00CB788A" w:rsidP="003B3685">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6452EB2A" w14:textId="77777777" w:rsidR="00BC67EB" w:rsidRPr="00BB28E7" w:rsidRDefault="00BC67EB" w:rsidP="00857A82">
+    <w:p w14:paraId="7566F3B8" w14:textId="77777777" w:rsidR="00BC67EB" w:rsidRPr="003F4961" w:rsidRDefault="00BC67EB" w:rsidP="00857A82">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C149F5F" w14:textId="77777777" w:rsidR="00246FFC" w:rsidRDefault="00CB788A" w:rsidP="00E11FAC">
+    <w:p w14:paraId="09A0D7E0" w14:textId="77777777" w:rsidR="00246FFC" w:rsidRDefault="00CB788A" w:rsidP="00E11FAC">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>nav</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Krievijas valstspiederīgais vai fiziska persona, kas uzturas Krievijā</w:t>
+        <w:t>nav</w:t>
       </w:r>
-      <w:r w:rsidR="00DE5636">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r w:rsidRPr="00BC4D3B">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Krievijas valstspiederīgais vai fiziska persona, kas uzturas Krievijā</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00DE5636">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
-          <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8673EE" w14:textId="77777777" w:rsidR="00B55369" w:rsidRDefault="00CB788A" w:rsidP="0083694E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>vai</w:t>
-[...21 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3C0B182B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir Krievijas </w:t>
+        <w:t>vai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00526018">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+    </w:p>
+    <w:p w14:paraId="131A5D36" w14:textId="77777777" w:rsidR="0071556B" w:rsidRDefault="00CB788A" w:rsidP="00D45336">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">valstspiederīgais, kurš ir arī Eiropas Savienības dalībvalsts, Eiropas </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      </w:pPr>
+      <w:r w:rsidRPr="3C0B182B">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ekonomikas zonas valsts vai Šveices valstspiederīgais vai kuram ir pagaidu vai pastāvīgās uzturēšanās atļauja Eiropas Savienības dalībvalstī, Eiropas Ekonomikas zonas valstī vai Šveicē </w:t>
+        <w:t xml:space="preserve">ir Krievijas </w:t>
       </w:r>
-      <w:r w:rsidRPr="3C0B182B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r w:rsidRPr="00526018">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">valstspiederīgais, kurš ir arī Eiropas Savienības dalībvalsts, Eiropas Ekonomikas zonas valsts vai Šveices valstspiederīgais vai kuram ir pagaidu vai pastāvīgās uzturēšanās atļauja Eiropas Savienības dalībvalstī, Eiropas Ekonomikas zonas valstī vai Šveicē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C0B182B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:color="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>(apliecinājuma pamatojošie dokumenti pievienoti pielikumā).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E461E5" w14:textId="77777777" w:rsidR="00A3703C" w:rsidRDefault="00A3703C" w:rsidP="00A3703C">
+    <w:p w14:paraId="75769BE2" w14:textId="77777777" w:rsidR="00A3703C" w:rsidRDefault="00A3703C" w:rsidP="00A3703C">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
-          <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="628C706C" w14:textId="77777777" w:rsidR="009739BB" w:rsidRDefault="009739BB" w:rsidP="00A3703C">
+    <w:p w14:paraId="624720F0" w14:textId="77777777" w:rsidR="009739BB" w:rsidRDefault="009739BB" w:rsidP="00A3703C">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
-          <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40C1BE18" w14:textId="77777777" w:rsidR="00AE609B" w:rsidRDefault="00CB788A" w:rsidP="00725557">
+    <w:p w14:paraId="5DC7907F" w14:textId="77777777" w:rsidR="00AE609B" w:rsidRDefault="00CB788A" w:rsidP="00725557">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
         <w:ind w:left="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
-[...14 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">*  </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54855">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ar parakstu apliecinu, ka šajā apliecinājumā sniegtā informācija ir patiesa un precīza. Apzinos, ka nepatiesas vai maldinošas informācijas gadījumā varu tikt saukts </w:t>
+        <w:t xml:space="preserve">*  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D54855">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r w:rsidR="00D54855" w:rsidRPr="00D54855">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>pie atbildības Latvijas Republikas normatīv</w:t>
+        <w:t xml:space="preserve">Ar parakstu apliecinu, ka šajā apliecinājumā sniegtā informācija ir patiesa un precīza. Apzinos, ka nepatiesas vai maldinošas informācijas gadījumā varu tikt saukts </w:t>
       </w:r>
-      <w:r w:rsidR="009A12B9" w:rsidRPr="00D54855">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+      <w:r w:rsidRPr="00D54855">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>pie atbildības Latvijas Republikas normatīv</w:t>
+      </w:r>
+      <w:r w:rsidR="009A12B9" w:rsidRPr="00D54855">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:color="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>o aktu kārtībā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A676E8" w14:textId="77777777" w:rsidR="00F11E74" w:rsidRDefault="00F11E74" w:rsidP="00AE609B">
+    <w:p w14:paraId="4BFF34E6" w14:textId="77777777" w:rsidR="00F11E74" w:rsidRDefault="00F11E74" w:rsidP="00AE609B">
       <w:pPr>
         <w:ind w:left="-993" w:right="-710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="042C9A78" w14:textId="77777777" w:rsidR="003C3CF7" w:rsidRPr="00D54855" w:rsidRDefault="003C3CF7" w:rsidP="00AE609B">
+    <w:p w14:paraId="189D3074" w14:textId="77777777" w:rsidR="003C3CF7" w:rsidRPr="00D54855" w:rsidRDefault="003C3CF7" w:rsidP="00AE609B">
       <w:pPr>
         <w:ind w:left="-993" w:right="-710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E2EAE8F" w14:textId="77777777" w:rsidR="00184517" w:rsidRPr="008142DC" w:rsidRDefault="00CB788A" w:rsidP="008142DC">
+    <w:p w14:paraId="61587DE6" w14:textId="77777777" w:rsidR="00184517" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="008142DC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB28E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...1 lines deleted...]
-        <w:t>Rīg</w:t>
+        </w:rPr>
+        <w:t>Rīgā, 202</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...9 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>. gada</w:t>
       </w:r>
-      <w:r w:rsidR="00932B59">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00932B59" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008142DC" w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="008142DC" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FEB69EF" w14:textId="77777777" w:rsidR="00184517" w:rsidRDefault="00184517" w:rsidP="00184517">
+    <w:p w14:paraId="1AE2BD65" w14:textId="77777777" w:rsidR="00184517" w:rsidRPr="003F4961" w:rsidRDefault="00184517" w:rsidP="00184517">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="254BC254" w14:textId="77777777" w:rsidR="004C5B14" w:rsidRPr="008142DC" w:rsidRDefault="00CB788A" w:rsidP="007F4523">
+    <w:p w14:paraId="07888132" w14:textId="1C823911" w:rsidR="004C5B14" w:rsidRPr="003F4961" w:rsidRDefault="005B0F29" w:rsidP="007F4523">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008142DC">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2984A44F" wp14:editId="60A03CE5">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15E6A442" wp14:editId="12D1FA76">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>13970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>217170</wp:posOffset>
+                  <wp:posOffset>217169</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3155950" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1952358771" name="Taisns savienotājs 2"/>
-                <wp:cNvGraphicFramePr/>
+                <wp:docPr id="1152170821" name="Taisns savienotājs 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr/>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks/>
+                      </wps:cNvCnPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3155950" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Taisns savienotājs 2" o:spid="_x0000_s1040" style="mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;position:absolute;v-text-anchor:top;z-index:251688960" from="1.1pt,17.1pt" to="249.6pt,17.1pt" fillcolor="this" stroked="t" strokecolor="black" strokeweight="0.5pt"/>
+              <v:line w14:anchorId="30709167" id="Taisns savienotājs 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251689984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="1.1pt,17.1pt" to="249.6pt,17.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEW6fQpgEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FO3DAQvVfiHyzfWSdUi9posxxA5YIA&#10;QfkA44w3FrbHss0m+/fYziatAFVV1YsVe96beW9msrkYjSZ78EGhbWm9qigBK7BTdtfSp58/Tr9R&#10;EiK3HddooaUHCPRie/JlM7gGzrBH3YEnKYkNzeBa2sfoGsaC6MHwsEIHNgUlesNjuvod6zwfUnaj&#10;2VlVnbMBfec8CgghvV5NQbot+aUEEe+kDBCJbmnSFsvpy/mcT7bd8GbnueuVOMrg/6DCcGVT0SXV&#10;FY+cvHr1IZVRwmNAGVcCDUMplYDiIbmpq3duHnvuoHhJzQluaVP4f2nF7f7S3vssXYz20d2geAmp&#10;KWxwoVmC+RLcBBulNxmetJOxNPKwNBLGSER6/Fqv19/Xqd9ijjHezETnQ7wGNCR/tFQrmz3yhu9v&#10;QsyleTNDjjqm0kVEPGjIYG0fQBLVpWJ1YZeNgUvtyZ6nWXcvdZ5tylWQmSKV1gup+jPpiM00KFv0&#10;t8QFXSqijQvRKIv+s6pxnKXKCT+7nrxm28/YHe79PJa0CsXZcW3zrv1+L/RfP9f2DQAA//8DAFBL&#10;AwQUAAYACAAAACEAdrxJXNoAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOzU7DMBCE70i8g7VI&#10;3KhDqCoa4lRVJYS4IJrC3Y23TiBeR7aThrdnEQc47c+MZr5yM7teTBhi50nB7SIDgdR405FV8HZ4&#10;vLkHEZMmo3tPqOALI2yqy4tSF8afaY9TnazgEIqFVtCmNBRSxqZFp+PCD0isnXxwOvEZrDRBnznc&#10;9TLPspV0uiNuaPWAuxabz3p0CvrnML3bnd3G8Wm/qj9eT/nLYVLq+mrePoBIOKc/M/zgMzpUzHT0&#10;I5koegV5zkYFd0ueLC/Xa16Ovw9ZlfI/f/UNAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;BFun0KYBAACkAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAdrxJXNoAAAAHAQAADwAAAAAAAAAAAAAAAAAABAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
+                <o:lock v:ext="edit" shapetype="f"/>
+              </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008142DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00CB788A" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666AD573" w14:textId="77777777" w:rsidR="00751547" w:rsidRPr="00A1216A" w:rsidRDefault="00CB788A" w:rsidP="00E2179B">
+    <w:p w14:paraId="1AD102CE" w14:textId="77777777" w:rsidR="00751547" w:rsidRPr="003F4961" w:rsidRDefault="00CB788A" w:rsidP="00E2179B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidR="00184517" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00184517" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00325C2E" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00325C2E" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">pieteicēja vai pārstāvja </w:t>
       </w:r>
-      <w:r w:rsidR="00184517" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00184517" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>paraksts</w:t>
       </w:r>
-      <w:r w:rsidR="003C3CF7" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="003C3CF7" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> un atšifrējums</w:t>
       </w:r>
-      <w:r w:rsidR="00184517" w:rsidRPr="00A1216A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos"/>
+      <w:r w:rsidR="00184517" w:rsidRPr="003F4961">
+        <w:rPr>
           <w:i/>
           <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00751547" w:rsidRPr="00A1216A" w:rsidSect="00CE5091">
+    <w:sectPr w:rsidR="00751547" w:rsidRPr="003F4961" w:rsidSect="00CE5091">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="426" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E2A040F" w14:textId="77777777" w:rsidR="00CB788A" w:rsidRDefault="00CB788A">
+    <w:p w14:paraId="42D08D1E" w14:textId="77777777" w:rsidR="005F0849" w:rsidRDefault="005F0849">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10A7DA1D" w14:textId="77777777" w:rsidR="00CB788A" w:rsidRDefault="00CB788A">
+    <w:p w14:paraId="24DF2B84" w14:textId="77777777" w:rsidR="005F0849" w:rsidRDefault="005F0849">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Vrinda">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Vrinda">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B2C0E60" w14:textId="77777777" w:rsidR="00CB788A" w:rsidRDefault="00CB788A" w:rsidP="00CD7C40">
+    <w:p w14:paraId="79A8527B" w14:textId="77777777" w:rsidR="005F0849" w:rsidRPr="003F4961" w:rsidRDefault="005F0849" w:rsidP="00CD7C40">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:r w:rsidRPr="003F4961">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20ECD9AC" w14:textId="77777777" w:rsidR="004865ED" w:rsidRDefault="00CB788A">
+    <w:p w14:paraId="1967C9AE" w14:textId="77777777" w:rsidR="005F0849" w:rsidRDefault="005F0849">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="5E8B05A7" w14:textId="77777777" w:rsidR="00976004" w:rsidRPr="004A1407" w:rsidRDefault="00CB788A" w:rsidP="00976004">
+    <w:p w14:paraId="36BB8AAD" w14:textId="77777777" w:rsidR="005008A8" w:rsidRDefault="00CB788A" w:rsidP="00976004">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1407">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Eiropas Savienības Padomes Regula (ES) 2024/1745, ar ko groza Regulu (ES) Nr. 833/2014 par ierobežojošiem </w:t>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Eiropas Savien</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1407">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-        <w:t>pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā, papildinot ar 5.s pantu</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bas Padomes Regula (ES) 2024/1745, ar ko groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kumiem saist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar Krievijas darb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>m, kas destabiliz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> situ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ciju Ukrain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1407">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, papildinot ar 5.s pantu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">, kas nosaka Intelektuālā īpašuma birojiem </w:t>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, kas nosaka Intelektu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pašuma birojiem </w:t>
       </w:r>
       <w:r w:rsidR="00C80B92">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-        <w:t>ierobežojošas darbības.</w:t>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ierobežojošas darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80B92">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bas.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29986EEF"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64282A32"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E4869630"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FEC049A"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="751F6C4C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="BB460734"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F0779BC"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1828402207">
+  <w:num w:numId="1" w16cid:durableId="1629626786">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1863280301">
+  <w:num w:numId="2" w16cid:durableId="2021926356">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1902860">
+  <w:num w:numId="3" w16cid:durableId="1897276032">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1144468762">
+  <w:num w:numId="4" w16cid:durableId="943344701">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="625895821">
+  <w:num w:numId="5" w16cid:durableId="1925801338">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="71U3mfcQjfVWJJzhaI+PKlffSLLTZiT6+mDloLP30iBlgFTEKZwbHIyRC8RNfHNo1W55NiT5Q+r5mDny0UoLxw==" w:salt="nwRhxwmYFpD19dfABTH23Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iFmHMpJic/F0dncR3dBQyYq6ZYpVoaODpW7mkpZqHN566VRq4C61Bva1Xwb5GBajDZqtbftL8DMgoc5P/mGSAg==" w:salt="5Sus8eMTcVVRTOAH9lokkg=="/>
   <w:defaultTabStop w:val="340"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A659A2"/>
     <w:rsid w:val="00004837"/>
     <w:rsid w:val="000071EB"/>
     <w:rsid w:val="00010A6D"/>
     <w:rsid w:val="0001566E"/>
     <w:rsid w:val="000430CB"/>
     <w:rsid w:val="000620F4"/>
     <w:rsid w:val="00065397"/>
     <w:rsid w:val="00065E2D"/>
     <w:rsid w:val="00076C1D"/>
     <w:rsid w:val="00077527"/>
     <w:rsid w:val="000A3EBC"/>
     <w:rsid w:val="000A6822"/>
     <w:rsid w:val="000B255B"/>
     <w:rsid w:val="000B69E3"/>
     <w:rsid w:val="000C131C"/>
     <w:rsid w:val="000D4C14"/>
     <w:rsid w:val="000E0F26"/>
     <w:rsid w:val="000E1405"/>
     <w:rsid w:val="000E1B20"/>
     <w:rsid w:val="000F6669"/>
     <w:rsid w:val="000F6ECB"/>
     <w:rsid w:val="00121925"/>
@@ -13057,253 +12630,274 @@
     <w:rsid w:val="002B7D49"/>
     <w:rsid w:val="002D2FC3"/>
     <w:rsid w:val="002E03AB"/>
     <w:rsid w:val="002F010C"/>
     <w:rsid w:val="0030505D"/>
     <w:rsid w:val="0031467A"/>
     <w:rsid w:val="00322BDA"/>
     <w:rsid w:val="00325C2E"/>
     <w:rsid w:val="00326639"/>
     <w:rsid w:val="003318C2"/>
     <w:rsid w:val="00345762"/>
     <w:rsid w:val="00347B58"/>
     <w:rsid w:val="003557F8"/>
     <w:rsid w:val="00357CAA"/>
     <w:rsid w:val="00360579"/>
     <w:rsid w:val="00370874"/>
     <w:rsid w:val="00386DF7"/>
     <w:rsid w:val="0039334F"/>
     <w:rsid w:val="003B3685"/>
     <w:rsid w:val="003C3CF7"/>
     <w:rsid w:val="003C6B1E"/>
     <w:rsid w:val="003C6FBE"/>
     <w:rsid w:val="003D3521"/>
     <w:rsid w:val="003D6234"/>
     <w:rsid w:val="003E63FE"/>
+    <w:rsid w:val="003F4961"/>
     <w:rsid w:val="00420D28"/>
     <w:rsid w:val="00421F1A"/>
     <w:rsid w:val="004246AD"/>
     <w:rsid w:val="00425273"/>
     <w:rsid w:val="004252FF"/>
     <w:rsid w:val="004330CF"/>
     <w:rsid w:val="0043431A"/>
     <w:rsid w:val="00436340"/>
     <w:rsid w:val="00444CF4"/>
+    <w:rsid w:val="004576BA"/>
     <w:rsid w:val="00476F41"/>
     <w:rsid w:val="00482234"/>
     <w:rsid w:val="00483F8F"/>
     <w:rsid w:val="004865ED"/>
     <w:rsid w:val="0049664C"/>
     <w:rsid w:val="00497AF2"/>
     <w:rsid w:val="004A0DA9"/>
     <w:rsid w:val="004A1407"/>
     <w:rsid w:val="004A574E"/>
     <w:rsid w:val="004A69F2"/>
     <w:rsid w:val="004B642C"/>
     <w:rsid w:val="004C1BFD"/>
     <w:rsid w:val="004C5B14"/>
     <w:rsid w:val="004C765B"/>
     <w:rsid w:val="004D1EA0"/>
     <w:rsid w:val="004D5773"/>
     <w:rsid w:val="004D7BCE"/>
     <w:rsid w:val="004E3DAD"/>
     <w:rsid w:val="00500510"/>
+    <w:rsid w:val="005008A8"/>
     <w:rsid w:val="00500D6C"/>
     <w:rsid w:val="005015C4"/>
     <w:rsid w:val="00504C63"/>
+    <w:rsid w:val="00505B3A"/>
     <w:rsid w:val="00526018"/>
     <w:rsid w:val="0053403C"/>
     <w:rsid w:val="00534624"/>
     <w:rsid w:val="00541392"/>
     <w:rsid w:val="00553AE3"/>
+    <w:rsid w:val="00563865"/>
     <w:rsid w:val="005667FF"/>
     <w:rsid w:val="00582C72"/>
+    <w:rsid w:val="00585417"/>
     <w:rsid w:val="00586058"/>
     <w:rsid w:val="005A13FB"/>
     <w:rsid w:val="005A1E77"/>
+    <w:rsid w:val="005B0F29"/>
     <w:rsid w:val="005D25B2"/>
     <w:rsid w:val="005D57D5"/>
     <w:rsid w:val="005E0D11"/>
     <w:rsid w:val="005E748F"/>
+    <w:rsid w:val="005F0849"/>
     <w:rsid w:val="00612440"/>
     <w:rsid w:val="006142F2"/>
     <w:rsid w:val="0061711B"/>
     <w:rsid w:val="00635127"/>
     <w:rsid w:val="0064337F"/>
     <w:rsid w:val="00647030"/>
     <w:rsid w:val="006545B9"/>
+    <w:rsid w:val="00661708"/>
     <w:rsid w:val="0066601C"/>
     <w:rsid w:val="0067374B"/>
     <w:rsid w:val="00674A41"/>
     <w:rsid w:val="006759E8"/>
     <w:rsid w:val="00676FF7"/>
     <w:rsid w:val="00695D67"/>
     <w:rsid w:val="00696F1E"/>
     <w:rsid w:val="006A4414"/>
     <w:rsid w:val="006A705C"/>
     <w:rsid w:val="006A753D"/>
     <w:rsid w:val="006B740E"/>
     <w:rsid w:val="006C105D"/>
     <w:rsid w:val="006C1F06"/>
     <w:rsid w:val="006C27B5"/>
     <w:rsid w:val="006F6526"/>
     <w:rsid w:val="0071556B"/>
     <w:rsid w:val="00725557"/>
+    <w:rsid w:val="00734E3D"/>
     <w:rsid w:val="00743589"/>
     <w:rsid w:val="00747182"/>
     <w:rsid w:val="00751547"/>
     <w:rsid w:val="0075526F"/>
     <w:rsid w:val="007567CF"/>
+    <w:rsid w:val="00757180"/>
     <w:rsid w:val="00774650"/>
     <w:rsid w:val="00783F73"/>
     <w:rsid w:val="007849B0"/>
     <w:rsid w:val="007858A1"/>
     <w:rsid w:val="00795909"/>
+    <w:rsid w:val="007A385D"/>
     <w:rsid w:val="007D08C5"/>
     <w:rsid w:val="007D09C1"/>
     <w:rsid w:val="007D1E34"/>
     <w:rsid w:val="007F1592"/>
     <w:rsid w:val="007F260F"/>
     <w:rsid w:val="007F4523"/>
     <w:rsid w:val="0080461E"/>
     <w:rsid w:val="00806F63"/>
     <w:rsid w:val="008119E2"/>
     <w:rsid w:val="0081279B"/>
     <w:rsid w:val="0081379B"/>
     <w:rsid w:val="008142DC"/>
+    <w:rsid w:val="00815F6D"/>
     <w:rsid w:val="0083694E"/>
     <w:rsid w:val="0083743F"/>
     <w:rsid w:val="00857A82"/>
     <w:rsid w:val="00865BD0"/>
+    <w:rsid w:val="0088057B"/>
     <w:rsid w:val="00893DB6"/>
     <w:rsid w:val="008952E1"/>
     <w:rsid w:val="0089543B"/>
     <w:rsid w:val="008A67D7"/>
     <w:rsid w:val="008C2723"/>
     <w:rsid w:val="008C709F"/>
     <w:rsid w:val="008C7E71"/>
     <w:rsid w:val="008D754E"/>
     <w:rsid w:val="008F0A1B"/>
     <w:rsid w:val="00900200"/>
     <w:rsid w:val="009039EC"/>
     <w:rsid w:val="00904465"/>
     <w:rsid w:val="009167D5"/>
     <w:rsid w:val="00925392"/>
     <w:rsid w:val="00925727"/>
     <w:rsid w:val="00930D88"/>
     <w:rsid w:val="00932B59"/>
     <w:rsid w:val="009573C7"/>
     <w:rsid w:val="00971894"/>
     <w:rsid w:val="009739BB"/>
     <w:rsid w:val="00976004"/>
+    <w:rsid w:val="0097692E"/>
     <w:rsid w:val="009827AC"/>
     <w:rsid w:val="009832A4"/>
     <w:rsid w:val="00993ED3"/>
     <w:rsid w:val="009A12B9"/>
     <w:rsid w:val="009A3115"/>
     <w:rsid w:val="009A737F"/>
     <w:rsid w:val="009B1004"/>
     <w:rsid w:val="009B5657"/>
     <w:rsid w:val="009C4BDA"/>
     <w:rsid w:val="009C520B"/>
     <w:rsid w:val="009F6729"/>
     <w:rsid w:val="00A1216A"/>
     <w:rsid w:val="00A131D1"/>
+    <w:rsid w:val="00A15959"/>
     <w:rsid w:val="00A21E15"/>
     <w:rsid w:val="00A272EC"/>
     <w:rsid w:val="00A31C39"/>
     <w:rsid w:val="00A3703C"/>
+    <w:rsid w:val="00A40143"/>
     <w:rsid w:val="00A401A4"/>
     <w:rsid w:val="00A53B1A"/>
     <w:rsid w:val="00A630AC"/>
     <w:rsid w:val="00A659A2"/>
     <w:rsid w:val="00A666AC"/>
     <w:rsid w:val="00A70DB0"/>
     <w:rsid w:val="00A83CFD"/>
     <w:rsid w:val="00A84B76"/>
     <w:rsid w:val="00A931C6"/>
     <w:rsid w:val="00AA6425"/>
     <w:rsid w:val="00AC3AF4"/>
     <w:rsid w:val="00AC42B5"/>
     <w:rsid w:val="00AE4E28"/>
     <w:rsid w:val="00AE58B4"/>
     <w:rsid w:val="00AE6001"/>
     <w:rsid w:val="00AE609B"/>
     <w:rsid w:val="00AE6CC0"/>
     <w:rsid w:val="00AE7C25"/>
     <w:rsid w:val="00AE7D75"/>
     <w:rsid w:val="00AF27D4"/>
     <w:rsid w:val="00AF3D82"/>
     <w:rsid w:val="00AF67BA"/>
     <w:rsid w:val="00B11341"/>
     <w:rsid w:val="00B11B83"/>
     <w:rsid w:val="00B13B11"/>
     <w:rsid w:val="00B179E1"/>
     <w:rsid w:val="00B26C34"/>
     <w:rsid w:val="00B319D8"/>
     <w:rsid w:val="00B36B32"/>
     <w:rsid w:val="00B371C2"/>
     <w:rsid w:val="00B375B3"/>
     <w:rsid w:val="00B37EAB"/>
     <w:rsid w:val="00B40FDC"/>
     <w:rsid w:val="00B455B5"/>
     <w:rsid w:val="00B4665C"/>
     <w:rsid w:val="00B55369"/>
     <w:rsid w:val="00B56ABE"/>
+    <w:rsid w:val="00B5718D"/>
     <w:rsid w:val="00B60FD6"/>
     <w:rsid w:val="00B61B01"/>
     <w:rsid w:val="00B727C4"/>
     <w:rsid w:val="00B96CEE"/>
     <w:rsid w:val="00BA0F31"/>
     <w:rsid w:val="00BA116E"/>
     <w:rsid w:val="00BA1777"/>
     <w:rsid w:val="00BB2726"/>
     <w:rsid w:val="00BB28E7"/>
     <w:rsid w:val="00BB3058"/>
     <w:rsid w:val="00BC4D3B"/>
     <w:rsid w:val="00BC67EB"/>
     <w:rsid w:val="00BC68C3"/>
     <w:rsid w:val="00BD2AD9"/>
     <w:rsid w:val="00C029E5"/>
     <w:rsid w:val="00C07C94"/>
     <w:rsid w:val="00C120BD"/>
+    <w:rsid w:val="00C12B04"/>
     <w:rsid w:val="00C22257"/>
     <w:rsid w:val="00C31F0E"/>
     <w:rsid w:val="00C32F1D"/>
     <w:rsid w:val="00C37C58"/>
     <w:rsid w:val="00C43DA8"/>
     <w:rsid w:val="00C5048C"/>
     <w:rsid w:val="00C61E9E"/>
     <w:rsid w:val="00C66E5A"/>
     <w:rsid w:val="00C704C2"/>
     <w:rsid w:val="00C76079"/>
     <w:rsid w:val="00C80B92"/>
     <w:rsid w:val="00C85D4A"/>
     <w:rsid w:val="00C95DDD"/>
     <w:rsid w:val="00CB788A"/>
     <w:rsid w:val="00CC2DF3"/>
     <w:rsid w:val="00CD4E1E"/>
+    <w:rsid w:val="00CD7C40"/>
+    <w:rsid w:val="00CE5091"/>
     <w:rsid w:val="00D20A78"/>
     <w:rsid w:val="00D34CBC"/>
     <w:rsid w:val="00D45336"/>
     <w:rsid w:val="00D454EE"/>
     <w:rsid w:val="00D54855"/>
     <w:rsid w:val="00D76EFB"/>
     <w:rsid w:val="00D806C2"/>
     <w:rsid w:val="00D83C0A"/>
     <w:rsid w:val="00D86A9E"/>
     <w:rsid w:val="00D92D11"/>
     <w:rsid w:val="00D97C95"/>
     <w:rsid w:val="00DC0D0E"/>
     <w:rsid w:val="00DC725B"/>
     <w:rsid w:val="00DD50A8"/>
     <w:rsid w:val="00DD5270"/>
     <w:rsid w:val="00DE4504"/>
     <w:rsid w:val="00DE5636"/>
     <w:rsid w:val="00DE7FE9"/>
     <w:rsid w:val="00DF6B32"/>
     <w:rsid w:val="00E01531"/>
     <w:rsid w:val="00E11FAC"/>
     <w:rsid w:val="00E16064"/>
     <w:rsid w:val="00E2147B"/>
     <w:rsid w:val="00E2179B"/>
     <w:rsid w:val="00E23A88"/>
@@ -13313,94 +12907,96 @@
     <w:rsid w:val="00E55A59"/>
     <w:rsid w:val="00E64ADB"/>
     <w:rsid w:val="00E64DBA"/>
     <w:rsid w:val="00E65012"/>
     <w:rsid w:val="00E6795B"/>
     <w:rsid w:val="00E7469F"/>
     <w:rsid w:val="00E81F52"/>
     <w:rsid w:val="00E86E2B"/>
     <w:rsid w:val="00E930DD"/>
     <w:rsid w:val="00EA399E"/>
     <w:rsid w:val="00EB0E63"/>
     <w:rsid w:val="00EB1C53"/>
     <w:rsid w:val="00EB702D"/>
     <w:rsid w:val="00EC091D"/>
     <w:rsid w:val="00EC211B"/>
     <w:rsid w:val="00EC7954"/>
     <w:rsid w:val="00ED1C7A"/>
     <w:rsid w:val="00ED1F22"/>
     <w:rsid w:val="00ED6023"/>
     <w:rsid w:val="00EF06E2"/>
     <w:rsid w:val="00EF63F6"/>
     <w:rsid w:val="00F11E74"/>
     <w:rsid w:val="00F13DF4"/>
     <w:rsid w:val="00F141B5"/>
     <w:rsid w:val="00F4393C"/>
+    <w:rsid w:val="00F5078E"/>
     <w:rsid w:val="00F611B0"/>
     <w:rsid w:val="00F616D8"/>
     <w:rsid w:val="00F827B0"/>
     <w:rsid w:val="00F82F72"/>
     <w:rsid w:val="00F87AFF"/>
     <w:rsid w:val="00FA0879"/>
     <w:rsid w:val="00FD1715"/>
     <w:rsid w:val="00FE4AE5"/>
     <w:rsid w:val="00FF13EF"/>
     <w:rsid w:val="00FF2800"/>
     <w:rsid w:val="00FF6D3F"/>
     <w:rsid w:val="3C0B182B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="bn-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="77526293"/>
-  <w15:docId w15:val="{455A3940-9A55-48F6-BAC2-5558B5B03B51}"/>
+  <w14:docId w14:val="1637E9E6"/>
+  <w14:defaultImageDpi w14:val="96"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13755,370 +13351,457 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Parastatabula"/>
+    <w:uiPriority w:val="39"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
     <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C43DA8"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00EB702D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vietturateksts">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F611B0"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007567CF"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007567CF"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A69F2"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A1407"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A1407"/>
     <w:rPr>
-      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
       <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
     <w:name w:val="Vēres teksts Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Vresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004A1407"/>
     <w:rPr>
-      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
       <w:kern w:val="2"/>
-      <w:lang w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naiskr">
     <w:name w:val="naiskr"/>
     <w:rsid w:val="00A3703C"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...4 lines deleted...]
-        <w:bar w:val="nil"/>
+        <w:top w:val="none" w:sz="96" w:space="31" w:color="FFFFFF" w:shadow="1" w:frame="1"/>
+        <w:left w:val="none" w:sz="96" w:space="31" w:color="FFFFFF" w:shadow="1" w:frame="1"/>
+        <w:bottom w:val="none" w:sz="96" w:space="31" w:color="FFFFFF" w:shadow="1" w:frame="1"/>
+        <w:right w:val="none" w:sz="96" w:space="31" w:color="FFFFFF" w:shadow="1" w:frame="1"/>
       </w:pBdr>
       <w:spacing w:before="100" w:after="100"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+      <w:rFonts w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
-      <w:bdr w:val="nil"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid0">
     <w:name w:val="Table Grid_0"/>
     <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BC67EB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
       <w:kern w:val="2"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
+  <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.latvija.lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.latvija.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14346,419 +14029,100 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010075660069187F7746B90153F694BEE8F8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc07c63e43b995b9e99ae144c9f659b3">
-[...230 lines deleted...]
-</ct:contentTypeSchema>
+<ControlsStorage xmlns="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage">
+  <Controls>AAEAAAD/////AQAAAAAAAAAMAgAAAEVDaGVtNFdvcmQuQ29yZSwgVmVyc2lvbj0xLjAuMC4wLCBDdWx0dXJlPW5ldXRyYWwsIFB1YmxpY0tleVRva2VuPW51bGwHAQAAAAABAAAAAAAAAAQgQ2hlbTRXb3JkLkNvcmUuQ29udHJvbFByb3BlcnRpZXMCAAAACw==</Controls>
+</ControlsStorage>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB88C735-D4BF-4BD6-B86D-954F4EF7BDF7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D60737A5-481B-4F80-8513-092AD331CACC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B2F3A94-B46E-4E7D-BEAF-817D75E69C35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>422</Words>
-  <Characters>4176</Characters>
+  <Words>2915</Words>
+  <Characters>1663</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>34</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>13</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4589</CharactersWithSpaces>
+  <CharactersWithSpaces>4569</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Inguna Gruntiņa</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>