--- v1 (2025-11-12)
+++ v2 (2026-01-09)
@@ -1,49 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="4962"/>
       </w:tblGrid>
       <w:tr w:rsidR="00534624" w14:paraId="7DFBC1E3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="907"/>
@@ -2654,271 +2658,133 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD50A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ZĪMES ATVEIDOJUMS</w:t>
             </w:r>
             <w:r w:rsidR="00FF2800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ATTĒLS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EF05C14" w14:textId="5058CC6E" w:rsidR="00FD1715" w:rsidRDefault="00815F6D" w:rsidP="009A3115">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:sdt>
+            <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="10"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-                <mc:Choice Requires="wps">
+              <w:id w:val="-2055541379"/>
+              <w:showingPlcHdr/>
+              <w:picture/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="1EF05C14" w14:textId="7B2FE900" w:rsidR="00FD1715" w:rsidRDefault="002C74F1" w:rsidP="009A3115">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:noProof/>
+                    <w:color w:val="808080"/>
+                    <w:sz w:val="10"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:noProof/>
+                    <w:color w:val="808080"/>
+                    <w:sz w:val="10"/>
+                  </w:rPr>
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79A77B8A" wp14:editId="224934B5">
-[...11 lines deleted...]
-                      <wp:cNvGraphicFramePr/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23BB796F" wp14:editId="2E38AA47">
+                      <wp:extent cx="2428875" cy="2428875"/>
+                      <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                      <wp:docPr id="665420513" name="Attēls 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                      </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-[...2 lines deleted...]
-                            <wps:spPr>
+                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="0" name="Picture 2"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill>
+                              <a:blip r:embed="rId10">
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect/>
+                              <a:stretch>
+                                <a:fillRect/>
+                              </a:stretch>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="2206800" cy="2206800"/>
+                                <a:ext cx="2428875" cy="2428875"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
-                              <a:solidFill>
-[...5 lines deleted...]
-                                </a:solidFill>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
                               </a:ln>
-                            </wps:spPr>
-[...74 lines deleted...]
-                          </wps:wsp>
+                            </pic:spPr>
+                          </pic:pic>
                         </a:graphicData>
                       </a:graphic>
-                      <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-                    </wp:anchor>
+                    </wp:inline>
                   </w:drawing>
-                </mc:Choice>
-[...80 lines deleted...]
-          </w:p>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28FB3908" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48C7A80B" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRDefault="00A659A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A659A2" w:rsidSect="004865ED">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="992" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="1134" w:equalWidth="0">
             <w:col w:w="4820" w:space="283"/>
@@ -3041,51 +2907,55 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="67C524C4" id="Tekstlodziņš 31" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:-3.4pt;width:21.6pt;height:20.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkkHeM1gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8mG7RaizVbQqgip&#10;FKSWD3Ac5yISj5nxbrJ8PWNnu13oG+LFsmfsM3POHG+upqEXe4PUgS3kcpFKYayGqrNNIb8/3r55&#10;JwV5ZSvVgzWFPBiSV9vXrzajy00GLfSVQcEglvLRFbL13uVJQro1g6IFOGM5WQMOyvMRm6RCNTL6&#10;0CdZmq6TEbByCNoQcfRmTsptxK9ro/3XuibjRV9I7s3HFeNahjXZblTeoHJtp49tqH/oYlCd5aIn&#10;qBvlldhh9wJq6DQCQe0XGoYE6rrTJnJgNsv0LzYPrXImcmFxyJ1kov8Hq+/3D+4bCj99hIkHGEmQ&#10;uwP9g4SF61bZxnxAhLE1quLCyyBZMjrKj0+D1JRTACnHL1DxkNXOQwSaahyCKsxTMDoP4HAS3Uxe&#10;aA5ml6u3GWc0p7L1Ol1fxAoqf3rskPwnA4MIm0IizzSCq/0d+dCMyp+uhFoWbru+j3Pt7R8Bvhgi&#10;sfnQ79y5n8pJdNWRWeBSQnVgNgizW9jdvGkBf0kxslMKST93Co0U/WfLirxfrlbBWvGwurgMZPA8&#10;U55nlNUMVUgvxby99rMddw67puVKzwrzzCO9oz+Dqc7PkcrzL9r+BgAA//8DAFBLAwQUAAYACAAA&#10;ACEAGZX4y90AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70h7h8hI3LakhXWsNJ0Q&#10;iCuIwZB2yxqvrdY4VZOt5e0xJ7jZ8q/f31dsJteJCw6h9aQhWSgQSJW3LdUaPj9e5vcgQjRkTecJ&#10;NXxjgE05uypMbv1I73jZxlpwCYXcaGhi7HMpQ9WgM2HheyS+Hf3gTOR1qKUdzMjlrpOpUpl0piX+&#10;0JgenxqsTtuz07B7Pe6/7tRb/eyW/egnJcmtpdY319PjA4iIU/wLwy8+o0PJTAd/JhtEp2GerNgl&#10;8pCxAgfSLAVx0HC7TECWhfwvUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJJB3jNYB&#10;AACNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGZX4&#10;y90AAAAIAQAADwAAAAAAAAAAAAAAAAAwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shapetype w14:anchorId="67C524C4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Tekstlodziņš 31" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:-3.4pt;width:21.6pt;height:20.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9xU/01AEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8mG7RaizVbQqgip&#10;FKSWD5g4zkUkHjP2brJ8PWNnu13oG+LFsmfsM3POHG+upqEXe02uQ1PI5SKVQhuFVWeaQn5/vH3z&#10;TgrnwVTQo9GFPGgnr7avX21Gm+sMW+wrTYJBjMtHW8jWe5sniVOtHsAt0GrDyRppAM9HapKKYGT0&#10;oU+yNF0nI1JlCZV2jqM3c1JuI35da+W/1rXTXvSF5N58XCmuZViT7QbyhsC2nTq2Af/QxQCd4aIn&#10;qBvwIHbUvYAaOkXosPYLhUOCdd0pHTkwm2X6F5uHFqyOXFgcZ08yuf8Hq+73D/YbCT99xIkHGEk4&#10;e4fqhxMGr1swjf5AhGOroeLCyyBZMlqXH58GqV3uAkg5fsGKhww7jxFoqmkIqjBPweg8gMNJdD15&#10;oTiYXa7eZpxRnMrW63R9EStA/vTYkvOfNA4ibApJPNMIDvs750MzkD9dCbUM3nZ9H+famz8CfDFE&#10;YvOh37lzP5UT3w4kSqwOTINwtgnbmjct0i8pRrZIId3PHZCWov9sWIr3y9UqeCoeVheXgQWdZ8rz&#10;DBjFUIX0Uszbaz/7cGepa1qu9CwtDzvyOhozuOn8HDk8f5/tbwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABmV+MvdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9Ie4fISNy2pIV1rDSdEIgr&#10;iMGQdssar63WOFWTreXtMSe42fKv399XbCbXiQsOofWkIVkoEEiVty3VGj4/Xub3IEI0ZE3nCTV8&#10;Y4BNObsqTG79SO942cZacAmF3GhoYuxzKUPVoDNh4Xskvh394EzkdailHczI5a6TqVKZdKYl/tCY&#10;Hp8arE7bs9Owez3uv+7UW/3slv3oJyXJraXWN9fT4wOIiFP8C8MvPqNDyUwHfyYbRKdhnqzYJfKQ&#10;sQIH0iwFcdBwu0xAloX8L1D+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL3FT/TUAQAA&#10;hgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABmV+Mvd&#10;AAAACAEAAA8AAAAAAAAAAAAAAAAALgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="1ADA097E" w14:textId="77777777" w:rsidR="00EB702D" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB702D">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
@@ -3807,51 +3677,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1120524A" id="Tekstlodziņš 29" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:128.6pt;margin-top:-34.5pt;width:22.1pt;height:22.1pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDILux0gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJsrYz4hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vRV9EXiRDnkOqc31NPRib5AsuFIuF7kUxmmorWtL+eP73Zsr&#10;KSgoV6senCnlwZC83r5+tRl9YVbQQV8bFAziqBh9KbsQfJFlpDszKFqAN46TDeCgArvYZjWqkdGH&#10;Plvl+UU2AtYeQRsijt7OSblN+E1jdPjaNGSC6EvJvYV0YjqreGbbjSpaVL6z+tiGekYXg7KOi56g&#10;blVQYof2P6jBagSCJiw0DBk0jdUmcWA2y/wfNg+d8iZxYXHIn2Sil4PVX/YP/huKMH2AiQeYSJC/&#10;B/2ThIObTrnWvEeEsTOq5sLLKFk2eiqOT6PUVFAEqcbPUPOQ1S5AApoaHKIqzFMwOg/gcBLdTEFo&#10;Dq6u8otLzmhOHe1YQRWPjz1S+GhgENEoJfJME7ja31OYrz5eibUc3Nm+T3Pt3V8BxoyR1Hzsd+48&#10;TNUkbM3FI7PIpYL6wGwQ5m3h7WajA/wtxcibUkr6tVNopOg/OVbk3XK9jquVnPXbyxU7eJ6pzjPK&#10;aYYqZZBiNm/CvI47j7btuNKTwjzzpMRxP+NSnfuJytMv2v4BAAD//wMAUEsDBBQABgAIAAAAIQCM&#10;Ctnw4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Nb8IwDIbvk/gPkZF2g4SuMOiaIrRp102w&#10;D2m30Ji2onGqJtDu3887bUfbj14/b74dXSuu2IfGk4bFXIFAKr1tqNLw/vY8W4MI0ZA1rSfU8I0B&#10;tsXkJjeZ9QPt8XqIleAQCpnRUMfYZVKGskZnwtx3SHw7+d6ZyGNfSdubgcNdKxOlVtKZhvhDbTp8&#10;rLE8Hy5Ow8fL6eszVa/Vk1t2gx+VJLeRWt9Ox90DiIhj/IPhV5/VoWCno7+QDaLVkCzvE0Y1zFYb&#10;LsXEnVqkII68SdI1yCKX/zsUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCDILux0gEA&#10;AI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCMCtnw&#10;4AAAAAsBAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="1120524A" id="Tekstlodziņš 29" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:128.6pt;margin-top:-34.5pt;width:22.1pt;height:22.1pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPR+HF0QEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJsrYz4hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lu2m2vRV9EXiRDnkOqe312HfiYJAsuEKuFkspjNNQWdcU8sf3uzdX&#10;UlBQrlIdOFPIoyF5vXv9ajv43Kyhha4yKBjEUT74QrYh+DzLSLemV7QAbxwna8BeBXaxySpUA6P3&#10;XbZeLi+yAbDyCNoQcfR2Sspdwq9ro8PXuiYTRFdI7i2kE9NZxjPbbVXeoPKt1XMb6hld9Mo6LnqC&#10;ulVBiT3a/6B6qxEI6rDQ0GdQ11abxIHZrJb/sHlolTeJC4tD/iQTvRys/nJ48N9QhPEDjDzARIL8&#10;PeifJBzctMo15j0iDK1RFRdeRcmywVM+P41SU04RpBw+Q8VDVvsACWissY+qME/B6DyA40l0Mwah&#10;Obi+Wl5cckZzarZjBZU/PvZI4aOBXkSjkMgzTeDqcE9huvp4JdZycGe7Ls21c38FGDNGUvOx36nz&#10;MJajsNXMLHIpoToyG4RpW3i72WgBf0sx8KYUkn7tFRopuk+OFXm32mziaiVn8/ZyzQ6eZ8rzjHKa&#10;oQoZpJjMmzCt496jbVqu9KQwzzwpMe9nXKpzP1F5+kW7PwAAAP//AwBQSwMEFAAGAAgAAAAhAIwK&#10;2fDgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01vwjAMhu+T+A+RkXaDhK4w6JoitGnXTbAP&#10;abfQmLaicaom0O7fzzttR9uPXj9vvh1dK67Yh8aThsVcgUAqvW2o0vD+9jxbgwjRkDWtJ9TwjQG2&#10;xeQmN5n1A+3xeoiV4BAKmdFQx9hlUoayRmfC3HdIfDv53pnIY19J25uBw10rE6VW0pmG+ENtOnys&#10;sTwfLk7Dx8vp6zNVr9WTW3aDH5Ukt5Fa307H3QOIiGP8g+FXn9WhYKejv5ANotWQLO8TRjXMVhsu&#10;xcSdWqQgjrxJ0jXIIpf/OxQ/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI9H4cXRAQAA&#10;jQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIwK2fDg&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAAKwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="6E748D87" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -4143,51 +4013,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2001A79E" id="Tekstlodziņš 27" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:243.05pt;margin-top:-6.6pt;width:22pt;height:22pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoCCLm0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJsnU14hRbiw4D&#10;ugvQ9QNkWbaF2aJGKrGzrx8lp2m2vRV7EXiRDnkOqc3VNPRib5AsuFIuF7kUxmmorWtL+fD99tU7&#10;KSgoV6senCnlwZC82r58sRl9YVbQQV8bFAziqBh9KbsQfJFlpDszKFqAN46TDeCgArvYZjWqkdGH&#10;Plvl+dtsBKw9gjZEHL2Zk3Kb8JvG6PC1acgE0ZeSewvpxHRW8cy2G1W0qHxn9bEN9YwuBmUdFz1B&#10;3aigxA7tP1CD1QgETVhoGDJoGqtN4sBslvlfbO475U3iwuKQP8lE/w9Wf9nf+28owvQBJh5gIkH+&#10;DvQPEg6uO+Va8x4Rxs6omgsvo2TZ6Kk4Po1SU0ERpBo/Q81DVrsACWhqcIiqME/B6DyAw0l0MwWh&#10;Obi6uFznnNGcOtqxgioeH3uk8NHAIKJRSuSZJnC1v6MwX328Ems5uLV9n+bauz8CjBkjqfnY79x5&#10;mKpJ2LqUryOzyKWC+sBsEOZt4e1mowP8JcXIm1JK+rlTaKToPzlW5HK5XsfVSs76zcWKHTzPVOcZ&#10;5TRDlTJIMZvXYV7HnUfbdlzpSWGeeVLiuJ9xqc79ROXpF21/AwAA//8DAFBLAwQUAAYACAAAACEA&#10;K2j8f94AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3Lak6zaVUndCIK4g&#10;xofELWu9tqJxqiZby7/HnOBo+9Hr5y12s+vVmcbQeUZIlgYUceXrjhuEt9fHRQYqRMu17T0TwjcF&#10;2JWXF4XNaz/xC533sVESwiG3CG2MQ651qFpyNiz9QCy3ox+djTKOja5HO0m46/XKmK12tmP50NqB&#10;7luqvvYnh/D+dPz8WJvn5sFthsnPRrO70YjXV/PdLahIc/yD4Vdf1KEUp4M/cR1Uj7DOtomgCIsk&#10;XYESYpMa2RwQUpOBLgv9v0L5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACgIIubTAQAA&#10;jQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACto/H/e&#10;AAAACgEAAA8AAAAAAAAAAAAAAAAALQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2001A79E" id="Tekstlodziņš 27" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:243.05pt;margin-top:-6.6pt;width:22pt;height:22pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAT18R80gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v0zAQ/o7Ef7D8nSatCmNR0wk2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+x0XYFv075Y92I/d89z583VNPRib5AsuFIuF7kUxmmorWtL+eP77Zv3&#10;UlBQrlY9OFPKgyF5tX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwnG8BBBXaxzWpUI6MP&#10;fbbK83fZCFh7BG2IOHozJ+U24TeN0eG+acgE0ZeSewvpxHRW8cy2G1W0qHxn9bEN9YwuBmUdFz1B&#10;3aigxA7tf1CD1QgETVhoGDJoGqtN4sBslvk/bB465U3iwuKQP8lELwerv+4f/DcUYfoIEw8wkSB/&#10;B/onCQfXnXKt+YAIY2dUzYWXUbJs9FQcn0apqaAIUo1foOYhq12ABDQ1OERVmKdgdB7A4SS6mYLQ&#10;HFxdXK5zzmhOHe1YQRWPjz1S+GRgENEoJfJME7ja31GYrz5eibUc3Nq+T3Pt3V8BxoyR1Hzsd+48&#10;TNUkbM3FI7PIpYL6wGwQ5m3h7WajA/wtxcibUkr6tVNopOg/O1bkcrlex9VKzvrtxYodPM9U5xnl&#10;NEOVMkgxm9dhXsedR9t2XOlJYZ55UuK4n3Gpzv1E5ekXbf8AAAD//wMAUEsDBBQABgAIAAAAIQAr&#10;aPx/3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctqTrNpVSd0IgriDG&#10;h8Qta722onGqJlvLv8ec4Gj70evnLXaz69WZxtB5RkiWBhRx5euOG4S318dFBipEy7XtPRPCNwXY&#10;lZcXhc1rP/ELnfexURLCIbcIbYxDrnWoWnI2LP1ALLejH52NMo6Nrkc7Sbjr9cqYrXa2Y/nQ2oHu&#10;W6q+9ieH8P50/PxYm+fmwW2Gyc9Gs7vRiNdX890tqEhz/IPhV1/UoRSngz9xHVSPsM62iaAIiyRd&#10;gRJikxrZHBBSk4EuC/2/QvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE9fEfNIBAACN&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAK2j8f94A&#10;AAAKAQAADwAAAAAAAAAAAAAAAAAsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="59677605" w14:textId="77777777" w:rsidR="00B61B01" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00B61B01">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
@@ -4849,51 +4719,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="7A881DDB" id="Tekstlodziņš 25" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:33.75pt;margin-top:3.45pt;width:22pt;height:22pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALGXCU0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v0zAQ/o7Ef7D8naatAmNR0wk2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+x0XYFv075Y92I/d89z583VNPRib5AsuFKuFkspjNNQW9eW8sf32zfv&#10;paCgXK16cKaUB0Pyavv61Wb0hVlDB31tUDCIo2L0pexC8EWWke7MoGgB3jhONoCDCuxim9WoRkYf&#10;+my9XL7LRsDaI2hDxNGbOSm3Cb9pjA73TUMmiL6U3FtIJ6azime23aiiReU7q49tqGd0MSjruOgJ&#10;6kYFJXZo/4MarEYgaMJCw5BB01htEgdms1r+w+ahU94kLiwO+ZNM9HKw+uv+wX9DEaaPMPEAEwny&#10;d6B/knBw3SnXmg+IMHZG1Vx4FSXLRk/F8WmUmgqKINX4BWoestoFSEBTg0NUhXkKRucBHE6imykI&#10;zcH1xWW+5Izm1NGOFVTx+NgjhU8GBhGNUiLPNIGr/R2F+erjlVjLwa3t+zTX3v0VYMwYSc3HfufO&#10;w1RNwtalzCOzyKWC+sBsEOZt4e1mowP8LcXIm1JK+rVTaKToPztW5HKV53G1kpO/vVizg+eZ6jyj&#10;nGaoUgYpZvM6zOu482jbjis9KcwzT0oc9zMu1bmfqDz9ou0fAAAA//8DAFBLAwQUAAYACAAAACEA&#10;/LopENoAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j9B2uRuFE7iJQmxKkqEFdQ&#10;C1Ti5sbbJCJeR7HbhL9ne2pPo9GMZl6xmlwnTjiE1pOGZK5AIFXetlRr+Pp8u1+CCNGQNZ0n1PCH&#10;AVbl7KYwufUjbfC0jbXgEQq50dDE2OdShqpBZ8Lc90icHfzgTGQ71NIOZuRx18kHpRbSmZb4oTE9&#10;vjRY/W6PTsP3++Fn96g+6leX9qOflCSXSa3vbqf1M4iIU7yU4YzP6FAy094fyQbRaVg8pdxkzUCc&#10;4yRhv9eQqgxkWchr/vIfAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACxlwlNMBAACNAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/LopENoAAAAH&#10;AQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="7A881DDB" id="Tekstlodziņš 25" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:33.75pt;margin-top:3.45pt;width:22pt;height:22pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoCCLm0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJsnU14hRbiw4D&#10;ugvQ9QNkWbaF2aJGKrGzrx8lp2m2vRV7EXiRDnkOqc3VNPRib5AsuFIuF7kUxmmorWtL+fD99tU7&#10;KSgoV6senCnlwZC82r58sRl9YVbQQV8bFAziqBh9KbsQfJFlpDszKFqAN46TDeCgArvYZjWqkdGH&#10;Plvl+dtsBKw9gjZEHL2Zk3Kb8JvG6PC1acgE0ZeSewvpxHRW8cy2G1W0qHxn9bEN9YwuBmUdFz1B&#10;3aigxA7tP1CD1QgETVhoGDJoGqtN4sBslvlfbO475U3iwuKQP8lE/w9Wf9nf+28owvQBJh5gIkH+&#10;DvQPEg6uO+Va8x4Rxs6omgsvo2TZ6Kk4Po1SU0ERpBo/Q81DVrsACWhqcIiqME/B6DyAw0l0MwWh&#10;Obi6uFznnNGcOtqxgioeH3uk8NHAIKJRSuSZJnC1v6MwX328Ems5uLV9n+bauz8CjBkjqfnY79x5&#10;mKpJ2LqUryOzyKWC+sBsEOZt4e1mowP8JcXIm1JK+rlTaKToPzlW5HK5XsfVSs76zcWKHTzPVOcZ&#10;5TRDlTJIMZvXYV7HnUfbdlzpSWGeeVLiuJ9xqc79ROXpF21/AwAA//8DAFBLAwQUAAYACAAAACEA&#10;/LopENoAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j9B2uRuFE7iJQmxKkqEFdQ&#10;C1Ti5sbbJCJeR7HbhL9ne2pPo9GMZl6xmlwnTjiE1pOGZK5AIFXetlRr+Pp8u1+CCNGQNZ0n1PCH&#10;AVbl7KYwufUjbfC0jbXgEQq50dDE2OdShqpBZ8Lc90icHfzgTGQ71NIOZuRx18kHpRbSmZb4oTE9&#10;vjRY/W6PTsP3++Fn96g+6leX9qOflCSXSa3vbqf1M4iIU7yU4YzP6FAy094fyQbRaVg8pdxkzUCc&#10;4yRhv9eQqgxkWchr/vIfAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKAgi5tMBAACNAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/LopENoAAAAH&#10;AQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="1484BE6B" w14:textId="77777777" w:rsidR="00C704C2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00C704C2">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -5087,51 +4957,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="52EE4302" id="Tekstlodziņš 23" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:46.1pt;margin-top:2.75pt;width:22pt;height:22pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwxpYO0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ0nU14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vhV7EXiRDnkOqc31NPRib5AsuFIuF7kUxmmorWtL+eP73Zt3&#10;UlBQrlY9OFPKgyF5vX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwnG8BBBXaxzWpUI6MP&#10;fbbK87fZCFh7BG2IOHo7J+U24TeN0eFr05AJoi8l9xbSiems4pltN6poUfnO6mMb6gVdDMo6LnqC&#10;ulVBiR3aZ1CD1QgETVhoGDJoGqtN4sBslvk/bB465U3iwuKQP8lE/w9Wf9k/+G8owvQBJh5gIkH+&#10;HvRPEg5uOuVa8x4Rxs6omgsvo2TZ6Kk4Po1SU0ERpBo/Q81DVrsACWhqcIiqME/B6DyAw0l0MwWh&#10;Obi6vFrnnNGcOtqxgioeH3uk8NHAIKJRSuSZJnC1v6cwX328Ems5uLN9n+bau78CjBkjqfnY79x5&#10;mKpJ2LqUF5FZ5FJBfWA2CPO28Haz0QH+lmLkTSkl/dopNFL0nxwrcrVcr+NqJWd9cbliB88z1XlG&#10;Oc1QpQxSzOZNmNdx59G2HVd6UphnnpQ47mdcqnM/UXn6Rds/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;Po6g2doAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j9B2srcaM2oamakE2FQFxB&#10;lLYSNzfeJhHxOordJvw97gmOoxm9ecVmsp240OBbxwj3CwWCuHKm5Rph9/l6twbhg2ajO8eE8EMe&#10;NuXsptC5cSN/0GUbahEh7HON0ITQ51L6qiGr/cL1xLE7ucHqEONQSzPoMcJtJxOlVtLqluNDo3t6&#10;bqj63p4twv7t9HVYqvf6xab96CYl2WYS8XY+PT2CCDSFvzFc9aM6lNHp6M5svOgQsiSJS4Q0BXGt&#10;H1YxHxGWWQqyLOR///IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMMaWDtMBAACNAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPo6g2doAAAAH&#10;AQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="52EE4302" id="Tekstlodziņš 23" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:46.1pt;margin-top:2.75pt;width:22pt;height:22pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALGXCU0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v0zAQ/o7Ef7D8naatAmNR0wk2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+x0XYFv075Y92I/d89z583VNPRib5AsuFKuFkspjNNQW9eW8sf32zfv&#10;paCgXK16cKaUB0Pyavv61Wb0hVlDB31tUDCIo2L0pexC8EWWke7MoGgB3jhONoCDCuxim9WoRkYf&#10;+my9XL7LRsDaI2hDxNGbOSm3Cb9pjA73TUMmiL6U3FtIJ6azime23aiiReU7q49tqGd0MSjruOgJ&#10;6kYFJXZo/4MarEYgaMJCw5BB01htEgdms1r+w+ahU94kLiwO+ZNM9HKw+uv+wX9DEaaPMPEAEwny&#10;d6B/knBw3SnXmg+IMHZG1Vx4FSXLRk/F8WmUmgqKINX4BWoestoFSEBTg0NUhXkKRucBHE6imykI&#10;zcH1xWW+5Izm1NGOFVTx+NgjhU8GBhGNUiLPNIGr/R2F+erjlVjLwa3t+zTX3v0VYMwYSc3HfufO&#10;w1RNwtalzCOzyKWC+sBsEOZt4e1mowP8LcXIm1JK+rVTaKToPztW5HKV53G1kpO/vVizg+eZ6jyj&#10;nGaoUgYpZvM6zOu482jbjis9KcwzT0oc9zMu1bmfqDz9ou0fAAAA//8DAFBLAwQUAAYACAAAACEA&#10;Po6g2doAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j9B2srcaM2oamakE2FQFxB&#10;lLYSNzfeJhHxOordJvw97gmOoxm9ecVmsp240OBbxwj3CwWCuHKm5Rph9/l6twbhg2ajO8eE8EMe&#10;NuXsptC5cSN/0GUbahEh7HON0ITQ51L6qiGr/cL1xLE7ucHqEONQSzPoMcJtJxOlVtLqluNDo3t6&#10;bqj63p4twv7t9HVYqvf6xab96CYl2WYS8XY+PT2CCDSFvzFc9aM6lNHp6M5svOgQsiSJS4Q0BXGt&#10;H1YxHxGWWQqyLOR///IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACxlwlNMBAACNAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPo6g2doAAAAH&#10;AQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="18CECC8A" w14:textId="77777777" w:rsidR="00EB1C53" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00EB1C53">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -5351,51 +5221,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="198D85A9" id="Tekstlodziņš 21" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:45.95pt;margin-top:-.5pt;width:22pt;height:22pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8ocx60wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJsnY14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vhV7EXiRDnkOqc31NPRib5AsuFIuF7kUxmmorWtL+eP73Zt3&#10;UlBQrlY9OFPKgyF5vX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwnG8BBBXaxzWpUI6MP&#10;fbbK84tsBKw9gjZEHL2dk3Kb8JvG6PC1acgE0ZeSewvpxHRW8cy2G1W0qHxn9bEN9YIuBmUdFz1B&#10;3aqgxA7tM6jBagSCJiw0DBk0jdUmcWA2y/wfNg+d8iZxYXHIn2Si/werv+wf/DcUYfoAEw8wkSB/&#10;D/onCQc3nXKteY8IY2dUzYWXUbJs9FQcn0apqaAIUo2foeYhq12ABDQ1OERVmKdgdB7A4SS6mYLQ&#10;HFxdXq1zzmhOHe1YQRWPjz1S+GhgENEoJfJME7ja31OYrz5eibUc3Nm+T3Pt3V8BxoyR1Hzsd+48&#10;TNUkbF3Ki8gscqmgPjAbhHlbeLvZ6AB/SzHyppSSfu0UGin6T44VuVqu13G1krN+e7liB88z1XlG&#10;Oc1QpQxSzOZNmNdx59G2HVd6UphnnpQ47mdcqnM/UXn6Rds/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;hq+MNdwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fo7tEVNyKZCIK4g&#10;ClTi5ibbJCJeR7HbhL9ne6LHnRnNvsk3k+vUiYbQekZI5gYUcemrlmuEz4+X2RpUiJYr23kmhF8K&#10;sCmur3KbVX7kdzptY62khENmEZoY+0zrUDbkbJj7nli8gx+cjXIOta4GO0q56/SdMffa2ZblQ2N7&#10;emqo/NkeHcLX6+F7tzRv9bNb9aOfjGaXasTbm+nxAVSkKf6H4Ywv6FAI094fuQqqQ0iTVJIIs0Qm&#10;nf3FSoQ9wnJhQBe5vhxQ/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8ocx60wEAAI0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCGr4w13AAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="198D85A9" id="Tekstlodziņš 21" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:45.95pt;margin-top:-.5pt;width:22pt;height:22pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwxpYO0wEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ0nU14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vhV7EXiRDnkOqc31NPRib5AsuFIuF7kUxmmorWtL+eP73Zt3&#10;UlBQrlY9OFPKgyF5vX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwnG8BBBXaxzWpUI6MP&#10;fbbK87fZCFh7BG2IOHo7J+U24TeN0eFr05AJoi8l9xbSiems4pltN6poUfnO6mMb6gVdDMo6LnqC&#10;ulVBiR3aZ1CD1QgETVhoGDJoGqtN4sBslvk/bB465U3iwuKQP8lE/w9Wf9k/+G8owvQBJh5gIkH+&#10;HvRPEg5uOuVa8x4Rxs6omgsvo2TZ6Kk4Po1SU0ERpBo/Q81DVrsACWhqcIiqME/B6DyAw0l0MwWh&#10;Obi6vFrnnNGcOtqxgioeH3uk8NHAIKJRSuSZJnC1v6cwX328Ems5uLN9n+bau78CjBkjqfnY79x5&#10;mKpJ2LqUF5FZ5FJBfWA2CPO28Haz0QH+lmLkTSkl/dopNFL0nxwrcrVcr+NqJWd9cbliB88z1XlG&#10;Oc1QpQxSzOZNmNdx59G2HVd6UphnnpQ47mdcqnM/UXn6Rds/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;hq+MNdwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fo7tEVNyKZCIK4g&#10;ClTi5ibbJCJeR7HbhL9ne6LHnRnNvsk3k+vUiYbQekZI5gYUcemrlmuEz4+X2RpUiJYr23kmhF8K&#10;sCmur3KbVX7kdzptY62khENmEZoY+0zrUDbkbJj7nli8gx+cjXIOta4GO0q56/SdMffa2ZblQ2N7&#10;emqo/NkeHcLX6+F7tzRv9bNb9aOfjGaXasTbm+nxAVSkKf6H4Ywv6FAI094fuQqqQ0iTVJIIs0Qm&#10;nf3FSoQ9wnJhQBe5vhxQ/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAwxpYO0wEAAI0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCGr4w13AAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="468A90FF" w14:textId="77777777" w:rsidR="006A705C" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00E7469F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -6436,51 +6306,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="654D6761" id="Tekstlodziņš 19" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:11.55pt;margin-top:9.35pt;width:26.05pt;height:20.6pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBA1kGt2gEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aTNO2MOMXWosOA&#10;rhvQ9QNkWY6N2aJGKrGzrx8lp2m23oZdBImUHvneo9bXY9+JvUFqwRYym6VSGKuhau22kE/f795d&#10;SUFe2Up1YE0hD4bk9ebtm/XgcjOHBrrKoGAQS/ngCtl47/IkId2YXtEMnLGcrAF75fmI26RCNTB6&#10;3yXzNF0lA2DlELQh4ujtlJSbiF/XRvuvdU3Gi66Q3JuPK8a1DGuyWat8i8o1rT62of6hi161loue&#10;oG6VV2KH7SuovtUIBLWfaegTqOtWm8iB2WTpX2weG+VM5MLikDvJRP8PVj/sH903FH78CCMbGEmQ&#10;uwf9g4SFm0bZrfmACENjVMWFsyBZMjjKj0+D1JRTACmHL1CxyWrnIQKNNfZBFeYpGJ0NOJxEN6MX&#10;moOLRXq1uJBCc2q+ylbzaEqi8ufHDsl/MtCLsCkksqcRXO3vyYdmVP58JdSycNd2XfS1s38E+GKI&#10;xOZDv1PnfixH0VaFvAzMApcSqgOzQZimhaebNw3gLykGnpRC0s+dQiNF99myIu+z5TKMVjwsLy6Z&#10;gMDzTHmeUVYzVCG9FNP2xk/juHPYbhuu9KIwex7pHeczDNX5OVJ5+UWb3wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAHxIpA/bAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjstOwzAQRfdI/IM1SOyo3UBo&#10;E+JUFYgtqOUhsXPjaRI1Hkex24S/73QFy/vQvadYTa4TJxxC60nDfKZAIFXetlRr+Px4vVuCCNGQ&#10;NZ0n1PCLAVbl9VVhcutH2uBpG2vBIxRyo6GJsc+lDFWDzoSZ75E42/vBmchyqKUdzMjjrpOJUo/S&#10;mZb4oTE9PjdYHbZHp+Hrbf/z/aDe6xeX9qOflCSXSa1vb6b1E4iIU/wrwwWf0aFkpp0/kg2i05Dc&#10;z7nJ/nIBgvNFmoDYaUizDGRZyP/85RkAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBA1kGt&#10;2gEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB8&#10;SKQP2wAAAAcBAAAPAAAAAAAAAAAAAAAAADQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="654D6761" id="Tekstlodziņš 19" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:11.55pt;margin-top:9.35pt;width:26.05pt;height:20.6pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7Cac32QEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yRttyxR0xXsahHS&#10;cpEWPsBxnItIPGbGbVK+nrHT7RZ4Q7xY9ox9Zs454+3NNPTiYJA6sIXMFqkUxmqoOtsU8tvX+1fX&#10;UpBXtlI9WFPIoyF5s3v5Yju63Cyhhb4yKBjEUj66QrbeuzxJSLdmULQAZywna8BBeT5ik1SoRkYf&#10;+mSZpptkBKwcgjZEHL2bk3IX8evaaP+5rsl40ReSe/NxxbiWYU12W5U3qFzb6VMb6h+6GFRnuegZ&#10;6k55JfbY/QU1dBqBoPYLDUMCdd1pEzkwmyz9g81jq5yJXFgccmeZ6P/B6k+HR/cFhZ/ewcQGRhLk&#10;HkB/J2HhtlW2MW8RYWyNqrhwFiRLRkf56WmQmnIKIOX4ESo2We09RKCpxiGowjwFo7MBx7PoZvJC&#10;c3C1Sq9XV1JoTi032WYZTUlU/vTYIfn3BgYRNoVE9jSCq8MD+dCMyp+uhFoW7ru+j7729rcAXwyR&#10;2Hzod+7cT+UkuqqQm8AscCmhOjIbhHlaeLp50wL+lGLkSSkk/dgrNFL0Hywr8iZbr8NoxcP66jUT&#10;EHiZKS8zymqGKqSXYt7e+nkc9w67puVKzwqz55HeaT7DUF2eI5XnX7T7BQAA//8DAFBLAwQUAAYA&#10;CAAAACEAfEikD9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOy07DMBBF90j8gzVI7KjdQGgT&#10;4lQViC2o5SGxc+NpEjUeR7HbhL/vdAXL+9C9p1hNrhMnHELrScN8pkAgVd62VGv4/Hi9W4II0ZA1&#10;nSfU8IsBVuX1VWFy60fa4Gkba8EjFHKjoYmxz6UMVYPOhJnvkTjb+8GZyHKopR3MyOOuk4lSj9KZ&#10;lvihMT0+N1gdtken4ett//P9oN7rF5f2o5+UJJdJrW9vpvUTiIhT/CvDBZ/RoWSmnT+SDaLTkNzP&#10;ucn+cgGC80WagNhpSLMMZFnI//zlGQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHsJpzfZ&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHxI&#10;pA/bAAAABwEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="326B9FDF" w14:textId="77777777" w:rsidR="00E7469F" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -7646,51 +7516,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="6583DCE9" id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-3.7pt;margin-top:9.55pt;width:21.6pt;height:20.4pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZ75jG2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0jU14hRbiw4D&#10;ugvQ9QNkWb5gtqiRSuzs60fJaZqtb8NeBImUDnnOoTbX09CLvUHqwBZyuUilMFZD1dmmkI/f796s&#10;pSCvbKV6sKaQB0Pyevv61WZ0ucmghb4yKBjEUj66QrbeuzxJSLdmULQAZywna8BBeT5ik1SoRkYf&#10;+iRL03fJCFg5BG2IOHo7J+U24te10f5rXZPxoi8k9+bjinEtw5psNypvULm208c21D90MajOctET&#10;1K3ySuywewE1dBqBoPYLDUMCdd1pEzkwm2X6F5uHVjkTubA45E4y0f+D1V/2D+4bCj99gIkNjCTI&#10;3YP+QcLCTatsY94jwtgaVXHhZZAsGR3lx6dBasopgJTjZ6jYZLXzEIGmGoegCvMUjM4GHE6im8kL&#10;zcHscvU244zmVHZxla6jKYnKnx47JP/RwCDCppDInkZwtb8nH5pR+dOVUMvCXdf30dfe/hHgiyES&#10;mw/9zp37qZxEVxVyHZgFLiVUB2aDME8LTzdvWsBfUow8KYWknzuFRor+k2VFrparVRiteFhdXAYy&#10;eJ4pzzPKaoYqpJdi3t74eRx3Drum5UrPCrPnkd5xPsNQnZ8jledftP0NAAD//wMAUEsDBBQABgAI&#10;AAAAIQASiVDP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWrvQAAlx&#10;KgTiCqL8SNy28TaJiNdR7Dbh7VlOcJyd0cy35Wb2vTrSGLvAFlZLA4q4Dq7jxsLb6+PiBlRMyA77&#10;wGThmyJsqtOTEgsXJn6h4zY1Sko4FmihTWkotI51Sx7jMgzE4u3D6DGJHBvtRpyk3Pf6wpgr7bFj&#10;WWhxoPuW6q/twVt4f9p/fqzNc/Pgs2EKs9Hsc23t+dl8dwsq0Zz+wvCLL+hQCdMuHNhF1VtYXK8l&#10;Kfd8BUr8y0w+2VnI8hx0Ver//NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFnvmMbY&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKJ&#10;UM/cAAAABwEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="6583DCE9" id="Tekstlodziņš 17" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-3.7pt;margin-top:9.55pt;width:21.6pt;height:20.4pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkEtq42AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0qU14hRbiw4D&#10;ugvQ9QNoWb5gtqhRSuzs60fJaZqtb8NeBImUDnnOoTbX09CLvSbXoSnkcpFKoY3CqjNNIR+/3725&#10;lMJ5MBX0aHQhD9rJ6+3rV5vR5jrDFvtKk2AQ4/LRFrL13uZJ4lSrB3ALtNpwskYawPORmqQiGBl9&#10;6JMsTd8lI1JlCZV2jqO3c1JuI35da+W/1rXTXvSF5N58XCmuZViT7QbyhsC2nTq2Af/QxQCd4aIn&#10;qFvwIHbUvYAaOkXosPYLhUOCdd0pHTkwm2X6F5uHFqyOXFgcZ08yuf8Hq77sH+w3En76gBMbGEk4&#10;e4/qhxMGb1owjX5PhGOroeLCyyBZMlqXH58GqV3uAkg5fsaKTYadxwg01TQEVZinYHQ24HASXU9e&#10;KA5m69XbjDOKU9nFVXoZTUkgf3psyfmPGgcRNoUk9jSCw/7e+dAM5E9XQi2Dd13fR19780eAL4ZI&#10;bD70O3fup3ISXVXIdWAWuJRYHZgN4TwtPN28aZF+STHypBTS/dwBaSn6T4YVuVquVmG04mF1sQ5k&#10;6DxTnmfAKIYqpJdi3t74eRx3lrqm5UrPCrPnkd5xPsNQnZ8jledftP0NAAD//wMAUEsDBBQABgAI&#10;AAAAIQASiVDP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWrvQAAlx&#10;KgTiCqL8SNy28TaJiNdR7Dbh7VlOcJyd0cy35Wb2vTrSGLvAFlZLA4q4Dq7jxsLb6+PiBlRMyA77&#10;wGThmyJsqtOTEgsXJn6h4zY1Sko4FmihTWkotI51Sx7jMgzE4u3D6DGJHBvtRpyk3Pf6wpgr7bFj&#10;WWhxoPuW6q/twVt4f9p/fqzNc/Pgs2EKs9Hsc23t+dl8dwsq0Zz+wvCLL+hQCdMuHNhF1VtYXK8l&#10;Kfd8BUr8y0w+2VnI8hx0Ver//NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACQS2rjY&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKJ&#10;UM/cAAAABwEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="00E0B6F2" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
@@ -8093,51 +7963,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="0EBECD56" id="Tekstlodziņš 15" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-14.25pt;margin-top:16.25pt;width:21.6pt;height:20.4pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiMH5c2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0rUx4hRbiw4D&#10;ugvQ9QNkWb5gtqiRSuzs60fJaZqtb8NeBImUDnnOoTbX09CLvUHqwBZyuUilMFZD1dmmkI/f795c&#10;SUFe2Ur1YE0hD4bk9fb1q83ocpNBC31lUDCIpXx0hWy9d3mSkG7NoGgBzlhO1oCD8nzEJqlQjYw+&#10;9EmWpu+SEbByCNoQcfR2TsptxK9ro/3XuibjRV9I7s3HFeNahjXZblTeoHJtp49tqH/oYlCd5aIn&#10;qFvlldhh9wJq6DQCQe0XGoYE6rrTJnJgNsv0LzYPrXImcmFxyJ1kov8Hq7/sH9w3FH76ABMbGEmQ&#10;uwf9g4SFm1bZxrxHhLE1quLCyyBZMjrKj0+D1JRTACnHz1CxyWrnIQJNNQ5BFeYpGJ0NOJxEN5MX&#10;moPZ5eptxhnNqexinV5FUxKVPz12SP6jgUGETSGRPY3gan9PPjSj8qcroZaFu67vo6+9/SPAF0Mk&#10;Nh/6nTv3UzmJrirkOjALXEqoDswGYZ4Wnm7etIC/pBh5UgpJP3cKjRT9J8uKrJerVRiteFhdXAYy&#10;eJ4pzzPKaoYqpJdi3t74eRx3Drum5UrPCrPnkd5xPsNQnZ8jledftP0NAAD//wMAUEsDBBQABgAI&#10;AAAAIQCT4H/c3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWrtJX6SZ&#10;VAjEFtTykNi58TSJiMdR7Dbh73FXdDUazdGdc/PtaFtxpt43jhFmUwWCuHSm4Qrh4/1lsgbhg2aj&#10;W8eE8EsetsXtTa4z4wbe0XkfKhFD2GcaoQ6hy6T0ZU1W+6nriOPt6HqrQ1z7SppeDzHctjJRaimt&#10;bjh+qHVHTzWVP/uTRfh8PX5/zdVb9WwX3eBGJdk+SMT7u/FxAyLQGP5huOhHdSii08Gd2HjRIkyS&#10;9SKiCGkS5wWYr0AcEFZpCrLI5XWB4g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBiMH5c&#10;2AEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCT&#10;4H/c3QAAAAgBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="0EBECD56" id="Tekstlodziņš 15" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-14.25pt;margin-top:16.25pt;width:21.6pt;height:20.4pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZ75jG2AEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0jU14hRbiw4D&#10;ugvQ9QNkWb5gtqiRSuzs60fJaZqtb8NeBImUDnnOoTbX09CLvUHqwBZyuUilMFZD1dmmkI/f796s&#10;pSCvbKV6sKaQB0Pyevv61WZ0ucmghb4yKBjEUj66QrbeuzxJSLdmULQAZywna8BBeT5ik1SoRkYf&#10;+iRL03fJCFg5BG2IOHo7J+U24te10f5rXZPxoi8k9+bjinEtw5psNypvULm208c21D90MajOctET&#10;1K3ySuywewE1dBqBoPYLDUMCdd1pEzkwm2X6F5uHVjkTubA45E4y0f+D1V/2D+4bCj99gIkNjCTI&#10;3YP+QcLCTatsY94jwtgaVXHhZZAsGR3lx6dBasopgJTjZ6jYZLXzEIGmGoegCvMUjM4GHE6im8kL&#10;zcHscvU244zmVHZxla6jKYnKnx47JP/RwCDCppDInkZwtb8nH5pR+dOVUMvCXdf30dfe/hHgiyES&#10;mw/9zp37qZxEVxVyHZgFLiVUB2aDME8LTzdvWsBfUow8KYWknzuFRor+k2VFrparVRiteFhdXAYy&#10;eJ4pzzPKaoYqpJdi3t74eRx3Drum5UrPCrPnkd5xPsNQnZ8jledftP0NAAD//wMAUEsDBBQABgAI&#10;AAAAIQCT4H/c3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWrtJX6SZ&#10;VAjEFtTykNi58TSJiMdR7Dbh73FXdDUazdGdc/PtaFtxpt43jhFmUwWCuHSm4Qrh4/1lsgbhg2aj&#10;W8eE8EsetsXtTa4z4wbe0XkfKhFD2GcaoQ6hy6T0ZU1W+6nriOPt6HqrQ1z7SppeDzHctjJRaimt&#10;bjh+qHVHTzWVP/uTRfh8PX5/zdVb9WwX3eBGJdk+SMT7u/FxAyLQGP5huOhHdSii08Gd2HjRIkyS&#10;9SKiCGkS5wWYr0AcEFZpCrLI5XWB4g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBZ75jG&#10;2AEAAI0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCT&#10;4H/c3QAAAAgBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="21E0A90E" w14:textId="77777777" w:rsidR="00E01531" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                             <w:pPr>
                               <w:ind w:right="-141"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
@@ -8618,51 +8488,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="48D804EE" id="Tekstlodziņš 13" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:-3.35pt;margin-top:4.25pt;width:25.35pt;height:27.9pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVOgaS2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRtCmzUdAW7WoS0&#10;LEgLH+A4zkUkHjPjNilfz9jpdgu8IV4sz4xz5pwzk+31NPTiYJA6sIVMF0spjNVQdbYp5Levd6/e&#10;SkFe2Ur1YE0hj4bk9e7li+3ocrOCFvrKoGAQS/noCtl67/IkId2aQdECnLFcrAEH5TnEJqlQjYw+&#10;9MlquXydjICVQ9CGiLO3c1HuIn5dG+0/1zUZL/pCMjcfT4xnGc5kt1V5g8q1nT7RUP/AYlCd5aZn&#10;qFvlldhj9xfU0GkEgtovNAwJ1HWnTdTAatLlH2oeW+VM1MLmkDvbRP8PVj8cHt0XFH56DxMPMIog&#10;dw/6OwkLN62yjXmHCGNrVMWN02BZMjrKT58GqymnAFKOn6DiIau9hwg01TgEV1inYHQewPFsupm8&#10;0Jxcr9KrbCOF5tJ6k63XcSiJyp8+dkj+g4FBhEshkWcawdXhnnwgo/KnJ6GXhbuu7+Nce/tbgh+G&#10;TCQf+M7M/VROoqtYWWwcxJRQHVkOwrwuvN58aQF/SjHyqhSSfuwVGin6j5YtuUqzLOxWDLLNmxUH&#10;eFkpLyvKaoYqpJdivt74eR/3Drum5U7PFvPQo77TgoatuoyjluffaPcLAAD//wMAUEsDBBQABgAI&#10;AAAAIQCOI+4l2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWhtIQwnZ&#10;VAjEFUT5kbi58TaJiNdR7Dbh7VlOcBzNaOabcjP7Xh1pjF1ghIulAUVcB9dxg/D2+rhYg4rJsrN9&#10;YEL4pgib6vSktIULE7/QcZsaJSUcC4vQpjQUWse6JW/jMgzE4u3D6G0SOTbajXaSct/rS2Ny7W3H&#10;stDage5bqr+2B4/w/rT//MjMc/PgV8MUZqPZ32jE87P57hZUojn9heEXX9ChEqZdOLCLqkdY5NeS&#10;RFivQImdZfJsh5BnV6CrUv/Hr34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVToGktgB&#10;AACOAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjiPu&#10;JdsAAAAGAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="48D804EE" id="Tekstlodziņš 13" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-3.35pt;margin-top:4.25pt;width:25.35pt;height:27.9pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCx8Hsu2QEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zS9AI2armBXi5CW&#10;BWnZD3Ac5yISj5lxm5SvZ+x0u4V9Q7xYnhnnzDlnJturse/EwSC1YHOZzuZSGKuhbG2dy8fvt2/e&#10;S0Fe2VJ1YE0uj4bk1e71q+3gMrOABrrSoGAQS9ngctl477IkId2YXtEMnLFcrAB75TnEOilRDYze&#10;d8liPn+bDIClQ9CGiLM3U1HuIn5VGe2/VhUZL7pcMjcfT4xnEc5kt1VZjco1rT7RUP/Aolet5aZn&#10;qBvlldhj+wKqbzUCQeVnGvoEqqrVJmpgNen8LzUPjXImamFzyJ1tov8Hq+8PD+4bCj9+hJEHGEWQ&#10;uwP9g4SF60bZ2nxAhKExquTGabAsGRxlp0+D1ZRRACmGL1DykNXeQwQaK+yDK6xTMDoP4Hg23Yxe&#10;aE4uF+lmtZZCc2m5Xi2XcSiJyp4+dkj+k4FehEsukWcawdXhjnwgo7KnJ6GXhdu26+JcO/tHgh+G&#10;TCQf+E7M/ViMoi1zuQnKgpYCyiOrQZi2hbebLw3gLykG3pRc0s+9QiNF99myI5t0tQqrFYPV+t2C&#10;A7ysFJcVZTVD5dJLMV2v/bSOe4dt3XCnZ4d55lHeaT/DUl3GUcrzX7T7DQAA//8DAFBLAwQUAAYA&#10;CAAAACEAjiPuJdsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FobSEMJ&#10;2VQIxBVE+ZG4ufE2iYjXUew24e1ZTnAczWjmm3Iz+14daYxdYISLpQFFXAfXcYPw9vq4WIOKybKz&#10;fWBC+KYIm+r0pLSFCxO/0HGbGiUlHAuL0KY0FFrHuiVv4zIMxOLtw+htEjk22o12knLf60tjcu1t&#10;x7LQ2oHuW6q/tgeP8P60//zIzHPz4FfDFGaj2d9oxPOz+e4WVKI5/YXhF1/QoRKmXTiwi6pHWOTX&#10;kkRYr0CJnWXybIeQZ1egq1L/x69+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALHwey7Z&#10;AQAAjQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI4j&#10;7iXbAAAABgEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="30F0FC18" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                             <w:pPr>
                               <w:ind w:right="76"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
@@ -8790,51 +8660,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2241EA24" id="Tekstlodziņš 11" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:33.3pt;margin-top:4.55pt;width:21.6pt;height:20.4pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAY0gX2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0rU14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vQ17ESRSOuQ5h9rcTEMv9gbJgivlarGUwjgNtXVtKb99vX91&#10;JQUF5WrVgzOlPBiSN9uXLzajL0wOHfS1QcEgjorRl7ILwRdZRrozg6IFeOM42QAOKvAR26xGNTL6&#10;0Gf5cvkmGwFrj6ANEUfv5qTcJvymMTp8bhoyQfSl5N5CWjGtVVyz7UYVLSrfWX1sQ/1DF4Oyjoue&#10;oO5UUGKH9i+owWoEgiYsNAwZNI3VJnFgNqvlH2weO+VN4sLikD/JRP8PVn/aP/ovKML0DiY2MJEg&#10;/wD6OwkHt51yrXmLCGNnVM2FV1GybPRUHJ9GqamgCFKNH6Fmk9UuQAKaGhyiKsxTMDobcDiJbqYg&#10;NAfzy/XrnDOaU/nF9fIqmZKp4umxRwrvDQwibkqJ7GkCV/sHCrEZVTxdibUc3Nu+T7727rcAX4yR&#10;1Hzsd+48TNUkbM3MErVIpoL6wHQQ5nHh8eZNB/hTipFHpZT0Y6fQSNF/cCzJ9Wq9jrOVDuuLy8gG&#10;zzPVeUY5zVClDFLM29swz+POo207rvQsMZue+B0HNE7V+Tlxef5G218AAAD//wMAUEsDBBQABgAI&#10;AAAAIQA0FYCv2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUi9UbuoRDjN&#10;pqqKegVRfiRubrxNosbrKHab8Pa4JziOZjTzTbGeXCcuNITWM8JirkAQV962XCN8vO/un0CEaNia&#10;zjMh/FCAdXl7U5jc+pHf6LKPtUglHHKD0MTY51KGqiFnwtz3xMk7+sGZmORQSzuYMZW7Tj4olUln&#10;Wk4Ljelp21B12p8dwufL8ftrqV7rZ/fYj35Skp2WiLO7abMCEWmKf2G44id0KBPTwZ/ZBtEhZFmW&#10;kgh6AeJqK52eHBCWWoMsC/mfv/wFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwGNIF9gB&#10;AACOAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANBWA&#10;r9sAAAAHAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2241EA24" id="Tekstlodziņš 11" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:33.3pt;margin-top:4.55pt;width:21.6pt;height:20.4pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7vK6N2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjx0rU14hRbiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vQ17ESRSOuQ5h9rcTEMv9gbJgivlarGUwjgNtXVtKb99vX91&#10;JQUF5WrVgzOlPBiSN9uXLzajL0wOHfS1QcEgjorRl7ILwRdZRrozg6IFeOM42QAOKvAR26xGNTL6&#10;0Gf5cvkmGwFrj6ANEUfv5qTcJvymMTp8bhoyQfSl5N5CWjGtVVyz7UYVLSrfWX1sQ/1DF4Oyjoue&#10;oO5UUGKH9i+owWoEgiYsNAwZNI3VJnFgNqvlH2weO+VN4sLikD/JRP8PVn/aP/ovKML0DiY2MJEg&#10;/wD6OwkHt51yrXmLCGNnVM2FV1GybPRUHJ9GqamgCFKNH6Fmk9UuQAKaGhyiKsxTMDobcDiJbqYg&#10;NAfzy/XrnDOaU/nF9fIqmZKp4umxRwrvDQwibkqJ7GkCV/sHCrEZVTxdibUc3Nu+T7727rcAX4yR&#10;1Hzsd+48TNUkbM3MUuFIpoL6wHQQ5nHh8eZNB/hTipFHpZT0Y6fQSNF/cCzJ9Wq9jrOVDuuLy8gG&#10;zzPVeUY5zVClDFLM29swz+POo207rvQsMZue+B0HNE7V+Tlxef5G218AAAD//wMAUEsDBBQABgAI&#10;AAAAIQA0FYCv2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUi9UbuoRDjN&#10;pqqKegVRfiRubrxNosbrKHab8Pa4JziOZjTzTbGeXCcuNITWM8JirkAQV962XCN8vO/un0CEaNia&#10;zjMh/FCAdXl7U5jc+pHf6LKPtUglHHKD0MTY51KGqiFnwtz3xMk7+sGZmORQSzuYMZW7Tj4olUln&#10;Wk4Ljelp21B12p8dwufL8ftrqV7rZ/fYj35Skp2WiLO7abMCEWmKf2G44id0KBPTwZ/ZBtEhZFmW&#10;kgh6AeJqK52eHBCWWoMsC/mfv/wFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+7yujdgB&#10;AACOAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANBWA&#10;r9sAAAAHAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="3C24274E" w14:textId="77777777" w:rsidR="004A574E" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="004A574E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
@@ -9554,51 +9424,51 @@
                                       <w:bCs/>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="55C02C16" id="Tekstlodziņš 9" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:-1.9pt;width:25.35pt;height:27.9pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBigrp82QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRpC2zUdAW7WoS0&#10;LEgLHzBxnItIPGbsNilfz9jpdgu8IV4sz4xz5pwzk+31NPTioMl1aAqZLpZSaKOw6kxTyG9f7169&#10;lcJ5MBX0aHQhj9rJ693LF9vR5jrDFvtKk2AQ4/LRFrL13uZJ4lSrB3ALtNpwsUYawHNITVIRjIw+&#10;9Em2XL5ORqTKEirtHGdv56LcRfy61sp/rmunvegLydx8PCmeZTiT3RbyhsC2nTrRgH9gMUBnuOkZ&#10;6hY8iD11f0ENnSJ0WPuFwiHBuu6UjhpYTbr8Q81jC1ZHLWyOs2eb3P+DVQ+HR/uFhJ/e48QDjCKc&#10;vUf13QmDNy2YRr8jwrHVUHHjNFiWjNblp0+D1S53AaQcP2HFQ4a9xwg01TQEV1inYHQewPFsup68&#10;UJxcZenVeiOF4tJqs16t4lASyJ8+tuT8B42DCJdCEs80gsPh3vlABvKnJ6GXwbuu7+Nce/Nbgh+G&#10;TCQf+M7M/VROoqtYWRakBTElVkeWQzivC683X1qkn1KMvCqFdD/2QFqK/qNhS67S9TrsVgzWmzcZ&#10;B3RZKS8rYBRDFdJLMV9v/LyPe0td03KnZ4t56FHfaUHDVl3GUcvzb7T7BQAA//8DAFBLAwQUAAYA&#10;CAAAACEAN0ovi9wAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3No1/aEQ&#10;4lQIxBXUQitxc+NtEhGvo9htwtuznOC0Gs1o9pt8PfpWnamPTWADN1MNirgMruHKwMf7y+QOVEyW&#10;nW0Dk4FvirAuLi9ym7kw8IbO21QpKeGYWQN1Sl2GGMuavI3T0BGLdwy9t0lkX6Hr7SDlvsWZ1rfo&#10;bcPyobYdPdVUfm1P3sDu9fi5X+i36tkvuyGMGtnfozHXV+PjA6hEY/oLwy++oEMhTIdwYhdVa2Cy&#10;WklS7lwWiL+Yy7SDgeVMAxY5/ucvfgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBigrp8&#10;2QEAAI4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA3&#10;Si+L3AAAAAcBAAAPAAAAAAAAAAAAAAAAADMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="55C02C16" id="Tekstlodziņš 9" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:-1.9pt;width:25.35pt;height:27.9pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBu5eAI2AEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRtCmzUdAW7WoS0&#10;LEgLH+A4zkUkHjPjNilfz9jpdgu8IV4sz4xz5pwzk+31NPTiYJA6sIVMF0spjNVQdbYp5Levd6/e&#10;SkFe2Ur1YE0hj4bk9e7li+3ocrOCFvrKoGAQS/noCtl67/IkId2aQdECnLFcrAEH5TnEJqlQjYw+&#10;9MlquXydjICVQ9CGiLO3c1HuIn5dG+0/1zUZL/pCMjcfT4xnGc5kt1V5g8q1nT7RUP/AYlCd5aZn&#10;qFvlldhj9xfU0GkEgtovNAwJ1HWnTdTAatLlH2oeW+VM1MLmkDvbRP8PVj8cHt0XFH56DxMPMIog&#10;dw/6OwkLN62yjXmHCGNrVMWN02BZMjrKT58GqymnAFKOn6DiIau9hwg01TgEV1inYHQewPFsupm8&#10;0Jxcr9KrbCOF5tJ6k63XcSiJyp8+dkj+g4FBhEshkWcawdXhnnwgo/KnJ6GXhbuu7+Nce/tbgh+G&#10;TCQf+M7M/VROoqtYWZQWxJRQHVkOwrwuvN58aQF/SjHyqhSSfuwVGin6j5YtuUqzLOxWDLLNmxUH&#10;eFkpLyvKaoYqpJdivt74eR/3Drum5U7PFvPQo77TgoatuoyjluffaPcLAAD//wMAUEsDBBQABgAI&#10;AAAAIQA3Si+L3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc2jX9oRDi&#10;VAjEFdRCK3Fz420SEa+j2G3C27Oc4LQazWj2m3w9+ladqY9NYAM3Uw2KuAyu4crAx/vL5A5UTJad&#10;bQOTgW+KsC4uL3KbuTDwhs7bVCkp4ZhZA3VKXYYYy5q8jdPQEYt3DL23SWRfoevtIOW+xZnWt+ht&#10;w/Khth091VR+bU/ewO71+Llf6Lfq2S+7IYwa2d+jMddX4+MDqERj+gvDL76gQyFMh3BiF1VrYLJa&#10;SVLuXBaIv5jLtIOB5UwDFjn+5y9+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG7l4AjY&#10;AQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADdK&#10;L4vcAAAABwEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="161DD9C3" w14:textId="77777777" w:rsidR="0031467A" w:rsidRPr="00EB702D" w:rsidRDefault="00CB788A" w:rsidP="0031467A">
                             <w:pPr>
                               <w:ind w:right="76"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB702D">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0066601C">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
@@ -10097,51 +9967,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2677FFD3" id="Tekstlodziņš 7" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:-8.75pt;margin-top:14.85pt;width:30.9pt;height:20.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB025zf2QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh20rU14hRbiw4D&#10;um5Atw+QZfmC2aJGKrGzrx8lp2m2vQ17EURSPjznkN7cTEMv9gapA1vIdLGUwlgNVWebQn77ev/m&#10;SgryylaqB2sKeTAkb7avX21Gl5sMWugrg4JBLOWjK2TrvcuThHRrBkULcMZysQYclOcQm6RCNTL6&#10;0CfZcvk2GQErh6ANEWfv5qLcRvy6Ntp/rmsyXvSFZG4+nhjPMpzJdqPyBpVrO32kof6BxaA6y01P&#10;UHfKK7HD7i+oodMIBLVfaBgSqOtOm6iB1aTLP9Q8tcqZqIXNIXeyif4frH7cP7kvKPz0HiYeYBRB&#10;7gH0dxIWbltlG/MOEcbWqIobp8GyZHSUHz8NVlNOAaQcP0HFQ1Y7DxFoqnEIrrBOweg8gMPJdDN5&#10;oTm5us7WK65oLmUXl1dpHEqi8uePHZL/YGAQ4VJI5JlGcLV/IB/IqPz5Sehl4b7r+zjX3v6W4Ich&#10;E8kHvjNzP5WT6CpWtgrSgpgSqgPLQZjXhdebLy3gTylGXpVC0o+dQiNF/9GyJdfpeh12Kwbri8uM&#10;AzyvlOcVZTVDFdJLMV9v/byPO4dd03KnF4t56FHfcUHDVp3HUcvLb7T9BQAA//8DAFBLAwQUAAYA&#10;CAAAACEAHZsgld4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy27CMBBF95X4B2uQugMbCE0J&#10;maCqVbetoA+pOxMPSUQ8jmJD0r+vu2qXo3t075l8N9pWXKn3jWOExVyBIC6dabhCeH97nt2D8EGz&#10;0a1jQvgmD7ticpPrzLiB93Q9hErEEvaZRqhD6DIpfVmT1X7uOuKYnVxvdYhnX0nT6yGW21YulbqT&#10;VjccF2rd0WNN5flwsQgfL6evz0S9Vk923Q1uVJLtRiLeTseHLYhAY/iD4Vc/qkMRnY7uwsaLFmG2&#10;SNcRRVhuUhARSJIViCNCqlYgi1z+f6D4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHTb&#10;nN/ZAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AB2bIJXeAAAACAEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="2677FFD3" id="Tekstlodziņš 7" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:-8.75pt;margin-top:14.85pt;width:30.9pt;height:20.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPBHpF2QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh207U14hRbiw4D&#10;um5A1w+QZfmC2aJGKrGzrx8lp2m2vRV7EURSPjznkF5fT0MvdgapA1vIdLGUwlgNVWebQj59v3t3&#10;KQV5ZSvVgzWF3BuS15u3b9ajy00GLfSVQcEglvLRFbL13uVJQro1g6IFOGO5WAMOynOITVKhGhl9&#10;6JNsuXyfjICVQ9CGiLO3c1FuIn5dG+2/1jUZL/pCMjcfT4xnGc5ks1Z5g8q1nT7QUK9gMajOctMj&#10;1K3ySmyx+wdq6DQCQe0XGoYE6rrTJmpgNenyLzWPrXImamFzyB1tov8Hqx92j+4bCj99hIkHGEWQ&#10;uwf9g4SFm1bZxnxAhLE1quLGabAsGR3lh0+D1ZRTACnHL1DxkNXWQwSaahyCK6xTMDoPYH803Uxe&#10;aE6eXWWrM65oLmXnF5dpHEqi8uePHZL/ZGAQ4VJI5JlGcLW7Jx/IqPz5Sehl4a7r+zjX3v6R4Ich&#10;E8kHvjNzP5WT6CpWlgVpQUwJ1Z7lIMzrwuvNlxbwlxQjr0oh6edWoZGi/2zZkqt0tQq7FYPV+UXG&#10;AZ5WytOKspqhCumlmK83ft7HrcOuabnTi8U89KjvsKBhq07jqOXlN9r8BgAA//8DAFBLAwQUAAYA&#10;CAAAACEAHZsgld4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy27CMBBF95X4B2uQugMbCE0J&#10;maCqVbetoA+pOxMPSUQ8jmJD0r+vu2qXo3t075l8N9pWXKn3jWOExVyBIC6dabhCeH97nt2D8EGz&#10;0a1jQvgmD7ticpPrzLiB93Q9hErEEvaZRqhD6DIpfVmT1X7uOuKYnVxvdYhnX0nT6yGW21YulbqT&#10;VjccF2rd0WNN5flwsQgfL6evz0S9Vk923Q1uVJLtRiLeTseHLYhAY/iD4Vc/qkMRnY7uwsaLFmG2&#10;SNcRRVhuUhARSJIViCNCqlYgi1z+f6D4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE8E&#10;ekXZAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AB2bIJXeAAAACAEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="7F003D9B" w14:textId="77777777" w:rsidR="00A659A2" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -10274,51 +10144,51 @@
                                     <w:rPr>
                                       <w:color w:val="FF0000"/>
                                       <w:sz w:val="36"/>
                                       <w:szCs w:val="36"/>
                                     </w:rPr>
                                     <w:t>*</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="649DFAF8" id="Tekstlodziņš 5" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:188pt;margin-top:14.4pt;width:30.9pt;height:20.3pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXys6t2QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh207U14hRbiw4D&#10;um5A1w+QZfmC2aJGKrGzrx8lp2m2vRV7EURSPjznkF5fT0MvdgapA1vIdLGUwlgNVWebQj59v3t3&#10;KQV5ZSvVgzWF3BuS15u3b9ajy00GLfSVQcEglvLRFbL13uVJQro1g6IFOGO5WAMOynOITVKhGhl9&#10;6JNsuXyfjICVQ9CGiLO3c1FuIn5dG+2/1jUZL/pCMjcfT4xnGc5ks1Z5g8q1nT7QUK9gMajOctMj&#10;1K3ySmyx+wdq6DQCQe0XGoYE6rrTJmpgNenyLzWPrXImamFzyB1tov8Hqx92j+4bCj99hIkHGEWQ&#10;uwf9g4SFm1bZxnxAhLE1quLGabAsGR3lh0+D1ZRTACnHL1DxkNXWQwSaahyCK6xTMDoPYH803Uxe&#10;aE6eXWWrM65oLmXnF5dpHEqi8uePHZL/ZGAQ4VJI5JlGcLW7Jx/IqPz5Sehl4a7r+zjX3v6R4Ich&#10;E8kHvjNzP5WT6CpWtgrSgpgSqj3LQZjXhdebLy3gLylGXpVC0s+tQiNF/9myJVfpahV2Kwar84uM&#10;AzytlKcVZTVDFdJLMV9v/LyPW4dd03KnF4t56FHfYUHDVp3GUcvLb7T5DQAA//8DAFBLAwQUAAYA&#10;CAAAACEA9NAusd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixlK91W&#10;6k4IxBXEYJO4ZY3XVjRO1WRreXvMCW62/Ov39xWbyXXqTENoPSPczhJQxJW3LdcIH+/PNytQIRq2&#10;pvNMCN8UYFNeXhQmt37kNzpvY62khENuEJoY+1zrUDXkTJj5nlhuRz84E2Udam0HM0q56/Q8STLt&#10;TMvyoTE9PTZUfW1PDmH3cvzcp8lr/eTu+tFPiWa31ojXV9PDPahIU/wLwy++oEMpTAd/YhtUh7BY&#10;ZuISEeYrUZBAuljKcEDI1inostD/DcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFfK&#10;zq3ZAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APTQLrHeAAAACQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="649DFAF8" id="Tekstlodziņš 5" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:188pt;margin-top:14.4pt;width:30.9pt;height:20.3pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB025zf2QEAAI4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh20rU14hRbiw4D&#10;um5Atw+QZfmC2aJGKrGzrx8lp2m2vQ17EURSPjznkN7cTEMv9gapA1vIdLGUwlgNVWebQn77ev/m&#10;SgryylaqB2sKeTAkb7avX21Gl5sMWugrg4JBLOWjK2TrvcuThHRrBkULcMZysQYclOcQm6RCNTL6&#10;0CfZcvk2GQErh6ANEWfv5qLcRvy6Ntp/rmsyXvSFZG4+nhjPMpzJdqPyBpVrO32kof6BxaA6y01P&#10;UHfKK7HD7i+oodMIBLVfaBgSqOtOm6iB1aTLP9Q8tcqZqIXNIXeyif4frH7cP7kvKPz0HiYeYBRB&#10;7gH0dxIWbltlG/MOEcbWqIobp8GyZHSUHz8NVlNOAaQcP0HFQ1Y7DxFoqnEIrrBOweg8gMPJdDN5&#10;oTm5us7WK65oLmUXl1dpHEqi8uePHZL/YGAQ4VJI5JlGcLV/IB/IqPz5Sehl4b7r+zjX3v6W4Ich&#10;E8kHvjNzP5WT6CpWtgrSgpgSqgPLQZjXhdebLy3gTylGXpVC0o+dQiNF/9GyJdfpeh12Kwbri8uM&#10;AzyvlOcVZTVDFdJLMV9v/byPO4dd03KnF4t56FHfcUHDVp3HUcvLb7T9BQAA//8DAFBLAwQUAAYA&#10;CAAAACEA9NAusd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixlK91W&#10;6k4IxBXEYJO4ZY3XVjRO1WRreXvMCW62/Ov39xWbyXXqTENoPSPczhJQxJW3LdcIH+/PNytQIRq2&#10;pvNMCN8UYFNeXhQmt37kNzpvY62khENuEJoY+1zrUDXkTJj5nlhuRz84E2Udam0HM0q56/Q8STLt&#10;TMvyoTE9PTZUfW1PDmH3cvzcp8lr/eTu+tFPiWa31ojXV9PDPahIU/wLwy++oEMpTAd/YhtUh7BY&#10;ZuISEeYrUZBAuljKcEDI1inostD/DcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHTb&#10;nN/ZAQAAjgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APTQLrHeAAAACQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="3C866823" w14:textId="77777777" w:rsidR="00D83C0A" w:rsidRPr="00E23A88" w:rsidRDefault="00CB788A" w:rsidP="00D83C0A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E23A88">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>*</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -12095,51 +11965,51 @@
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="42D08D1E" w14:textId="77777777" w:rsidR="005F0849" w:rsidRDefault="005F0849">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="24DF2B84" w14:textId="77777777" w:rsidR="005F0849" w:rsidRDefault="005F0849">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Vrinda">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -12518,51 +12388,51 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2021926356">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1897276032">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="943344701">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1925801338">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iFmHMpJic/F0dncR3dBQyYq6ZYpVoaODpW7mkpZqHN566VRq4C61Bva1Xwb5GBajDZqtbftL8DMgoc5P/mGSAg==" w:salt="5Sus8eMTcVVRTOAH9lokkg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="cYLqxNxXEI7j5s3RWx82vk1MnzPYYgCaodvmg2IYCtdhKinsGdA8fUo2Gc8AsqOMf8cV7lxoyCwWoqPW6kdlBg==" w:salt="EWvZD2vU/A6z206D6taYmg=="/>
   <w:defaultTabStop w:val="340"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -12606,50 +12476,51 @@
     <w:rsid w:val="001B2BE1"/>
     <w:rsid w:val="001D0B52"/>
     <w:rsid w:val="001D683F"/>
     <w:rsid w:val="001E79B7"/>
     <w:rsid w:val="001F7F45"/>
     <w:rsid w:val="002040D4"/>
     <w:rsid w:val="00231B22"/>
     <w:rsid w:val="0023582B"/>
     <w:rsid w:val="00240033"/>
     <w:rsid w:val="002414CA"/>
     <w:rsid w:val="00244727"/>
     <w:rsid w:val="00246FFC"/>
     <w:rsid w:val="002474D6"/>
     <w:rsid w:val="00257362"/>
     <w:rsid w:val="00283A8E"/>
     <w:rsid w:val="002912E8"/>
     <w:rsid w:val="00291369"/>
     <w:rsid w:val="00292A9E"/>
     <w:rsid w:val="00292BC0"/>
     <w:rsid w:val="00293EBB"/>
     <w:rsid w:val="002A3C94"/>
     <w:rsid w:val="002A7827"/>
     <w:rsid w:val="002A7896"/>
     <w:rsid w:val="002B4CD4"/>
     <w:rsid w:val="002B7D49"/>
+    <w:rsid w:val="002C74F1"/>
     <w:rsid w:val="002D2FC3"/>
     <w:rsid w:val="002E03AB"/>
     <w:rsid w:val="002F010C"/>
     <w:rsid w:val="0030505D"/>
     <w:rsid w:val="0031467A"/>
     <w:rsid w:val="00322BDA"/>
     <w:rsid w:val="00325C2E"/>
     <w:rsid w:val="00326639"/>
     <w:rsid w:val="003318C2"/>
     <w:rsid w:val="00345762"/>
     <w:rsid w:val="00347B58"/>
     <w:rsid w:val="003557F8"/>
     <w:rsid w:val="00357CAA"/>
     <w:rsid w:val="00360579"/>
     <w:rsid w:val="00370874"/>
     <w:rsid w:val="00386DF7"/>
     <w:rsid w:val="0039334F"/>
     <w:rsid w:val="003B3685"/>
     <w:rsid w:val="003C3CF7"/>
     <w:rsid w:val="003C6B1E"/>
     <w:rsid w:val="003C6FBE"/>
     <w:rsid w:val="003D3521"/>
     <w:rsid w:val="003D6234"/>
     <w:rsid w:val="003E63FE"/>
     <w:rsid w:val="003F4961"/>
@@ -12672,50 +12543,51 @@
     <w:rsid w:val="004A0DA9"/>
     <w:rsid w:val="004A1407"/>
     <w:rsid w:val="004A574E"/>
     <w:rsid w:val="004A69F2"/>
     <w:rsid w:val="004B642C"/>
     <w:rsid w:val="004C1BFD"/>
     <w:rsid w:val="004C5B14"/>
     <w:rsid w:val="004C765B"/>
     <w:rsid w:val="004D1EA0"/>
     <w:rsid w:val="004D5773"/>
     <w:rsid w:val="004D7BCE"/>
     <w:rsid w:val="004E3DAD"/>
     <w:rsid w:val="00500510"/>
     <w:rsid w:val="005008A8"/>
     <w:rsid w:val="00500D6C"/>
     <w:rsid w:val="005015C4"/>
     <w:rsid w:val="00504C63"/>
     <w:rsid w:val="00505B3A"/>
     <w:rsid w:val="00526018"/>
     <w:rsid w:val="0053403C"/>
     <w:rsid w:val="00534624"/>
     <w:rsid w:val="00541392"/>
     <w:rsid w:val="00553AE3"/>
     <w:rsid w:val="00563865"/>
     <w:rsid w:val="005667FF"/>
+    <w:rsid w:val="00567EEB"/>
     <w:rsid w:val="00582C72"/>
     <w:rsid w:val="00585417"/>
     <w:rsid w:val="00586058"/>
     <w:rsid w:val="005A13FB"/>
     <w:rsid w:val="005A1E77"/>
     <w:rsid w:val="005B0F29"/>
     <w:rsid w:val="005D25B2"/>
     <w:rsid w:val="005D57D5"/>
     <w:rsid w:val="005E0D11"/>
     <w:rsid w:val="005E748F"/>
     <w:rsid w:val="005F0849"/>
     <w:rsid w:val="00612440"/>
     <w:rsid w:val="006142F2"/>
     <w:rsid w:val="0061711B"/>
     <w:rsid w:val="00635127"/>
     <w:rsid w:val="0064337F"/>
     <w:rsid w:val="00647030"/>
     <w:rsid w:val="006545B9"/>
     <w:rsid w:val="00661708"/>
     <w:rsid w:val="0066601C"/>
     <w:rsid w:val="0067374B"/>
     <w:rsid w:val="00674A41"/>
     <w:rsid w:val="006759E8"/>
     <w:rsid w:val="00676FF7"/>
     <w:rsid w:val="00695D67"/>
@@ -12821,110 +12693,113 @@
     <w:rsid w:val="00AE6CC0"/>
     <w:rsid w:val="00AE7C25"/>
     <w:rsid w:val="00AE7D75"/>
     <w:rsid w:val="00AF27D4"/>
     <w:rsid w:val="00AF3D82"/>
     <w:rsid w:val="00AF67BA"/>
     <w:rsid w:val="00B11341"/>
     <w:rsid w:val="00B11B83"/>
     <w:rsid w:val="00B13B11"/>
     <w:rsid w:val="00B179E1"/>
     <w:rsid w:val="00B26C34"/>
     <w:rsid w:val="00B319D8"/>
     <w:rsid w:val="00B36B32"/>
     <w:rsid w:val="00B371C2"/>
     <w:rsid w:val="00B375B3"/>
     <w:rsid w:val="00B37EAB"/>
     <w:rsid w:val="00B40FDC"/>
     <w:rsid w:val="00B455B5"/>
     <w:rsid w:val="00B4665C"/>
     <w:rsid w:val="00B55369"/>
     <w:rsid w:val="00B56ABE"/>
     <w:rsid w:val="00B5718D"/>
     <w:rsid w:val="00B60FD6"/>
     <w:rsid w:val="00B61B01"/>
     <w:rsid w:val="00B727C4"/>
+    <w:rsid w:val="00B945A2"/>
     <w:rsid w:val="00B96CEE"/>
     <w:rsid w:val="00BA0F31"/>
     <w:rsid w:val="00BA116E"/>
     <w:rsid w:val="00BA1777"/>
     <w:rsid w:val="00BB2726"/>
     <w:rsid w:val="00BB28E7"/>
     <w:rsid w:val="00BB3058"/>
     <w:rsid w:val="00BC4D3B"/>
     <w:rsid w:val="00BC67EB"/>
     <w:rsid w:val="00BC68C3"/>
     <w:rsid w:val="00BD2AD9"/>
     <w:rsid w:val="00C029E5"/>
     <w:rsid w:val="00C07C94"/>
     <w:rsid w:val="00C120BD"/>
     <w:rsid w:val="00C12B04"/>
     <w:rsid w:val="00C22257"/>
     <w:rsid w:val="00C31F0E"/>
     <w:rsid w:val="00C32F1D"/>
     <w:rsid w:val="00C37C58"/>
     <w:rsid w:val="00C43DA8"/>
     <w:rsid w:val="00C5048C"/>
     <w:rsid w:val="00C61E9E"/>
     <w:rsid w:val="00C66E5A"/>
     <w:rsid w:val="00C704C2"/>
     <w:rsid w:val="00C76079"/>
     <w:rsid w:val="00C80B92"/>
     <w:rsid w:val="00C85D4A"/>
     <w:rsid w:val="00C95DDD"/>
     <w:rsid w:val="00CB788A"/>
     <w:rsid w:val="00CC2DF3"/>
     <w:rsid w:val="00CD4E1E"/>
     <w:rsid w:val="00CD7C40"/>
     <w:rsid w:val="00CE5091"/>
     <w:rsid w:val="00D20A78"/>
+    <w:rsid w:val="00D34852"/>
     <w:rsid w:val="00D34CBC"/>
     <w:rsid w:val="00D45336"/>
     <w:rsid w:val="00D454EE"/>
     <w:rsid w:val="00D54855"/>
     <w:rsid w:val="00D76EFB"/>
     <w:rsid w:val="00D806C2"/>
     <w:rsid w:val="00D83C0A"/>
     <w:rsid w:val="00D86A9E"/>
     <w:rsid w:val="00D92D11"/>
     <w:rsid w:val="00D97C95"/>
     <w:rsid w:val="00DC0D0E"/>
     <w:rsid w:val="00DC725B"/>
     <w:rsid w:val="00DD50A8"/>
     <w:rsid w:val="00DD5270"/>
     <w:rsid w:val="00DE4504"/>
     <w:rsid w:val="00DE5636"/>
     <w:rsid w:val="00DE7FE9"/>
     <w:rsid w:val="00DF6B32"/>
     <w:rsid w:val="00E01531"/>
     <w:rsid w:val="00E11FAC"/>
     <w:rsid w:val="00E16064"/>
     <w:rsid w:val="00E2147B"/>
     <w:rsid w:val="00E2179B"/>
     <w:rsid w:val="00E23A88"/>
     <w:rsid w:val="00E35CC3"/>
     <w:rsid w:val="00E42611"/>
+    <w:rsid w:val="00E51922"/>
     <w:rsid w:val="00E54592"/>
     <w:rsid w:val="00E55A59"/>
     <w:rsid w:val="00E64ADB"/>
     <w:rsid w:val="00E64DBA"/>
     <w:rsid w:val="00E65012"/>
     <w:rsid w:val="00E6795B"/>
     <w:rsid w:val="00E7469F"/>
     <w:rsid w:val="00E81F52"/>
     <w:rsid w:val="00E86E2B"/>
     <w:rsid w:val="00E930DD"/>
     <w:rsid w:val="00EA399E"/>
     <w:rsid w:val="00EB0E63"/>
     <w:rsid w:val="00EB1C53"/>
     <w:rsid w:val="00EB702D"/>
     <w:rsid w:val="00EC091D"/>
     <w:rsid w:val="00EC211B"/>
     <w:rsid w:val="00EC7954"/>
     <w:rsid w:val="00ED1C7A"/>
     <w:rsid w:val="00ED1F22"/>
     <w:rsid w:val="00ED6023"/>
     <w:rsid w:val="00EF06E2"/>
     <w:rsid w:val="00EF63F6"/>
     <w:rsid w:val="00F11E74"/>
     <w:rsid w:val="00F13DF4"/>
     <w:rsid w:val="00F141B5"/>
@@ -12944,51 +12819,51 @@
     <w:rsid w:val="3C0B182B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="bn-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1637E9E6"/>
   <w14:defaultImageDpi w14:val="96"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13757,51 +13632,51 @@
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.latvija.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.latvija.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14029,100 +13904,407 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ControlsStorage xmlns="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage">
   <Controls>AAEAAAD/////AQAAAAAAAAAMAgAAAEVDaGVtNFdvcmQuQ29yZSwgVmVyc2lvbj0xLjAuMC4wLCBDdWx0dXJlPW5ldXRyYWwsIFB1YmxpY0tleVRva2VuPW51bGwHAQAAAAABAAAAAAAAAAQgQ2hlbTRXb3JkLkNvcmUuQ29udHJvbFByb3BlcnRpZXMCAAAACw==</Controls>
 </ControlsStorage>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100A06403C9EF9F9A41BAB599FE2091A2E8" ma:contentTypeVersion="18" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="16977352fefc8f0c84182ca1f42282a4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dedbf918-5459-4e67-a311-416d3d367d93" xmlns:ns3="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3b3acefee25647f8dfb49449acc8f6e5" ns2:_="" ns3:_="">
+    <xsd:import namespace="dedbf918-5459-4e67-a311-416d3d367d93"/>
+    <xsd:import namespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dedbf918-5459-4e67-a311-416d3d367d93" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f2b9b02f-9abf-4f74-b798-1ff310cbf216" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c0ee614a-4876-4e49-b0e0-572ea6053610}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f52a3cfe-5bd0-4921-94ab-c4df0b74d531">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="dedbf918-5459-4e67-a311-416d3d367d93">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D60737A5-481B-4F80-8513-092AD331CACC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B2F3A94-B46E-4E7D-BEAF-817D75E69C35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F556497B-FA20-498E-8D81-D988DA2E2137}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C653F276-3ADF-4220-961E-A9B147CC50F2}"/>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90CFF69B-6DA3-4CC8-A82F-5AB5046CC525}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2915</Words>
+  <Words>2917</Words>
   <Characters>1663</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4569</CharactersWithSpaces>
+  <CharactersWithSpaces>4571</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100A06403C9EF9F9A41BAB599FE2091A2E8</vt:lpwstr>
+  </property>
+</Properties>
+</file>