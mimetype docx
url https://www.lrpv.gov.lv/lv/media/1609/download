--- v0 (2025-10-08)
+++ v1 (2026-02-05)
@@ -1,54 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="29CCA9D7" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="000F0DC9" w:rsidRDefault="00C8420F" w:rsidP="00546299">
       <w:pPr>
         <w:rPr>
           <w:color w:val="A6001F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0DC9">
         <w:rPr>
           <w:b/>
           <w:color w:val="A6001F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -101,135 +105,112 @@
       </w:r>
       <w:r w:rsidR="002C5182">
         <w:rPr>
           <w:b/>
           <w:color w:val="A6001F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MADRID PROTOCOL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9C66E9" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="005E26E6" w:rsidRDefault="00C8420F" w:rsidP="00546299">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A24CF43" w14:textId="77777777" w:rsidR="00031396" w:rsidRPr="005E26E6" w:rsidRDefault="00031396" w:rsidP="00546299">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61301647" w14:textId="501E4451" w:rsidR="00031396" w:rsidRPr="005E26E6" w:rsidRDefault="00031396" w:rsidP="00031396">
+    <w:p w14:paraId="61301647" w14:textId="41B13879" w:rsidR="00031396" w:rsidRPr="005E26E6" w:rsidRDefault="00031396" w:rsidP="00031396">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E26E6">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">We strongly recommend that you use the </w:t>
+        <w:t xml:space="preserve">We strongly recommend that you use </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="005E26E6">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00783AC2" w:rsidRPr="00783AC2">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-CA"/>
           </w:rPr>
-          <w:t>Madrid Application Assistant</w:t>
+          <w:t>eMadrid</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00543C3F" w:rsidRPr="005E26E6">
+      <w:r w:rsidR="00783AC2">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB63BD" w:rsidRPr="009A4043">
         <w:rPr>
           <w:rStyle w:val="Hipersaite"/>
+          <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (MAA)</w:t>
+        <w:t xml:space="preserve">to prepare and submit your </w:t>
       </w:r>
       <w:r w:rsidRPr="005E26E6">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to file an international application</w:t>
+        <w:t>international application</w:t>
       </w:r>
       <w:r w:rsidR="004927E0" w:rsidRPr="005E26E6">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FC3EC5" w:rsidRPr="005E26E6">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...33 lines deleted...]
-        <w:t>debiting them from a WIPO current account.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD392F0" w14:textId="77777777" w:rsidR="009263B9" w:rsidRDefault="009263B9" w:rsidP="00546299">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BB8BF4E" w14:textId="77777777" w:rsidR="00031396" w:rsidRPr="00031396" w:rsidRDefault="00031396" w:rsidP="00546299">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9248" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4019,64 +4000,72 @@
               </w:rPr>
               <w:t xml:space="preserve"> of the </w:t>
             </w:r>
             <w:r w:rsidR="00A40FD7">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Office of origin</w:t>
             </w:r>
             <w:r w:rsidRPr="00C4696C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> mentioned in item</w:t>
             </w:r>
             <w:r w:rsidR="00EF291A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C4696C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 is a State, the applicant is a national of that State; </w:t>
+              <w:t xml:space="preserve">1 is a State, the applicant is a national of that </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C4696C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">State; </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C4696C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF291A" w:rsidRPr="0014082F" w14:paraId="7FC67698" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9251" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="6A7E0659" w14:textId="77777777" w:rsidR="00EF291A" w:rsidRPr="00017D7A" w:rsidRDefault="00EF291A" w:rsidP="00EF291A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF291A" w:rsidRPr="0014082F" w14:paraId="23911122" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
@@ -4350,56 +4339,58 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29843B4B" w14:textId="77777777" w:rsidR="001B12B3" w:rsidRPr="00EF291A" w:rsidRDefault="001B12B3" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50E36724" w14:textId="77777777" w:rsidR="00EF291A" w:rsidRDefault="00EF291A" w:rsidP="00546299">
             <w:pPr>
               <w:ind w:left="-105"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;  or</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF291A" w:rsidRPr="0014082F" w14:paraId="6564A649" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9251" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="63483D4D" w14:textId="77777777" w:rsidR="00EF291A" w:rsidRDefault="00EF291A" w:rsidP="00546299">
             <w:pPr>
               <w:ind w:left="-105"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00800CFD" w:rsidRPr="0014082F" w14:paraId="400BEDC2" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4510,56 +4501,58 @@
             </w:r>
             <w:r w:rsidR="00CC5C96">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the </w:t>
             </w:r>
             <w:r w:rsidR="00A40FD7">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Office of origin</w:t>
             </w:r>
             <w:r w:rsidRPr="00800CFD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> mentioned in item</w:t>
             </w:r>
             <w:r w:rsidR="00EF291A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00800CFD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1;  or</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF291A" w:rsidRPr="0014082F" w14:paraId="1B759453" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9251" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="24ACFD13" w14:textId="77777777" w:rsidR="00EF291A" w:rsidRPr="00017D7A" w:rsidRDefault="00EF291A" w:rsidP="00EF291A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00800CFD" w:rsidRPr="0014082F" w14:paraId="4137AC09" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
@@ -4642,55 +4635,63 @@
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7658" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="738E9D5B" w14:textId="6D393E88" w:rsidR="00800CFD" w:rsidRPr="00800CFD" w:rsidRDefault="00800CFD" w:rsidP="00A40FD7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00800CFD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>the applicant has a real and effective industrial or commercial establishment in the territory of the Cont</w:t>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00800CFD">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> applicant has a real and effective industrial or commercial establishment in the territory of the Cont</w:t>
             </w:r>
             <w:r w:rsidR="00EF291A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>racting Party</w:t>
             </w:r>
             <w:r w:rsidR="00CC5C96">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the </w:t>
             </w:r>
             <w:r w:rsidR="00A40FD7">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Office of origin</w:t>
             </w:r>
             <w:r w:rsidR="00EF291A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> mentioned in item</w:t>
             </w:r>
@@ -4822,51 +4823,71 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> mentioned in item</w:t>
             </w:r>
             <w:r w:rsidR="00017D7A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>1, indicate in the space provided below:</w:t>
+              <w:t xml:space="preserve">1, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>indicate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the space provided below:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00017D7A" w:rsidRPr="0014082F" w14:paraId="5CFAF522" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9251" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="37CA0A53" w14:textId="77777777" w:rsidR="00017D7A" w:rsidRPr="00017D7A" w:rsidRDefault="00017D7A" w:rsidP="00017D7A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -5040,61 +5061,83 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(ii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8083" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57EBD1B3" w14:textId="3B344025" w:rsidR="00017D7A" w:rsidRPr="00AC4668" w:rsidRDefault="00017D7A" w:rsidP="00CC5C96">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>if the box in paragraph </w:t>
+              <w:t>if</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the box in paragraph </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">(a)(iv) of the present item has been checked, the address of the applicant’s industrial or commercial establishment in the territory of </w:t>
+              <w:t xml:space="preserve">(a)(iv) of the present item has been checked, the address of the applicant’s industrial or commercial establishment </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4668">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC4668">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the territory of </w:t>
             </w:r>
             <w:r w:rsidR="00CC5C96" w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidR="00CC5C96">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00CC5C96" w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Contracting Party</w:t>
             </w:r>
@@ -6333,51 +6376,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic application number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2312" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="71557942" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7719BF67" w14:textId="77777777" w:rsidR="00FC7DE7" w:rsidRPr="006D3D1F" w:rsidRDefault="00FC7DE7" w:rsidP="00546299">
+          <w:p w14:paraId="7719BF67" w14:textId="77777777" w:rsidR="00550CDA" w:rsidRPr="006D3D1F" w:rsidRDefault="00550CDA" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31D0B7F2" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="006D3D1F" w:rsidRDefault="006D3D1F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3D1F">
               <w:rPr>
@@ -6498,51 +6541,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Basic registration number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2312" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="40D8CCFB" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="583C7F64" w14:textId="77777777" w:rsidR="00FC7DE7" w:rsidRPr="006D3D1F" w:rsidRDefault="00FC7DE7" w:rsidP="00546299">
+          <w:p w14:paraId="583C7F64" w14:textId="77777777" w:rsidR="00550CDA" w:rsidRPr="006D3D1F" w:rsidRDefault="00550CDA" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23F000BD" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="006D3D1F" w:rsidRDefault="006D3D1F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3D1F">
               <w:rPr>
@@ -8685,59 +8728,77 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60BD411D" w14:textId="50553249" w:rsidR="009C5071" w:rsidRPr="009C5071" w:rsidRDefault="009C5071" w:rsidP="00816838">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C5071">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Indication, for each color, of the principal parts of the mark that are in that color </w:t>
             </w:r>
             <w:r w:rsidRPr="001C2A5D">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">(as </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001C2A5D">
+              <w:rPr>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as </w:t>
             </w:r>
             <w:r w:rsidR="008940D5">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">it </w:t>
+              <w:t>it</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="008940D5">
+              <w:rPr>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C2A5D">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">may be required </w:t>
             </w:r>
             <w:r w:rsidR="00816838">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">for </w:t>
             </w:r>
             <w:r w:rsidRPr="001C2A5D">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>certain designat</w:t>
             </w:r>
@@ -9278,76 +9339,95 @@
               </w:rPr>
               <w:t xml:space="preserve">it </w:t>
             </w:r>
             <w:r w:rsidR="003B2B79" w:rsidRPr="003B2B79">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>may be required</w:t>
             </w:r>
             <w:r w:rsidR="00816838">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> for</w:t>
             </w:r>
             <w:r w:rsidR="003B2B79" w:rsidRPr="003B2B79">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> certain designat</w:t>
+              <w:t xml:space="preserve"> certain </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003B2B79" w:rsidRPr="003B2B79">
+              <w:rPr>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>designat</w:t>
             </w:r>
             <w:r w:rsidR="00816838">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ions</w:t>
             </w:r>
             <w:r w:rsidR="003B2B79" w:rsidRPr="003B2B79">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">;  </w:t>
             </w:r>
             <w:r w:rsidR="003B2B79" w:rsidRPr="00BA7524">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">do not </w:t>
+              <w:t>do</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003B2B79" w:rsidRPr="00BA7524">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> not </w:t>
             </w:r>
             <w:r w:rsidR="003B2B79" w:rsidRPr="003B2B79">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>check the box in item (c) if you provide a translation):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072032F" w:rsidRPr="0014082F" w14:paraId="33417E5F" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39686A8B" w14:textId="77777777" w:rsidR="0072032F" w:rsidRPr="007D2C30" w:rsidRDefault="0072032F" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
@@ -9856,60 +9936,79 @@
           </w:tcPr>
           <w:p w14:paraId="6FBE01E5" w14:textId="77777777" w:rsidR="001C50D7" w:rsidRPr="009C392A" w:rsidRDefault="001C50D7" w:rsidP="003B2B79">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C50D7">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">The words contained in the mark have no meaning </w:t>
             </w:r>
             <w:r w:rsidRPr="003A5778">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">(and therefore cannot be translated;  </w:t>
+              <w:t xml:space="preserve">(and therefore cannot be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A5778">
+              <w:rPr>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">translated;  </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA7524">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>do not</w:t>
+              <w:t>do</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BA7524">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> not</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5778">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> check this box if you have provided a translation in item</w:t>
             </w:r>
             <w:r w:rsidR="003B2B79">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003A5778">
               <w:rPr>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(b)).</w:t>
             </w:r>
@@ -10666,51 +10765,67 @@
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009411C8">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Description of the mark contained in the basic application or basic registration, where applicable (</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA7524">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>only use this item</w:t>
             </w:r>
             <w:r w:rsidRPr="009411C8">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> if the Office of origin requires to include this description in the international appli</w:t>
+              <w:t xml:space="preserve"> if the Office of origin </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009411C8">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>requires to include</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009411C8">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this description in the international appli</w:t>
             </w:r>
             <w:r w:rsidR="003B2B79">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>cation for the purposes of item </w:t>
             </w:r>
             <w:r w:rsidRPr="009411C8">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13(a)(ii) of this form)</w:t>
             </w:r>
             <w:r w:rsidR="00014D91">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -11449,61 +11564,60 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9248" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="550"/>
         <w:gridCol w:w="7"/>
         <w:gridCol w:w="469"/>
-        <w:gridCol w:w="993"/>
-        <w:gridCol w:w="7229"/>
+        <w:gridCol w:w="8222"/>
       </w:tblGrid>
       <w:tr w:rsidR="009411C8" w:rsidRPr="0014082F" w14:paraId="52FFEDE2" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9248" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="7585AE61" w14:textId="77777777" w:rsidR="009411C8" w:rsidRPr="000F0DC9" w:rsidRDefault="009411C8" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="A6001F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="A6001F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10.</w:t>
             </w:r>
             <w:r w:rsidRPr="000F0DC9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="A6001F"/>
                 <w:szCs w:val="22"/>
@@ -11574,51 +11688,50 @@
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="476" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5D653AE1" w14:textId="77777777" w:rsidR="00626D52" w:rsidRPr="0014082F" w:rsidRDefault="00626D52" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8222" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0F90C260" w14:textId="697022F4" w:rsidR="00626D52" w:rsidRPr="009C392A" w:rsidRDefault="00543C3F" w:rsidP="00543C3F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>List</w:t>
             </w:r>
             <w:r w:rsidRPr="00626D52">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
@@ -11697,51 +11810,50 @@
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="476" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="324CD0D4" w14:textId="77777777" w:rsidR="009078B0" w:rsidRPr="00A917F7" w:rsidRDefault="009078B0" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8222" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="47F42B2F" w14:textId="77777777" w:rsidR="009078B0" w:rsidRPr="00A917F7" w:rsidRDefault="009078B0" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00626D52" w:rsidRPr="0014082F" w14:paraId="299F7369" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
@@ -11749,94 +11861,93 @@
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Class</w:t>
             </w:r>
             <w:r w:rsidR="003A5778">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8222" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4372E3F1" w14:textId="77777777" w:rsidR="00626D52" w:rsidRPr="00626D52" w:rsidRDefault="00626D52" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Goods and Services</w:t>
             </w:r>
             <w:r w:rsidR="008C0A3D" w:rsidRPr="008C0A3D">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:footnoteReference w:id="15"/>
             </w:r>
             <w:r w:rsidR="00A7775B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00950457" w:rsidRPr="00FC7DE7" w14:paraId="32457929" w14:textId="77777777" w:rsidTr="005D7F16">
+      <w:tr w:rsidR="00950457" w:rsidRPr="00FC7DE7" w14:paraId="32457929" w14:textId="77777777" w:rsidTr="004F7F11">
         <w:trPr>
-          <w:trHeight w:val="4461"/>
+          <w:trHeight w:val="4121"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="651B5B55" w14:textId="77777777" w:rsidR="00950457" w:rsidRPr="00FC7DE7" w:rsidRDefault="00950457" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="658BC410" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11944,85 +12055,284 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="475E24A4" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01B0841E" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6BC932E3" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
+          <w:p w14:paraId="458AC277" w14:textId="77777777" w:rsidR="0042468A" w:rsidRDefault="0042468A" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="20B20CF4" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
+          <w:p w14:paraId="4E115A38" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="69A7B8FE" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
+          <w:p w14:paraId="5BCD28BA" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="457D8403" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20DA3EC7" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79F66E25" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="736A7D61" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06AAD538" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BF4E730" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A2881AD" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="690889C2" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08405143" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ACBC2F0" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="122A5007" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A031F6C" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72C28A09" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="586AD7A3" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3397F773" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B7C8A2C" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60774203" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D760A60" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48C0A561" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69A7B8FE" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRPr="00FC7DE7" w:rsidRDefault="004A30BA" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8222" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6270C5A2" w14:textId="77777777" w:rsidR="00950457" w:rsidRPr="00FC7DE7" w:rsidRDefault="00950457" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B5ABE22" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -12125,169 +12435,336 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="62C42DEE" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B22FB46" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="280E70EA" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
+          <w:p w14:paraId="006C5115" w14:textId="77777777" w:rsidR="0042468A" w:rsidRDefault="0042468A" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D0E9B98" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
+          <w:p w14:paraId="13E83A2E" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44740736" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="009263B9">
+          <w:p w14:paraId="35AD10CE" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="51BF3E5F" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ECC2E42" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C4DBDF0" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F08662F" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E5ECB4E" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="130ABAE6" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21FA1A71" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14058AC5" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1406AA34" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7651AF94" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="207F6806" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06A73DE4" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="257660FB" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F5A9D62" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="046CECDA" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E07C6EC" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D1C80F7" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08F15B96" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49A76FA7" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44740736" w14:textId="77777777" w:rsidR="006204A9" w:rsidRPr="00FC7DE7" w:rsidRDefault="006204A9" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B929F6" w:rsidRPr="0014082F" w14:paraId="1A1548F7" w14:textId="77777777" w:rsidTr="00546299">
+      <w:tr w:rsidR="00B929F6" w:rsidRPr="0014082F" w14:paraId="1A1548F7" w14:textId="77777777" w:rsidTr="009A4043">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2E45EBDE" w14:textId="77777777" w:rsidR="00B929F6" w:rsidRDefault="00B929F6" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8222" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4B76728C" w14:textId="77777777" w:rsidR="00B929F6" w:rsidRDefault="00B929F6" w:rsidP="009263B9">
             <w:pPr>
               <w:keepLines/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00626D52" w:rsidRPr="0014082F" w14:paraId="7BD9C562" w14:textId="77777777" w:rsidTr="005D7F16">
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="2A354C48" w14:textId="77777777" w:rsidTr="009A4043">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="550" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcW w:w="557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4A089970" w14:textId="77777777" w:rsidR="00626D52" w:rsidRPr="0014082F" w:rsidRDefault="00ED1948" w:rsidP="006861E8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5604F10E" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0014082F" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
@@ -12296,688 +12773,247 @@
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8222" w:type="dxa"/>
+            <w:tcW w:w="8691" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="46F338E0" w14:textId="41857C68" w:rsidR="00626D52" w:rsidRPr="009C392A" w:rsidRDefault="00312C22" w:rsidP="00816838">
-[...20 lines deleted...]
-                <w:color w:val="455E6F"/>
+          <w:p w14:paraId="16A099B4" w14:textId="5F392C1F" w:rsidR="003C5315" w:rsidRPr="00B929F6" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B929F6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the space provided is not sufficient, check the box and use </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B929F6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B929F6">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>continuation sheet</w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the </w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11" w:rsidRPr="004F7F11">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>limit</w:t>
-[...26 lines deleted...]
-              <w:t>, as follows:</w:t>
+              <w:t>main</w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF2B1F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">list of </w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goods and services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009078B0" w:rsidRPr="0014082F" w14:paraId="33897F10" w14:textId="77777777" w:rsidTr="005D7F16">
+      <w:tr w:rsidR="004F7F11" w:rsidRPr="0014082F" w14:paraId="170AD95F" w14:textId="77777777" w:rsidTr="00CE25B2">
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9248" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A5F73E" w14:textId="77777777" w:rsidR="004F7F11" w:rsidRDefault="004F7F11" w:rsidP="009263B9">
+            <w:pPr>
+              <w:keepLines/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4947FC88" w14:textId="77777777" w:rsidR="006204A9" w:rsidRDefault="006204A9">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reatabula"/>
+        <w:tblW w:w="9248" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="7"/>
+        <w:gridCol w:w="469"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="7229"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00626D52" w:rsidRPr="0014082F" w14:paraId="7BD9C562" w14:textId="77777777" w:rsidTr="009A4043">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7642E6" w14:textId="77777777" w:rsidR="009078B0" w:rsidRPr="00715B38" w:rsidRDefault="009078B0" w:rsidP="009263B9">
+          <w:p w14:paraId="3D9CF8FB" w14:textId="5A7B5A67" w:rsidR="00626D52" w:rsidRPr="009C392A" w:rsidRDefault="00626D52" w:rsidP="009263B9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C392A">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="476" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF16CF7" w14:textId="77777777" w:rsidR="009078B0" w:rsidRPr="00715B38" w:rsidRDefault="009078B0" w:rsidP="009263B9">
-[...551 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4A089970" w14:textId="77777777" w:rsidR="00626D52" w:rsidRPr="0014082F" w:rsidRDefault="00ED1948" w:rsidP="006861E8">
+            <w:pPr>
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
@@ -12986,84 +13022,1464 @@
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F338E0" w14:textId="41857C68" w:rsidR="00626D52" w:rsidRPr="009C392A" w:rsidRDefault="00312C22" w:rsidP="00816838">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00312C22">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The applicant wishes to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00312C22">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>limit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00312C22">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the list of goods and services in respect of one or more designat</w:t>
+            </w:r>
+            <w:r w:rsidR="00816838">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00312C22">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, as follows:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009078B0" w:rsidRPr="0014082F" w14:paraId="33897F10" w14:textId="77777777" w:rsidTr="005D7F16">
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7642E6" w14:textId="77777777" w:rsidR="009078B0" w:rsidRPr="00715B38" w:rsidRDefault="009078B0" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF16CF7" w14:textId="77777777" w:rsidR="009078B0" w:rsidRPr="00715B38" w:rsidRDefault="009078B0" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEDF980" w14:textId="77777777" w:rsidR="009078B0" w:rsidRPr="00715B38" w:rsidRDefault="009078B0" w:rsidP="009263B9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B929F6" w:rsidRPr="00B929F6" w14:paraId="7058DAF6" w14:textId="77777777" w:rsidTr="005D7F16">
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2019" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CDC614E" w14:textId="6FBA99F2" w:rsidR="00B94A29" w:rsidRPr="00B929F6" w:rsidRDefault="00A40FD7" w:rsidP="00816838">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Designation</w:t>
+            </w:r>
+            <w:r w:rsidR="00014D91">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D8DB4AA" w14:textId="3518E94A" w:rsidR="00B929F6" w:rsidRPr="00B929F6" w:rsidRDefault="00B929F6" w:rsidP="00543C3F">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B929F6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Class(es) </w:t>
+            </w:r>
+            <w:r w:rsidR="00543C3F">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>or class(es) and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B929F6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> goods and services for </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40FD7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>this designation</w:t>
+            </w:r>
+            <w:r w:rsidR="00014D91">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00950457" w:rsidRPr="00FC7DE7" w14:paraId="6491B564" w14:textId="77777777" w:rsidTr="004F7F11">
+        <w:trPr>
+          <w:trHeight w:val="4181"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2019" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BD4FD4A" w14:textId="77777777" w:rsidR="00950457" w:rsidRPr="00FC7DE7" w:rsidRDefault="00950457" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5505C557" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5970830E" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C6091DE" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FC8CD10" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="456FA95E" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67C14AB8" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D5C714C" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E73657F" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C09A0C4" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68693AB2" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27FDA10C" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48180FCB" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E22AEB1" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E06FA60" w14:textId="77777777" w:rsidR="008C6ADF" w:rsidRDefault="008C6ADF" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12C9D485" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C0DC17D" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14EB3C6C" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F2F212C" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1482A960" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EAFD423" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CE5A0C7" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0562B317" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B448E88" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A4A7F5C" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EEE963A" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79FE61EE" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2808B1B8" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F617723" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41AC0000" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61CC6DC7" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43528F16" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22D2F76A" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="180FD2EA" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="542F8F66" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07EDA8E9" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1478592B" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CEF34A9" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BB14C31" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65ECD6F3" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59E98913" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54EDE4F2" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B39EF68" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FF626FC" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AF99F15" w14:textId="77777777" w:rsidR="004F7F11" w:rsidRPr="00FC7DE7" w:rsidRDefault="004F7F11" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4558ABD7" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75C52E52" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="288EEA1D" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DB82AC9" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D4E2919" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A8B9A3E" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08A9279A" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C60E1B6" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BBFE7C0" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C2A620D" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61007A7E" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A681195" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35776ADB" w14:textId="77777777" w:rsidR="0042468A" w:rsidRPr="00FC7DE7" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="414B1259" w14:textId="77777777" w:rsidR="0042468A" w:rsidRDefault="0042468A" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28AC52C9" w14:textId="77777777" w:rsidR="004F7F11" w:rsidRPr="00FC7DE7" w:rsidRDefault="004F7F11" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CC7951F" w14:textId="77777777" w:rsidR="008C6ADF" w:rsidRDefault="008C6ADF" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="733A472E" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59F35DD8" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6247C634" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="641B7B02" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DE10B78" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4219C48F" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32B0A1BB" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C866B27" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7064F908" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B611D82" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15D31256" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24DD82F7" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A3861A0" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46D3823A" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6436BF93" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42F8243A" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44D385C0" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="178D8699" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33B6A95A" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="662B0505" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D74BBEE" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="115CB5CA" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55C93EC4" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="591B0B83" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D969B35" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BDB3A2D" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="385F3A0D" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2491B35F" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="762E2D6D" w14:textId="77777777" w:rsidR="004A30BA" w:rsidRPr="00FC7DE7" w:rsidRDefault="004A30BA" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B929F6" w:rsidRPr="00B929F6" w14:paraId="5D0EC956" w14:textId="77777777" w:rsidTr="00546299">
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2019" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E8B4D7" w14:textId="77777777" w:rsidR="00B929F6" w:rsidRPr="007F7E06" w:rsidRDefault="00B929F6" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6E6B15" w14:textId="77777777" w:rsidR="00B929F6" w:rsidRPr="007F7E06" w:rsidRDefault="00B929F6" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B929F6" w:rsidRPr="0014082F" w14:paraId="201CFAC4" w14:textId="77777777" w:rsidTr="005D7F16">
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4ED7BD" w14:textId="77777777" w:rsidR="00B929F6" w:rsidRPr="0014082F" w:rsidRDefault="00ED1948" w:rsidP="00546299">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C37F5">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:size w:val="20"/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006C37F5">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006C37F5">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006C37F5">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006C37F5">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="8691" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB72BED" w14:textId="77777777" w:rsidR="00B929F6" w:rsidRPr="00B929F6" w:rsidRDefault="00B929F6" w:rsidP="00546299">
+          <w:p w14:paraId="3AB72BED" w14:textId="19743C1E" w:rsidR="00B929F6" w:rsidRPr="00B929F6" w:rsidRDefault="00B929F6" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B929F6">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">If the space provided is not sufficient, check the box and use a </w:t>
+              <w:t xml:space="preserve">If the space provided is not sufficient, check the box and use </w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>the</w:t>
             </w:r>
             <w:r w:rsidRPr="00B929F6">
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B929F6">
+              <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>continuation sheet</w:t>
             </w:r>
+            <w:r w:rsidR="004F7F11">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the </w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11" w:rsidRPr="004F7F11">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>limited</w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> list of goods and services</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6EF82D99" w14:textId="77777777" w:rsidR="000D1738" w:rsidRDefault="000D1738">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9248" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:tblLayout w:type="fixed"/>
@@ -14203,63 +15619,73 @@
             <w:r w:rsidR="00547828" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0081217C" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BN</w:t>
             </w:r>
             <w:r w:rsidR="0081217C" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Brunei Darussalam</w:t>
+              <w:t xml:space="preserve">Brunei </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0081217C" w:rsidRPr="00B94A29">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Darussalam</w:t>
             </w:r>
             <w:r w:rsidR="00312C22" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="3AE5EA36" w14:textId="77777777" w:rsidR="0081217C" w:rsidRPr="00B94A29" w:rsidRDefault="00CD0D38" w:rsidP="001E6E57">
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3AE5EA36" w14:textId="1B33045F" w:rsidR="0081217C" w:rsidRPr="00B94A29" w:rsidRDefault="00CD0D38" w:rsidP="001E6E57">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:ind w:left="737" w:hanging="737"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
@@ -14298,91 +15724,93 @@
             <w:r w:rsidR="00547828" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0081217C" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BQ</w:t>
             </w:r>
             <w:r w:rsidR="0081217C" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">Bonaire, Saint Eustatius and </w:t>
+              <w:t xml:space="preserve">Bonaire, Sint Eustatius and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0081217C" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Saba</w:t>
             </w:r>
             <w:r w:rsidR="00312C22" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidR="0081217C" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00312C22" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-          <w:p w14:paraId="2156DF9A" w14:textId="77777777" w:rsidR="0081217C" w:rsidRPr="00B94A29" w:rsidRDefault="00CD0D38" w:rsidP="001E6E57">
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2156DF9A" w14:textId="764C3D80" w:rsidR="0081217C" w:rsidRPr="00B94A29" w:rsidRDefault="00CD0D38" w:rsidP="001E6E57">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:ind w:left="737" w:hanging="737"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -14437,68 +15865,50 @@
             </w:r>
             <w:r w:rsidR="0081217C" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0081217C" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Brazil</w:t>
             </w:r>
             <w:r w:rsidR="00312C22" w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>e</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="1CCCE373" w14:textId="77777777" w:rsidR="0081217C" w:rsidRPr="00B94A29" w:rsidRDefault="00CD0D38" w:rsidP="001E6E57">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:ind w:left="737" w:hanging="737"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
@@ -16755,77 +18165,79 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00745027" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>GB</w:t>
             </w:r>
             <w:r w:rsidR="00745027" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">United </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00745027" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Kingdom</w:t>
             </w:r>
             <w:r w:rsidR="00312C22" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidR="00BD001C" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,j</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="0BCCD312" w14:textId="77777777" w:rsidR="00745027" w:rsidRPr="00BE3570" w:rsidRDefault="00CD0D38" w:rsidP="001E6E57">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:ind w:left="735" w:hanging="735"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
@@ -16953,68 +18365,70 @@
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00804E96" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>GG</w:t>
             </w:r>
             <w:r w:rsidR="00804E96" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00804E96" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Guernsey</w:t>
             </w:r>
             <w:r w:rsidR="00BD001C" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>b,k</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="231FB015" w14:textId="77777777" w:rsidR="00745027" w:rsidRPr="00BE3570" w:rsidRDefault="00CD0D38" w:rsidP="001E6E57">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:ind w:left="735" w:hanging="735"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
@@ -22564,61 +23978,71 @@
             </w:r>
             <w:r w:rsidR="00745027" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>SX</w:t>
             </w:r>
             <w:r w:rsidR="00745027" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00745027" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Sint Maarten (Dutch part)</w:t>
+              <w:t xml:space="preserve">Sint Maarten (Dutch </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00745027" w:rsidRPr="00BE3570">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>part)</w:t>
             </w:r>
             <w:r w:rsidR="00804E96" w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="26ED0544" w14:textId="77777777" w:rsidR="00745027" w:rsidRPr="00BE3570" w:rsidRDefault="00CD0D38" w:rsidP="001E6E57">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:ind w:left="735" w:hanging="735"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3570">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
@@ -24108,60 +25532,62 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45DF618B" w14:textId="18641A87" w:rsidR="000D365F" w:rsidRPr="00620EAD" w:rsidRDefault="008C0A3D" w:rsidP="00546299">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2694"/>
                 <w:tab w:val="left" w:pos="2977"/>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="5245"/>
                 <w:tab w:val="left" w:pos="5529"/>
                 <w:tab w:val="left" w:pos="6521"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="284" w:right="176" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>a</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00540498" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The designation of the</w:t>
             </w:r>
             <w:r w:rsidR="00540498" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> European Union</w:t>
             </w:r>
@@ -25001,51 +26427,68 @@
               <w:spacing w:before="120"/>
               <w:ind w:left="284" w:right="176" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
-              <w:t>The designation of the African Intellectual Property Organization (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> designation of the African Intellectual Property Organization (</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>OAPI</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">) covers the following Member States:  Benin, Burkina Faso, Cameroon, Central African Republic, Chad, Comoros, Congo, Côte d’Ivoire, Equatorial Guinea, Gabon, Guinea, Guinea-Bissau, Mali, Mauritania, Niger, Senegal, Togo.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="135C5278" w14:textId="77777777" w:rsidR="000D365F" w:rsidRPr="00620EAD" w:rsidRDefault="008C0A3D" w:rsidP="00546299">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
@@ -25167,234 +26610,206 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2(</w:t>
             </w:r>
             <w:r w:rsidR="00462911">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>) of the present form should also be completed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57D47CAA" w14:textId="7D0E38DB" w:rsidR="000D365F" w:rsidRPr="00620EAD" w:rsidRDefault="008C0A3D" w:rsidP="006C45F0">
+          <w:p w14:paraId="57D47CAA" w14:textId="75394B06" w:rsidR="000D365F" w:rsidRPr="00620EAD" w:rsidRDefault="008C0A3D" w:rsidP="006C45F0">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="284" w:right="176" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
-[...26 lines deleted...]
-            </w:r>
             <w:r w:rsidR="006C45F0" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Cuba</w:t>
             </w:r>
             <w:r w:rsidR="006C45F0" w:rsidRPr="006C45F0">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
+            <w:r w:rsidR="004F7F11">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">have made a notification under Rule 34(3)(a) of the Regulations.  Their respective </w:t>
+              <w:t>has</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
-                <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>individual fees are payable in two parts</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
+              <w:t xml:space="preserve"> made a notification under Rule 34(3)(a) of the Regulations</w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">.  Therefore, if </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006C45F0" w:rsidRPr="00620EAD">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Brazil</w:t>
-[...29 lines deleted...]
-            <w:r w:rsidR="006C45F0" w:rsidRPr="006C45F0">
+              <w:t>individual fees payable in two parts</w:t>
+            </w:r>
+            <w:r w:rsidR="004F7F11">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00013530">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  Therefore, if </w:t>
+            </w:r>
+            <w:r w:rsidR="006C45F0" w:rsidRPr="00620EAD">
+              <w:rPr>
+                <w:b/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cuba</w:t>
+            </w:r>
+            <w:r w:rsidR="006C45F0" w:rsidRPr="006C45F0">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00013530">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">s designated, only the first part of the applicable individual fee is payable at the time of filing the present international application.  </w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">The second part will have to be paid only if the Office of the Contracting Party concerned is satisfied that the mark which is the subject of the international registration qualifies for protection.  </w:t>
+              <w:t xml:space="preserve">The second part will have to be paid only if the Office is satisfied that the mark which is the subject of the international registration qualifies for protection.  </w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The date by which the second part must be paid, and the amount due, will be notified to the holder of the international registration at a later stage.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DBF7302" w14:textId="77777777" w:rsidR="000D365F" w:rsidRPr="00620EAD" w:rsidRDefault="008C0A3D" w:rsidP="00546299">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="284" w:right="176" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -25404,51 +26819,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Territorial entity previously part of the former Netherlands Antilles.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04ABC0C3" w14:textId="1DED9024" w:rsidR="000D365F" w:rsidRPr="00620EAD" w:rsidRDefault="008C0A3D" w:rsidP="00546299">
+          <w:p w14:paraId="04ABC0C3" w14:textId="4051149C" w:rsidR="000D365F" w:rsidRPr="00620EAD" w:rsidRDefault="008C0A3D" w:rsidP="00546299">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="284" w:right="176" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
@@ -25460,51 +26875,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Protection in </w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BQ</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Bonaire, Saint Eustatius and Saba) is granted automatically with the designation (see </w:t>
+              <w:t xml:space="preserve"> (Bonaire, Sint Eustatius and Saba) is granted automatically with the designation (see </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Information Notice No. 27/2011</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C0EB2AF" w14:textId="77777777" w:rsidR="000D365F" w:rsidRPr="00620EAD" w:rsidRDefault="008C0A3D" w:rsidP="00546299">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
@@ -25575,101 +26990,111 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The designation of </w:t>
-            </w:r>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
-                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Benelux</w:t>
+              <w:t xml:space="preserve"> designation of </w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> covers the following States:  Belgium, Luxembourg and Netherlands</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A04392">
+              <w:t>Benelux</w:t>
+            </w:r>
+            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Kingdom of the)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
+              <w:t xml:space="preserve"> covers the following States:  Belgium, Luxembourg and Netherlands</w:t>
+            </w:r>
+            <w:r w:rsidR="00A04392">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> (Kingdom of the)</w:t>
+            </w:r>
+            <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="000D365F" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2561CE2E" w14:textId="3DF7B33E" w:rsidR="00BD001C" w:rsidRPr="00620EAD" w:rsidRDefault="006D177F" w:rsidP="006D177F">
+          <w:p w14:paraId="2561CE2E" w14:textId="2C0F877A" w:rsidR="00BD001C" w:rsidRPr="00620EAD" w:rsidRDefault="006D177F" w:rsidP="006D177F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="284" w:right="176" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -25717,51 +27142,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00604814" w:rsidRPr="00620EAD">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>77/2020</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00604814" w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">).  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="342F8291" w14:textId="4DDB8F12" w:rsidR="006D177F" w:rsidRPr="00BD001C" w:rsidRDefault="00BD001C" w:rsidP="00CD5575">
+          <w:p w14:paraId="342F8291" w14:textId="5B72B944" w:rsidR="006D177F" w:rsidRPr="00BD001C" w:rsidRDefault="00BD001C" w:rsidP="00CD5575">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="284" w:right="176" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00620EAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -26854,65 +28279,81 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>item 8 without having being claimed in the basic application or basic registration, the mark in the basic application or basic registration is in fact in the color or combination of colors claimed, and</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53E54D86" w14:textId="77777777" w:rsidR="001720EA" w:rsidRPr="00B94A29" w:rsidRDefault="001720EA" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1EDBFF0C" w14:textId="61459B76" w:rsidR="001720EA" w:rsidRPr="001720EA" w:rsidRDefault="001720EA" w:rsidP="00B94A29">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>that the goods and services listed in item 10 are covered by the list of goods and services appearing in the basic application or basic registration, as the case may</w:t>
+              <w:t xml:space="preserve">that the goods and services listed in item 10 are covered by the list of goods and services appearing in the basic application or basic </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B94A29">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>registration, as the case may</w:t>
             </w:r>
             <w:r w:rsidR="00B94A29">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B94A29">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>be.</w:t>
+              <w:t>be</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B94A29">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007456FF" w:rsidRPr="0014082F" w14:paraId="579208F1" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9248" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="020366F9" w14:textId="77777777" w:rsidR="007456FF" w:rsidRPr="007456FF" w:rsidRDefault="007456FF" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001720EA" w:rsidRPr="0014082F" w14:paraId="4A1188A6" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
@@ -28198,51 +29639,67 @@
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4145" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61DACBBB" w14:textId="77777777" w:rsidR="00AE3006" w:rsidRPr="00B74BA3" w:rsidRDefault="00AE3006" w:rsidP="00043D16">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B74BA3">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Identity of the party effecting the payment:  </w:t>
+              <w:t xml:space="preserve">Identity of the party </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B74BA3">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>effecting</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B74BA3">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the payment:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5108" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21C69CC0" w14:textId="77777777" w:rsidR="00AE3006" w:rsidRPr="00B74BA3" w:rsidRDefault="00AE3006" w:rsidP="00043D16">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B784718" w14:textId="77777777" w:rsidR="00AE3006" w:rsidRDefault="00AE3006" w:rsidP="00043D16">
             <w:pPr>
               <w:rPr>
@@ -28860,51 +30317,67 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6F83">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Account name: WIPO / OMPI</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EB97EE0" w14:textId="28B1DD09" w:rsidR="00C077D4" w:rsidRPr="00C077D4" w:rsidRDefault="00C077D4" w:rsidP="00C077D4">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C077D4">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">SWISS POST/Postfinance, </w:t>
+              <w:t>SWISS POST/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C077D4">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Postfinance</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C077D4">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C077D4">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Engelhaldenstrasse</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C077D4">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 37, CH-3030 Bern</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D453929" w14:textId="77777777" w:rsidR="00C077D4" w:rsidRPr="00C077D4" w:rsidRDefault="00C077D4" w:rsidP="00C077D4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -29226,128 +30699,143 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>FEE CALCULATION SHEET</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CF07CC2" w14:textId="77777777" w:rsidR="00BA524D" w:rsidRPr="00B74BA3" w:rsidRDefault="00BA524D" w:rsidP="00BA524D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE3006" w:rsidRPr="00B74BA3" w14:paraId="111AB660" w14:textId="77777777" w:rsidTr="00043D16">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9253" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="477C92DB" w14:textId="2A3A5581" w:rsidR="00AE3006" w:rsidRPr="00B74BA3" w:rsidRDefault="00AE3006" w:rsidP="007F4AE6">
+          <w:p w14:paraId="477C92DB" w14:textId="5AE7A0C5" w:rsidR="00AE3006" w:rsidRPr="00B74BA3" w:rsidRDefault="00AE3006" w:rsidP="007F4AE6">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B74BA3">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="40636F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">AMOUNT OF FEES </w:t>
             </w:r>
             <w:r w:rsidRPr="00B74BA3">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">(see Fee Calculator:  </w:t>
+              <w:t xml:space="preserve">(see </w:t>
+            </w:r>
+            <w:r w:rsidR="00D955C0">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00B74BA3">
+              <w:r w:rsidR="00D955C0" w:rsidRPr="00D955C0">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>www.wipo.int/madrid/en/fees/calculator.jsp</w:t>
+                <w:t xml:space="preserve">Madrid System </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00D955C0">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>Fee Calculator</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B74BA3">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F4AE6" w:rsidRPr="00B74BA3" w14:paraId="6A66A889" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9253" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="48D33A0C" w14:textId="77777777" w:rsidR="007F4AE6" w:rsidRPr="00B74BA3" w:rsidRDefault="007F4AE6" w:rsidP="007F4AE6">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F4AE6" w:rsidRPr="00B74BA3" w14:paraId="2ED23238" w14:textId="77777777" w:rsidTr="00EC667C">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7830" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F5C893A" w14:textId="6045BD8B" w:rsidR="007F4AE6" w:rsidRPr="00B74BA3" w:rsidRDefault="007F4AE6" w:rsidP="00CA04A1">
+          <w:p w14:paraId="7F5C893A" w14:textId="4FC6F5BF" w:rsidR="007F4AE6" w:rsidRPr="00B74BA3" w:rsidRDefault="007F4AE6" w:rsidP="00CA04A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE3006">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Basic fee</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE3006">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:  653 Swiss francs if the repr</w:t>
             </w:r>
             <w:r w:rsidR="002F09D7" w:rsidRPr="00AE3006">
               <w:rPr>
                 <w:szCs w:val="22"/>
@@ -29374,98 +30862,85 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA04A1" w:rsidRPr="00AE3006">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE3006">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in color.  (</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE3006">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>For international applications filed by applicants whose country of origin is a Least Developed Country,</w:t>
-[...21 lines deleted...]
-              <w:t>(</w:t>
+              <w:t xml:space="preserve">For international applications filed by applicants whose country of origin is a </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidRPr="00AE3006">
+              <w:r w:rsidRPr="006D3F87">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
+                  <w:i/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>www.wipo.int/ldcs/en/country</w:t>
+                <w:t>Least Developed Country</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00AE3006">
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-              <w:t>)</w:t>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE3006">
               <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3006">
+              <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, 65 Swiss francs if the </w:t>
+              <w:t xml:space="preserve">in accordance with the list established by the United Nations, 65 Swiss francs if the </w:t>
             </w:r>
             <w:r w:rsidR="002F09D7" w:rsidRPr="00AE3006">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>representation</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE3006">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> is in black and white and 90 Swiss francs if the </w:t>
             </w:r>
             <w:r w:rsidR="002F09D7" w:rsidRPr="00AE3006">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>representation</w:t>
             </w:r>
@@ -31101,51 +32576,52 @@
             <w:tcW w:w="9253" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="56407A61" w14:textId="77777777" w:rsidR="00FC3487" w:rsidRPr="00B74BA3" w:rsidRDefault="00FC3487" w:rsidP="000E08EB">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C95EE7A" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="0014082F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C8420F" w:rsidRPr="0014082F" w:rsidSect="000D1738">
           <w:headerReference w:type="even" r:id="rId15"/>
           <w:headerReference w:type="default" r:id="rId16"/>
           <w:footerReference w:type="even" r:id="rId17"/>
           <w:footerReference w:type="default" r:id="rId18"/>
-          <w:footerReference w:type="first" r:id="rId19"/>
+          <w:headerReference w:type="first" r:id="rId19"/>
+          <w:footerReference w:type="first" r:id="rId20"/>
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
           </w:endnotePr>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="567" w:right="1134" w:bottom="1135" w:left="1418" w:header="510" w:footer="735" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9251" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -33592,64 +35068,72 @@
               </w:rPr>
               <w:t>mentioned in item</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C4696C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r w:rsidR="006D177F">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">of the attached form </w:t>
             </w:r>
             <w:r w:rsidRPr="00C4696C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">is a State, the applicant is a national of that State; </w:t>
+              <w:t xml:space="preserve">is a State, the applicant is a national of that </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C4696C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">State; </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C4696C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E08EB" w:rsidRPr="0014082F" w14:paraId="0EB8CA61" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9251" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="4CC07797" w14:textId="77777777" w:rsidR="000E08EB" w:rsidRPr="00017D7A" w:rsidRDefault="000E08EB" w:rsidP="000E08EB">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E08EB" w:rsidRPr="0014082F" w14:paraId="630704F8" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
@@ -33935,56 +35419,58 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C45C523" w14:textId="77777777" w:rsidR="00A346D8" w:rsidRPr="00EF291A" w:rsidRDefault="00A346D8" w:rsidP="000E08EB">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1BA8BCD0" w14:textId="77777777" w:rsidR="000E08EB" w:rsidRDefault="000E08EB" w:rsidP="000E08EB">
             <w:pPr>
               <w:ind w:left="-105"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;  or</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E08EB" w:rsidRPr="0014082F" w14:paraId="5C95FF7C" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9251" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="0E11D145" w14:textId="77777777" w:rsidR="000E08EB" w:rsidRDefault="000E08EB" w:rsidP="000E08EB">
             <w:pPr>
               <w:ind w:left="-105"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E08EB" w:rsidRPr="0014082F" w14:paraId="3D85B4FC" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -34105,58 +35591,66 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00800CFD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mentioned in item</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00800CFD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="006D177F">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of the attached form</w:t>
+              <w:t xml:space="preserve"> of the attached </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006D177F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>form</w:t>
             </w:r>
             <w:r w:rsidRPr="00800CFD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;  or</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E08EB" w:rsidRPr="0014082F" w14:paraId="4F3AE9AE" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9251" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="4D7CFE77" w14:textId="77777777" w:rsidR="000E08EB" w:rsidRPr="00017D7A" w:rsidRDefault="000E08EB" w:rsidP="000E08EB">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E08EB" w:rsidRPr="0014082F" w14:paraId="2A6E54E4" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
@@ -34239,55 +35733,63 @@
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006C37F5">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7658" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="73D0C04E" w14:textId="399B5CB6" w:rsidR="000E08EB" w:rsidRPr="00800CFD" w:rsidRDefault="000E08EB" w:rsidP="000E08EB">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00800CFD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>the applicant has a real and effective industrial or commercial establishment in the territory of the Cont</w:t>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00800CFD">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> applicant has a real and effective industrial or commercial establishment in the territory of the Cont</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">racting Party </w:t>
             </w:r>
             <w:r w:rsidR="00B86F80">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of the Office of origin</w:t>
             </w:r>
             <w:r w:rsidR="00B86F80" w:rsidRPr="00C4696C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mentioned in item </w:t>
             </w:r>
@@ -34371,99 +35873,141 @@
           </w:tcPr>
           <w:p w14:paraId="72C7E69B" w14:textId="78DB8477" w:rsidR="000E08EB" w:rsidRPr="00AE73DD" w:rsidRDefault="000E08EB" w:rsidP="006D177F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Whe</w:t>
             </w:r>
             <w:r w:rsidR="006D177F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>re the address of the applicant,</w:t>
-            </w:r>
+              <w:t xml:space="preserve">re the address of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006D177F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>applicant,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> given </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="006D177F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>above</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, is not in the territory of the Contracting Party </w:t>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is not in the territory of the Contracting Party </w:t>
             </w:r>
             <w:r w:rsidR="00B86F80">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of the Office of origin</w:t>
             </w:r>
             <w:r w:rsidR="00B86F80" w:rsidRPr="00C4696C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>mentioned in item 1, indicate in the space provided below:</w:t>
+              <w:t xml:space="preserve">mentioned in item 1, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>indicate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the space provided below:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E08EB" w:rsidRPr="0014082F" w14:paraId="0D4E1E5C" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9251" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="23A1B29E" w14:textId="77777777" w:rsidR="000E08EB" w:rsidRPr="00017D7A" w:rsidRDefault="000E08EB" w:rsidP="000E08EB">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="455E6F"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -34568,52 +36112,61 @@
             <w:r w:rsidR="00414993" w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Contracting Party</w:t>
             </w:r>
             <w:r w:rsidR="00414993">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the Office of origin</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, or,</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4668">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>or,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E08EB" w:rsidRPr="0014082F" w14:paraId="08BB406F" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9251" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="4AB47A0E" w14:textId="77777777" w:rsidR="000E08EB" w:rsidRPr="00017D7A" w:rsidRDefault="000E08EB" w:rsidP="000E08EB">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E08EB" w:rsidRPr="0014082F" w14:paraId="5860750C" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:trPr>
           <w:trHeight w:val="190"/>
@@ -34652,55 +36205,63 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8083" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7522F00F" w14:textId="23CFDDF3" w:rsidR="000E08EB" w:rsidRPr="00AC4668" w:rsidRDefault="000E08EB" w:rsidP="00414993">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>if the box in paragraph </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(a)(iv) </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="006D177F">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">above, </w:t>
+              <w:t>above,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006D177F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">has been checked, the address of the applicant’s industrial or commercial establishment in the territory of </w:t>
             </w:r>
             <w:r w:rsidR="00414993" w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidR="00414993">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">e </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC4668">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Contracting Party</w:t>
             </w:r>
@@ -35033,103 +36594,2731 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8083" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D0A7C19" w14:textId="77777777" w:rsidR="00C718F6" w:rsidRPr="00C718F6" w:rsidRDefault="00C718F6" w:rsidP="000E08EB">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39B093D1" w14:textId="77777777" w:rsidR="000E08EB" w:rsidRDefault="000E08EB"/>
     <w:p w14:paraId="46237E16" w14:textId="77777777" w:rsidR="005B566E" w:rsidRDefault="005B566E"/>
-    <w:p w14:paraId="5AA8DE91" w14:textId="77777777" w:rsidR="000E08EB" w:rsidRDefault="000E08EB">
+    <w:p w14:paraId="51C0AE26" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="000E08EB">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reatabula"/>
+        <w:tblW w:w="9251" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="551"/>
+        <w:gridCol w:w="476"/>
+        <w:gridCol w:w="5242"/>
+        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="853"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="4A24CD14" w14:textId="77777777" w:rsidTr="009A4043">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6269" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9AC087" w14:textId="144A6716" w:rsidR="003C5315" w:rsidRPr="00DE3986" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk215232842"/>
+            <w:r w:rsidRPr="00DE3986">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="A6001F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">CONTINUATION SHEET </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B566E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="A6001F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="A6001F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>THE MAIN LIST OF GOODS AND SERVICES</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C0A3D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="A6001F"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:footnoteReference w:id="21"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74D8E00B" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0014082F" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014082F">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F180081" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0014082F" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16D82E1B" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0014082F" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014082F">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6D8218" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0014082F" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="75CC17F9" w14:textId="77777777" w:rsidTr="009A4043">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9251" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0CBD6F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00A80361" w:rsidRDefault="003C5315" w:rsidP="009A4043">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="3"/>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="672B4ED3" w14:textId="77777777" w:rsidTr="00E845AB">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9251" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="755F6179" w14:textId="2DFAE74F" w:rsidR="003C5315" w:rsidRPr="009C392A" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>List</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626D52">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> below the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">class(es) and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626D52">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">goods and services </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to be covered by the international registration</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C0A3D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:footnoteReference w:id="22"/>
+            </w:r>
+            <w:r w:rsidRPr="00626D52">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="7DFB67EE" w14:textId="77777777" w:rsidTr="009A4043">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="037BD5D7" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00A917F7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C73CC6" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00A917F7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8224" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="36733D17" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00A917F7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="681B018E" w14:textId="77777777" w:rsidTr="009A4043">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30CF07BA" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00626D52" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Class:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8224" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11684490" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00626D52" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goods and Services</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C0A3D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:footnoteReference w:id="23"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w14:paraId="62E52A2B" w14:textId="77777777" w:rsidTr="009A4043">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="4461"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F179C18" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77CC3A0E" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70DC164E" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4650ABD7" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FDD3A8A" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="051B7509" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="096596E4" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="195A5A49" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A465180" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36B17112" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="504B83A6" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C065569" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A07A2BF" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31FB27C5" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B3174C1" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0358CED5" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B531FD7" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72D6B4B2" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="746D8B4B" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4797F1B7" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27182E4A" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5527D933" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="504F7D58" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C76D74F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="087D6A43" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AAFC12B" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FBBEB34" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67037F90" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BC34752" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FC621B1" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C1956E2" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18FAED1F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36DED62D" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="090780F2" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55202D5D" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D4D4E03" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F4ABBB8" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17BF7BB7" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CBFB8A1" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="472327DB" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01037622" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8224" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CD7A507" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77E303F6" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B1BFADD" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B73CBEC" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0462FC32" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6471CD5F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CE0B317" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="534363AE" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B53DA75" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AF0A8F3" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D8E4214" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1589BDE7" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60470914" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20342D05" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CAFC9BF" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EDB6F50" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79C104FA" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42FD8009" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B60114C" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27BF9042" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DE3E26D" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78B5B0A3" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48FACCC0" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62D94BA6" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BA58678" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BB9914C" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20B90C3B" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65CB5541" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2322082C" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66364E77" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="677C6CDE" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C5E8BDC" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="278E10B1" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="041F9ACF" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="587F6123" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="656A6894" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40B4212B" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26AC8812" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="718024D3" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B145352" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="534A427A" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04B688A9" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reatabula"/>
+        <w:tblW w:w="9251" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="551"/>
+        <w:gridCol w:w="476"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="4249"/>
+        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="853"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="66F9156B" w14:textId="77777777" w:rsidTr="006A5900">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6269" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0B4DD7" w14:textId="3ED70D71" w:rsidR="003C5315" w:rsidRPr="00DE3986" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE3986">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="A6001F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">CONTINUATION SHEET </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B566E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="A6001F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="A6001F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>THE LIMITED LIST OF GOODS AND SERVICES</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C0A3D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="A6001F"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:footnoteReference w:id="24"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55B5FC8F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0014082F" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014082F">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41A6D06B" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0014082F" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="379663E0" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0014082F" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014082F">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F825B66" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0014082F" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="2BA89C39" w14:textId="77777777" w:rsidTr="009A4043">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9251" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB7A101" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00A80361" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="27ABC498" w14:textId="77777777" w:rsidTr="009A4043">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9251" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECFDF07" w14:textId="3E6E76B7" w:rsidR="003C5315" w:rsidRPr="009C392A" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00312C22">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The applicant wishes to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00312C22">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>limit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00312C22">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the list of goods and services in respect of one or more designat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00312C22">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, as follows:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="0014082F" w14:paraId="0557339C" w14:textId="77777777" w:rsidTr="009A4043">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A1C5C7" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00715B38" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="702D0C80" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00715B38" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8224" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4586F6" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00715B38" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="455E6F"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="00B929F6" w14:paraId="174B377B" w14:textId="77777777" w:rsidTr="009A4043">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D638989" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00B929F6" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Designation:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7231" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA050DE" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00B929F6" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B929F6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Class(es) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>or class(es) and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B929F6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> goods and services for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>this designation:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w14:paraId="79E6E852" w14:textId="77777777" w:rsidTr="003C5315">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="4461"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B9C33A3" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7275D8C4" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E09CE44" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="493AD24E" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70A2DEBD" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3347E1C9" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A70AABF" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AA97CA5" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58C0F31F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67ADAFDD" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D4094F1" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="019EAB5C" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F2098AD" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="608DFDC9" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="424E04A0" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46144A96" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="137E3BE1" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CCBE2FA" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27E9DDA9" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B95FFBF" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6472F94A" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="097B0607" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44147BE5" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="716C8D8A" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58952169" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7712ABA2" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="570BA6DF" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27260B95" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33C26483" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C86764A" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21B048F9" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B07AE5B" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39384448" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3538E126" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22DD6B71" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FA6E4E9" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24C55B8C" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70166959" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="400CEE85" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BBEF3BF" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76E888CE" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D5A40ED" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64CF9285" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7231" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A34E258" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29DBFE45" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77B66EA9" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CC0422E" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66B7B10E" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="301057D4" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E062F83" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E59AA14" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60DE93E9" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55DD38E5" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22DC8E92" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="025647AA" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43080951" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="265A49FD" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70D5260E" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="550BD182" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CDBCFDA" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04133A15" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="728EF806" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05E70FE3" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55525FE4" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="280C557B" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DC6B796" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D3595DF" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="224F6C0F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="516AEBB2" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09D10085" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F414336" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74E3AEC6" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E9C0C5F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10989355" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="129B379F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22FA6C03" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="011EEC6E" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55F88EBE" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="787A9C18" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26FBD7FB" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13A29008" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7827619E" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="536D80C5" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="043DDE57" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B09E65D" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C21DB4D" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="00FC7DE7" w:rsidRDefault="003C5315" w:rsidP="006A5900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="79DE1C7F" w14:textId="77777777" w:rsidR="003C5315" w:rsidRDefault="003C5315"/>
+    <w:p w14:paraId="5AA8DE91" w14:textId="7AFFB142" w:rsidR="003C5315" w:rsidRDefault="003C5315">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B944DB8" w14:textId="77777777" w:rsidR="000E08EB" w:rsidRDefault="000E08EB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9243" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6266"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C8420F" w:rsidRPr="0014082F" w14:paraId="6E3F44B4" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B6F52F2" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="00707C6D" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F0DC9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="A6001F"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>CONTINUATION SHEET</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18CDC178" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="0014082F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0014082F">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">No. </w:t>
@@ -35196,53 +39385,53 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C8420F" w:rsidRPr="0014082F" w14:paraId="6914EB3D" w14:textId="77777777" w:rsidTr="005D7F16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9243" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0C3BB17E" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="0014082F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8420F" w:rsidRPr="0014082F" w14:paraId="264D7B9E" w14:textId="77777777" w:rsidTr="005D7F16">
+      <w:tr w:rsidR="00C8420F" w:rsidRPr="0014082F" w14:paraId="264D7B9E" w14:textId="77777777" w:rsidTr="004F7F11">
         <w:trPr>
-          <w:trHeight w:val="13926"/>
+          <w:trHeight w:val="13674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9243" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="62917367" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="0014082F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01051402" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="0014082F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -35582,119 +39771,112 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B3B716A" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="027A9F17" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3535F5F2" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRPr="0014082F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="72290E6B" w14:textId="77777777" w:rsidR="00C8420F" w:rsidRDefault="00C8420F" w:rsidP="00546299">
-[...6 lines deleted...]
-          <w:p w14:paraId="2C1B16FC" w14:textId="77777777" w:rsidR="00BD551C" w:rsidRPr="0014082F" w:rsidRDefault="00BD551C" w:rsidP="00546299">
+          <w:p w14:paraId="2C1B16FC" w14:textId="77777777" w:rsidR="004F7F11" w:rsidRPr="0014082F" w:rsidRDefault="004F7F11" w:rsidP="00546299">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="058C2D7A" w14:textId="77777777" w:rsidR="000F5E56" w:rsidRDefault="000F5E56" w:rsidP="00546299"/>
     <w:sectPr w:rsidR="000F5E56" w:rsidSect="000E08EB">
-      <w:headerReference w:type="even" r:id="rId20"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId25"/>
+      <w:headerReference w:type="even" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="993" w:left="1418" w:header="510" w:footer="735" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BF2D3DC" w14:textId="77777777" w:rsidR="007C6825" w:rsidRDefault="007C6825" w:rsidP="008F2386">
+    <w:p w14:paraId="0FC4CC12" w14:textId="77777777" w:rsidR="00A04392" w:rsidRDefault="00A04392" w:rsidP="008F2386">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E296CA9" w14:textId="77777777" w:rsidR="007C6825" w:rsidRDefault="007C6825" w:rsidP="008F2386">
+    <w:p w14:paraId="198D8C20" w14:textId="77777777" w:rsidR="00A04392" w:rsidRDefault="00A04392" w:rsidP="008F2386">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -35767,117 +39949,129 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Month </w:t>
     </w:r>
     <w:r w:rsidRPr="00296009">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>201</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="04ABFD88" w14:textId="0F667493" w:rsidR="00A04392" w:rsidRPr="00E32B42" w:rsidRDefault="00E32B42" w:rsidP="00E32B42">
+  <w:p w14:paraId="04ABFD88" w14:textId="632C5E70" w:rsidR="00A04392" w:rsidRPr="00E32B42" w:rsidRDefault="00E32B42" w:rsidP="00E32B42">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00296009">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>MM</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00296009">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> (E) – </w:t>
     </w:r>
+    <w:r w:rsidR="003C5315">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>December</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>July 2025</w:t>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="509D2BED" w14:textId="4D6CEC44" w:rsidR="00A04392" w:rsidRPr="00296009" w:rsidRDefault="00A04392" w:rsidP="0041596A">
+  <w:p w14:paraId="509D2BED" w14:textId="209C21A2" w:rsidR="00A04392" w:rsidRPr="00296009" w:rsidRDefault="00A04392" w:rsidP="0041596A">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00296009">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>MM</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00296009">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> (E) – </w:t>
     </w:r>
+    <w:r w:rsidR="003C5315">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>December</w:t>
+    </w:r>
     <w:r w:rsidR="00E32B42">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">July </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="00E32B42">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45486AA9" w14:textId="77777777" w:rsidR="00A04392" w:rsidRDefault="00A04392" w:rsidP="000E08EB">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="17"/>
@@ -35907,141 +40101,153 @@
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> (E) – </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>January 2020</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D2A07F2" w14:textId="77777777" w:rsidR="00E32B42" w:rsidRDefault="00E32B42" w:rsidP="00E32B42">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4BB8A8F8" w14:textId="539B7024" w:rsidR="00A04392" w:rsidRPr="00E32B42" w:rsidRDefault="00E32B42" w:rsidP="00E32B42">
+  <w:p w14:paraId="4BB8A8F8" w14:textId="20C30CAF" w:rsidR="00A04392" w:rsidRPr="00E32B42" w:rsidRDefault="00E32B42" w:rsidP="00E32B42">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00296009">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>MM</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00296009">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> (E) – </w:t>
     </w:r>
+    <w:r w:rsidR="003C5315">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>December</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>July 2025</w:t>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3489C1F1" w14:textId="77777777" w:rsidR="00A04392" w:rsidRDefault="00A04392" w:rsidP="000E08EB">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="23E211EB" w14:textId="200C046F" w:rsidR="00A04392" w:rsidRPr="00296009" w:rsidRDefault="00E32B42" w:rsidP="00E32B42">
+  <w:p w14:paraId="23E211EB" w14:textId="75CA5E54" w:rsidR="00A04392" w:rsidRPr="00296009" w:rsidRDefault="00E32B42" w:rsidP="00E32B42">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00296009">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>MM</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00296009">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> (E) – </w:t>
     </w:r>
+    <w:r w:rsidR="00F90453">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>December</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>July 2025</w:t>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33A7C0FC" w14:textId="77777777" w:rsidR="007C6825" w:rsidRDefault="007C6825" w:rsidP="008F2386">
+    <w:p w14:paraId="55D92D7B" w14:textId="77777777" w:rsidR="00A04392" w:rsidRDefault="00A04392" w:rsidP="008F2386">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2556E6C1" w14:textId="77777777" w:rsidR="007C6825" w:rsidRDefault="007C6825" w:rsidP="008F2386">
+    <w:p w14:paraId="6E103F23" w14:textId="77777777" w:rsidR="00A04392" w:rsidRDefault="00A04392" w:rsidP="008F2386">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3B1B6ADD" w14:textId="77777777" w:rsidR="00A04392" w:rsidRPr="00C945A5" w:rsidRDefault="00A04392">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00420D43">
         <w:t xml:space="preserve">If there is more than one applicant, indicate the details for the first </w:t>
       </w:r>
@@ -36301,57 +40507,71 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF291A">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00EF291A">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF291A">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>These indications may be required for certain designations</w:t>
+        <w:t xml:space="preserve">These indications may be required for certain </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>designations</w:t>
       </w:r>
       <w:r w:rsidRPr="00A96285">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>;  only provide indications in either item (</w:t>
+        <w:t>;  only</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96285">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide indications in either item (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A96285">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A96285">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">) or item (ii) but </w:t>
       </w:r>
       <w:r w:rsidRPr="00A96285">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r w:rsidRPr="00A96285">
         <w:rPr>
           <w:szCs w:val="18"/>
@@ -36761,98 +40981,112 @@
         <w:pStyle w:val="Vresteksts"/>
       </w:pPr>
       <w:r w:rsidRPr="00B94A29">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B94A29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B94A29">
         <w:tab/>
         <w:t>The single digital file can be a visual representation, in JPEG, PNG or TIFF format, a sound recording, in MP3 or WAV format (not exceeding 5 MB in size) or a motion or multimedia recording, in MP4 format (with AVC/H.264 or MPEG</w:t>
       </w:r>
       <w:r w:rsidRPr="00B94A29">
         <w:noBreakHyphen/>
         <w:t>2/H.262 codecs, not exceeding 20 MB in size).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="490C5CCF" w14:textId="0FAA6AEE" w:rsidR="00A04392" w:rsidRPr="008C0A3D" w:rsidRDefault="00A04392" w:rsidP="008C0A3D">
+    <w:p w14:paraId="490C5CCF" w14:textId="44FCCDC2" w:rsidR="00A04392" w:rsidRPr="008C0A3D" w:rsidRDefault="00A04392" w:rsidP="008C0A3D">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">You can use the Madrid Goods and Services Manager (MGS) to find indications accepted by WIPO.  In MGS, you can also find acceptance information for selected </w:t>
+        <w:t xml:space="preserve">You can use the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidRPr="00D955C0">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Madrid Goods </w:t>
+        </w:r>
+        <w:r w:rsidR="00D955C0" w:rsidRPr="00D955C0">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>&amp;</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D955C0">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Services Manager</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (MGS) to find indications accepted by WIPO.  In MGS, you can also find acceptance information for selected </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Offices</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C0A3D">
-[...13 lines deleted...]
-      </w:hyperlink>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
     <w:p w14:paraId="7A515EBE" w14:textId="77777777" w:rsidR="00A04392" w:rsidRPr="008C0A3D" w:rsidRDefault="00A04392" w:rsidP="008C0A3D">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
@@ -36873,144 +41107,219 @@
     <w:p w14:paraId="1EAC8E4B" w14:textId="77777777" w:rsidR="00A04392" w:rsidRPr="008C0A3D" w:rsidRDefault="00A04392" w:rsidP="008C0A3D">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Use semicolon (;) to separate indications or goods or services listed in a given class.  For example:</w:t>
+        <w:t xml:space="preserve">Use semicolon (;) to separate indications or goods or services listed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in a given</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> class.  For example:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CDBA30B" w14:textId="77777777" w:rsidR="00A04392" w:rsidRPr="008C0A3D" w:rsidRDefault="00A04392" w:rsidP="002E6205">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Screens for photoengraving;  computers.  </w:t>
+        <w:t xml:space="preserve">Screens for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>photoengraving;  computers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="710AC7FE" w14:textId="77777777" w:rsidR="00A04392" w:rsidRPr="0095224F" w:rsidRDefault="00A04392" w:rsidP="002E6205">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
       <w:r w:rsidRPr="008C0A3D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Advertising;  compilation of statistics;  commercial information agencies.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Advertising;  compilation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>statistics;  commercial</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information agencies.</w:t>
       </w:r>
       <w:r w:rsidRPr="0095224F">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
-    <w:p w14:paraId="45A743CC" w14:textId="5E26BA45" w:rsidR="00A04392" w:rsidRPr="00304DCF" w:rsidRDefault="00A04392" w:rsidP="008C0A3D">
+    <w:p w14:paraId="45A743CC" w14:textId="6E095F79" w:rsidR="00A04392" w:rsidRPr="00304DCF" w:rsidRDefault="00A04392" w:rsidP="00D955C0">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00304DCF">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00304DCF">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00304DCF">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">You can find information on the procedures in national or regional offices in the Member Profile Database, available at </w:t>
+        <w:t xml:space="preserve">You can find information on the procedures in national or regional offices in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidRPr="00304DCF">
+        <w:r w:rsidR="00D955C0" w:rsidRPr="00D955C0">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>www.wipo.int/madrid/memberprofiles</w:t>
+          <w:t xml:space="preserve">Madrid </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D955C0">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>Member Profile</w:t>
+        </w:r>
+        <w:r w:rsidR="00D955C0" w:rsidRPr="00D955C0">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>s</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00304DCF">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D955C0">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
     <w:p w14:paraId="3CE0D1EF" w14:textId="0EE6AE5A" w:rsidR="00A04392" w:rsidRDefault="00A04392">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">If the Office of origin is bound by the Agreement and the Protocol, you will pay standard fees for those designations that are also bound by both treaties, even where individual fees apply.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="18">
     <w:p w14:paraId="17E29C16" w14:textId="77777777" w:rsidR="00A04392" w:rsidRPr="006E05E6" w:rsidRDefault="00A04392" w:rsidP="006E05E6">
@@ -37137,70 +41446,403 @@
     <w:p w14:paraId="0FCB7DE3" w14:textId="6820A70F" w:rsidR="00A04392" w:rsidRPr="00EF291A" w:rsidRDefault="00A04392" w:rsidP="005B566E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E26E6">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005E26E6">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E26E6">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">These indications may be required for certain designations;  only provide indications in either item (i) or item (ii) but </w:t>
+        <w:t xml:space="preserve">These indications may be required for certain </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E26E6">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>designations;  only</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E26E6">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide indications in either item (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E26E6">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E26E6">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) or item (ii) but </w:t>
       </w:r>
       <w:r w:rsidRPr="005E26E6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
       <w:r w:rsidRPr="005E26E6">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>in both items.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF291A">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="21">
+    <w:p w14:paraId="05616ED1" w14:textId="3D1CC798" w:rsidR="003C5315" w:rsidRPr="008C0A3D" w:rsidRDefault="003C5315" w:rsidP="006D3F87">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>You can use the</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId3" w:history="1">
+        <w:r w:rsidRPr="006D3F87">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Madrid Goods </w:t>
+        </w:r>
+        <w:r w:rsidR="006D3F87" w:rsidRPr="006D3F87">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>&amp;</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006D3F87">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Services Manager</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (MGS) to find indications accepted by WIPO.  In MGS, you can also find acceptance information for selected </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Offices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="22">
+    <w:p w14:paraId="40167C97" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="008C0A3D" w:rsidRDefault="003C5315" w:rsidP="003C5315">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Use font “Courier New” or “Times New Roman”, size 12 pt., or larger.  </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="23">
+    <w:p w14:paraId="39B67157" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="008C0A3D" w:rsidRDefault="003C5315" w:rsidP="003C5315">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Use semicolon (;) to separate indications or goods or services listed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in a given</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> class.  For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2726F132" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="008C0A3D" w:rsidRDefault="003C5315" w:rsidP="003C5315">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Screens for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>photoengraving;  computers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFFD5CC" w14:textId="77777777" w:rsidR="003C5315" w:rsidRPr="0095224F" w:rsidRDefault="003C5315" w:rsidP="003C5315">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Advertising;  compilation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>statistics;  commercial</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information agencies.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095224F">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="24">
+    <w:p w14:paraId="7E7E1018" w14:textId="01640BCE" w:rsidR="003C5315" w:rsidRPr="008C0A3D" w:rsidRDefault="003C5315" w:rsidP="003C5315">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">You can use the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="006D3F87">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Madrid Goods </w:t>
+        </w:r>
+        <w:r w:rsidR="006D3F87" w:rsidRPr="006D3F87">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>&amp;</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006D3F87">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Services Manager</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (MGS) to find indications accepted by WIPO.  In MGS, you can also find acceptance information for selected </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Offices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0A3D">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D7391C6" w14:textId="4C903F4B" w:rsidR="00A04392" w:rsidRDefault="00A04392" w:rsidP="006359F6">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0014082F">
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>MM</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
@@ -37337,77 +41979,87 @@
         <w:noProof/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>14</w:t>
     </w:r>
     <w:r w:rsidRPr="0014082F">
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3BBE0F44" w14:textId="77777777" w:rsidR="00A04392" w:rsidRPr="0014082F" w:rsidRDefault="00A04392" w:rsidP="00800CFD">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0B62288E" w14:textId="77777777" w:rsidR="00F90453" w:rsidRDefault="00F90453">
+    <w:pPr>
+      <w:pStyle w:val="Galvene"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13BEC8F7" w14:textId="77777777" w:rsidR="00A04392" w:rsidRDefault="00A04392" w:rsidP="006359F6">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="17"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="705C7EF1" w14:textId="77777777" w:rsidR="00A04392" w:rsidRDefault="00A04392" w:rsidP="00800CFD">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="17"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0ABD2B63" w14:textId="77777777" w:rsidR="00A04392" w:rsidRPr="00691C0E" w:rsidRDefault="00A04392" w:rsidP="00800CFD">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="63702C00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
@@ -38475,514 +43127,533 @@
   <w:num w:numId="13" w16cid:durableId="876621924">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1722090708">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1193301917">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="567"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="61441"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0025631B"/>
     <w:rsid w:val="0000212F"/>
     <w:rsid w:val="00013530"/>
     <w:rsid w:val="00014D91"/>
     <w:rsid w:val="00017D7A"/>
     <w:rsid w:val="000307C0"/>
     <w:rsid w:val="00031396"/>
     <w:rsid w:val="00042B3B"/>
     <w:rsid w:val="00043D16"/>
+    <w:rsid w:val="00052966"/>
     <w:rsid w:val="000566E5"/>
     <w:rsid w:val="0007759E"/>
     <w:rsid w:val="000801BF"/>
     <w:rsid w:val="000870E0"/>
     <w:rsid w:val="000920BD"/>
     <w:rsid w:val="000B2DBE"/>
     <w:rsid w:val="000B3169"/>
     <w:rsid w:val="000B7741"/>
     <w:rsid w:val="000C6B10"/>
     <w:rsid w:val="000D1738"/>
     <w:rsid w:val="000D365F"/>
     <w:rsid w:val="000E08EB"/>
     <w:rsid w:val="000F5E56"/>
     <w:rsid w:val="000F77C3"/>
     <w:rsid w:val="00121072"/>
     <w:rsid w:val="00124D69"/>
     <w:rsid w:val="00125D9F"/>
     <w:rsid w:val="00132598"/>
     <w:rsid w:val="0013506D"/>
     <w:rsid w:val="0013600B"/>
     <w:rsid w:val="00140E7A"/>
     <w:rsid w:val="001423DC"/>
     <w:rsid w:val="00153873"/>
     <w:rsid w:val="001720EA"/>
     <w:rsid w:val="00180C71"/>
     <w:rsid w:val="00184BA9"/>
     <w:rsid w:val="00194FF8"/>
+    <w:rsid w:val="001A336B"/>
     <w:rsid w:val="001A4703"/>
     <w:rsid w:val="001B12B3"/>
     <w:rsid w:val="001B20FE"/>
     <w:rsid w:val="001B7A93"/>
     <w:rsid w:val="001C2447"/>
     <w:rsid w:val="001C2A5D"/>
     <w:rsid w:val="001C4E38"/>
     <w:rsid w:val="001C50D7"/>
     <w:rsid w:val="001D2854"/>
+    <w:rsid w:val="001E4D89"/>
     <w:rsid w:val="001E6E57"/>
     <w:rsid w:val="001F6F83"/>
     <w:rsid w:val="00203350"/>
     <w:rsid w:val="00206CEA"/>
     <w:rsid w:val="00214B26"/>
     <w:rsid w:val="0021592E"/>
     <w:rsid w:val="0021689B"/>
     <w:rsid w:val="002262EB"/>
+    <w:rsid w:val="002308AD"/>
     <w:rsid w:val="00231DAE"/>
     <w:rsid w:val="0024292D"/>
     <w:rsid w:val="0025562C"/>
     <w:rsid w:val="002558A7"/>
     <w:rsid w:val="0025631B"/>
     <w:rsid w:val="00257044"/>
     <w:rsid w:val="002648B9"/>
     <w:rsid w:val="002803CB"/>
     <w:rsid w:val="00293EE6"/>
     <w:rsid w:val="00296979"/>
     <w:rsid w:val="002C5182"/>
     <w:rsid w:val="002E6205"/>
     <w:rsid w:val="002E75C2"/>
     <w:rsid w:val="002F09D7"/>
     <w:rsid w:val="002F65A0"/>
     <w:rsid w:val="00304DCF"/>
     <w:rsid w:val="00306ADA"/>
     <w:rsid w:val="00307269"/>
     <w:rsid w:val="0031125D"/>
     <w:rsid w:val="00312C22"/>
     <w:rsid w:val="003201F8"/>
     <w:rsid w:val="00323476"/>
     <w:rsid w:val="00330031"/>
     <w:rsid w:val="00347599"/>
     <w:rsid w:val="00347C42"/>
     <w:rsid w:val="00355B16"/>
     <w:rsid w:val="00362D0B"/>
     <w:rsid w:val="00374865"/>
     <w:rsid w:val="00375CCA"/>
     <w:rsid w:val="00384AA0"/>
     <w:rsid w:val="00391EC4"/>
     <w:rsid w:val="003A4C29"/>
     <w:rsid w:val="003A5778"/>
     <w:rsid w:val="003A7AC2"/>
     <w:rsid w:val="003B1C0C"/>
     <w:rsid w:val="003B2B79"/>
+    <w:rsid w:val="003C5315"/>
     <w:rsid w:val="003D0895"/>
     <w:rsid w:val="003D7AEC"/>
     <w:rsid w:val="003E0298"/>
     <w:rsid w:val="003E6531"/>
     <w:rsid w:val="003F4A87"/>
     <w:rsid w:val="003F6E80"/>
     <w:rsid w:val="00401E9D"/>
     <w:rsid w:val="004129A3"/>
     <w:rsid w:val="00413B05"/>
     <w:rsid w:val="00414993"/>
     <w:rsid w:val="00414C7B"/>
     <w:rsid w:val="0041596A"/>
     <w:rsid w:val="00416EA0"/>
     <w:rsid w:val="00421784"/>
     <w:rsid w:val="0042468A"/>
     <w:rsid w:val="00426B4B"/>
     <w:rsid w:val="004306C6"/>
     <w:rsid w:val="00431118"/>
     <w:rsid w:val="00443331"/>
-    <w:rsid w:val="00443F44"/>
     <w:rsid w:val="00443FD2"/>
     <w:rsid w:val="004547DC"/>
     <w:rsid w:val="00462911"/>
     <w:rsid w:val="00474255"/>
     <w:rsid w:val="004927E0"/>
+    <w:rsid w:val="004A30BA"/>
     <w:rsid w:val="004B3801"/>
     <w:rsid w:val="004B488E"/>
     <w:rsid w:val="004B6986"/>
     <w:rsid w:val="004B6DE8"/>
     <w:rsid w:val="004C35E9"/>
     <w:rsid w:val="004C3728"/>
     <w:rsid w:val="004D120B"/>
     <w:rsid w:val="004E413A"/>
     <w:rsid w:val="004F399B"/>
+    <w:rsid w:val="004F7F11"/>
     <w:rsid w:val="0050576D"/>
     <w:rsid w:val="00507879"/>
     <w:rsid w:val="00516C3E"/>
     <w:rsid w:val="00516D2A"/>
+    <w:rsid w:val="00526D87"/>
     <w:rsid w:val="00534D9C"/>
     <w:rsid w:val="00540498"/>
     <w:rsid w:val="00543C3F"/>
     <w:rsid w:val="00546299"/>
     <w:rsid w:val="00547423"/>
     <w:rsid w:val="00547828"/>
+    <w:rsid w:val="00550CDA"/>
     <w:rsid w:val="00550FB4"/>
     <w:rsid w:val="0055516F"/>
     <w:rsid w:val="00555A34"/>
     <w:rsid w:val="005566A2"/>
     <w:rsid w:val="00557F8A"/>
     <w:rsid w:val="005758EA"/>
     <w:rsid w:val="00582A67"/>
     <w:rsid w:val="00585A2D"/>
     <w:rsid w:val="005926C2"/>
     <w:rsid w:val="0059728A"/>
     <w:rsid w:val="005B0933"/>
     <w:rsid w:val="005B1F63"/>
     <w:rsid w:val="005B566E"/>
     <w:rsid w:val="005B6E76"/>
     <w:rsid w:val="005C7741"/>
     <w:rsid w:val="005D689E"/>
     <w:rsid w:val="005D7F16"/>
     <w:rsid w:val="005E26E6"/>
     <w:rsid w:val="005E2FE8"/>
     <w:rsid w:val="005F20C0"/>
     <w:rsid w:val="005F538B"/>
     <w:rsid w:val="00601C80"/>
     <w:rsid w:val="00604814"/>
     <w:rsid w:val="00616B08"/>
+    <w:rsid w:val="006204A9"/>
     <w:rsid w:val="00620EAD"/>
     <w:rsid w:val="00626D52"/>
     <w:rsid w:val="006359F6"/>
     <w:rsid w:val="00636FE3"/>
     <w:rsid w:val="00645CF9"/>
     <w:rsid w:val="00653EF4"/>
     <w:rsid w:val="0065446A"/>
     <w:rsid w:val="00662240"/>
     <w:rsid w:val="006642B9"/>
     <w:rsid w:val="00671620"/>
     <w:rsid w:val="006729BC"/>
     <w:rsid w:val="00673990"/>
     <w:rsid w:val="00682762"/>
     <w:rsid w:val="006861E8"/>
     <w:rsid w:val="00686EB7"/>
     <w:rsid w:val="00692C21"/>
     <w:rsid w:val="00693C92"/>
     <w:rsid w:val="00696146"/>
     <w:rsid w:val="00697C0E"/>
     <w:rsid w:val="006A3800"/>
     <w:rsid w:val="006C0C30"/>
     <w:rsid w:val="006C2377"/>
     <w:rsid w:val="006C37F5"/>
     <w:rsid w:val="006C45F0"/>
     <w:rsid w:val="006D0E3D"/>
     <w:rsid w:val="006D177F"/>
     <w:rsid w:val="006D3D1F"/>
+    <w:rsid w:val="006D3F87"/>
     <w:rsid w:val="006D557C"/>
     <w:rsid w:val="006E05E6"/>
     <w:rsid w:val="006E4C3F"/>
     <w:rsid w:val="006F04A9"/>
     <w:rsid w:val="00702502"/>
     <w:rsid w:val="00711562"/>
     <w:rsid w:val="0071484B"/>
     <w:rsid w:val="00715B38"/>
     <w:rsid w:val="00716719"/>
     <w:rsid w:val="0072032F"/>
     <w:rsid w:val="00731933"/>
     <w:rsid w:val="00745027"/>
     <w:rsid w:val="007456FF"/>
     <w:rsid w:val="00750DEA"/>
     <w:rsid w:val="00761365"/>
     <w:rsid w:val="0077582D"/>
     <w:rsid w:val="00775C0A"/>
     <w:rsid w:val="00776225"/>
     <w:rsid w:val="00776A9A"/>
+    <w:rsid w:val="00783AC2"/>
     <w:rsid w:val="00785A6C"/>
     <w:rsid w:val="00793419"/>
     <w:rsid w:val="0079512F"/>
     <w:rsid w:val="007961F8"/>
     <w:rsid w:val="007A1C6C"/>
     <w:rsid w:val="007B036E"/>
     <w:rsid w:val="007B240C"/>
     <w:rsid w:val="007B7142"/>
     <w:rsid w:val="007C1B2C"/>
     <w:rsid w:val="007C34A9"/>
     <w:rsid w:val="007C3B6E"/>
     <w:rsid w:val="007C5957"/>
-    <w:rsid w:val="007C6825"/>
     <w:rsid w:val="007D1A57"/>
     <w:rsid w:val="007D2C30"/>
     <w:rsid w:val="007D53C7"/>
     <w:rsid w:val="007E539A"/>
     <w:rsid w:val="007F0C75"/>
     <w:rsid w:val="007F4AE6"/>
     <w:rsid w:val="007F7E06"/>
     <w:rsid w:val="00800CFD"/>
     <w:rsid w:val="00802FFE"/>
     <w:rsid w:val="00804DB7"/>
     <w:rsid w:val="00804E96"/>
     <w:rsid w:val="0081217C"/>
     <w:rsid w:val="0081374D"/>
     <w:rsid w:val="00815CEC"/>
     <w:rsid w:val="00816838"/>
-    <w:rsid w:val="00821F05"/>
     <w:rsid w:val="00824BD7"/>
     <w:rsid w:val="00833A34"/>
     <w:rsid w:val="00834618"/>
     <w:rsid w:val="0084657E"/>
     <w:rsid w:val="00856411"/>
     <w:rsid w:val="0085778B"/>
     <w:rsid w:val="00866EAB"/>
     <w:rsid w:val="00883199"/>
     <w:rsid w:val="008940D5"/>
     <w:rsid w:val="008951F4"/>
     <w:rsid w:val="008A0034"/>
     <w:rsid w:val="008A14FB"/>
     <w:rsid w:val="008A3B06"/>
     <w:rsid w:val="008A58BD"/>
     <w:rsid w:val="008C0A3D"/>
     <w:rsid w:val="008C2335"/>
     <w:rsid w:val="008C4086"/>
     <w:rsid w:val="008C6ADF"/>
     <w:rsid w:val="008D037D"/>
     <w:rsid w:val="008D72B8"/>
     <w:rsid w:val="008E1997"/>
     <w:rsid w:val="008E3E78"/>
     <w:rsid w:val="008E42A1"/>
     <w:rsid w:val="008F00CC"/>
     <w:rsid w:val="008F2386"/>
     <w:rsid w:val="008F2BDF"/>
     <w:rsid w:val="009007C9"/>
     <w:rsid w:val="0090451C"/>
     <w:rsid w:val="009078B0"/>
     <w:rsid w:val="00911522"/>
     <w:rsid w:val="00912F5E"/>
     <w:rsid w:val="00913E2C"/>
     <w:rsid w:val="0091448C"/>
     <w:rsid w:val="009177F4"/>
     <w:rsid w:val="00917F9C"/>
     <w:rsid w:val="009263B9"/>
     <w:rsid w:val="00932B95"/>
     <w:rsid w:val="00934D60"/>
     <w:rsid w:val="009411C8"/>
     <w:rsid w:val="00942E4B"/>
     <w:rsid w:val="00944BD1"/>
     <w:rsid w:val="00946206"/>
     <w:rsid w:val="00950457"/>
-    <w:rsid w:val="00956535"/>
+    <w:rsid w:val="00956B3C"/>
     <w:rsid w:val="009648CE"/>
     <w:rsid w:val="0096584F"/>
     <w:rsid w:val="00966CA8"/>
     <w:rsid w:val="009702AE"/>
     <w:rsid w:val="00984BA3"/>
     <w:rsid w:val="009A2F7A"/>
+    <w:rsid w:val="009A4043"/>
     <w:rsid w:val="009C09E0"/>
     <w:rsid w:val="009C0AAA"/>
     <w:rsid w:val="009C392A"/>
     <w:rsid w:val="009C5071"/>
     <w:rsid w:val="009D783F"/>
     <w:rsid w:val="009E1955"/>
     <w:rsid w:val="009E5735"/>
     <w:rsid w:val="009F5AFA"/>
     <w:rsid w:val="00A04392"/>
     <w:rsid w:val="00A0664B"/>
+    <w:rsid w:val="00A130FE"/>
     <w:rsid w:val="00A314F5"/>
     <w:rsid w:val="00A32D4E"/>
     <w:rsid w:val="00A346D8"/>
     <w:rsid w:val="00A40FD7"/>
     <w:rsid w:val="00A419CC"/>
     <w:rsid w:val="00A42085"/>
     <w:rsid w:val="00A57A1D"/>
     <w:rsid w:val="00A7775B"/>
     <w:rsid w:val="00A8651D"/>
     <w:rsid w:val="00A917F7"/>
     <w:rsid w:val="00A96285"/>
     <w:rsid w:val="00AA61C0"/>
+    <w:rsid w:val="00AB1927"/>
     <w:rsid w:val="00AB5B31"/>
     <w:rsid w:val="00AC4668"/>
     <w:rsid w:val="00AC5ACC"/>
     <w:rsid w:val="00AD1EA5"/>
     <w:rsid w:val="00AD7F54"/>
     <w:rsid w:val="00AE3006"/>
     <w:rsid w:val="00AE73DD"/>
     <w:rsid w:val="00B0184D"/>
     <w:rsid w:val="00B0629C"/>
     <w:rsid w:val="00B0693A"/>
     <w:rsid w:val="00B17A46"/>
     <w:rsid w:val="00B74BA3"/>
     <w:rsid w:val="00B75217"/>
     <w:rsid w:val="00B857F9"/>
     <w:rsid w:val="00B86F80"/>
     <w:rsid w:val="00B929F6"/>
     <w:rsid w:val="00B94A29"/>
     <w:rsid w:val="00BA524D"/>
     <w:rsid w:val="00BA7524"/>
+    <w:rsid w:val="00BB63BD"/>
     <w:rsid w:val="00BC5573"/>
     <w:rsid w:val="00BD001C"/>
     <w:rsid w:val="00BD52EE"/>
     <w:rsid w:val="00BD551C"/>
     <w:rsid w:val="00BD6722"/>
     <w:rsid w:val="00BE1F67"/>
     <w:rsid w:val="00BE3570"/>
     <w:rsid w:val="00BE56DE"/>
     <w:rsid w:val="00BE6927"/>
     <w:rsid w:val="00BE72D2"/>
     <w:rsid w:val="00C011C9"/>
     <w:rsid w:val="00C04147"/>
     <w:rsid w:val="00C077D4"/>
     <w:rsid w:val="00C3506F"/>
     <w:rsid w:val="00C354E4"/>
     <w:rsid w:val="00C4178B"/>
     <w:rsid w:val="00C554EC"/>
     <w:rsid w:val="00C66B22"/>
     <w:rsid w:val="00C717E9"/>
     <w:rsid w:val="00C718F6"/>
     <w:rsid w:val="00C7288E"/>
     <w:rsid w:val="00C74C9B"/>
     <w:rsid w:val="00C8420F"/>
     <w:rsid w:val="00C86045"/>
     <w:rsid w:val="00C90CD0"/>
     <w:rsid w:val="00C945A5"/>
     <w:rsid w:val="00CA04A1"/>
     <w:rsid w:val="00CA10B0"/>
     <w:rsid w:val="00CB4E20"/>
     <w:rsid w:val="00CC5AE8"/>
     <w:rsid w:val="00CC5C96"/>
     <w:rsid w:val="00CD0D38"/>
     <w:rsid w:val="00CD15D8"/>
     <w:rsid w:val="00CD5575"/>
     <w:rsid w:val="00CE28AD"/>
     <w:rsid w:val="00CE53A5"/>
     <w:rsid w:val="00CF44C9"/>
     <w:rsid w:val="00D13789"/>
     <w:rsid w:val="00D424ED"/>
     <w:rsid w:val="00D51340"/>
     <w:rsid w:val="00D67133"/>
     <w:rsid w:val="00D7228F"/>
     <w:rsid w:val="00D73D40"/>
+    <w:rsid w:val="00D955C0"/>
     <w:rsid w:val="00DB0D5A"/>
     <w:rsid w:val="00DC2549"/>
     <w:rsid w:val="00DC7960"/>
     <w:rsid w:val="00DD197B"/>
     <w:rsid w:val="00DD55EB"/>
     <w:rsid w:val="00DE0936"/>
     <w:rsid w:val="00DE3986"/>
     <w:rsid w:val="00E0345E"/>
+    <w:rsid w:val="00E06F76"/>
     <w:rsid w:val="00E1328D"/>
     <w:rsid w:val="00E15AE1"/>
     <w:rsid w:val="00E1693A"/>
     <w:rsid w:val="00E265E6"/>
     <w:rsid w:val="00E32B42"/>
     <w:rsid w:val="00E335AA"/>
     <w:rsid w:val="00E34971"/>
     <w:rsid w:val="00E4418F"/>
     <w:rsid w:val="00E52B3C"/>
     <w:rsid w:val="00E567C7"/>
-    <w:rsid w:val="00E725F0"/>
     <w:rsid w:val="00E743B6"/>
     <w:rsid w:val="00E87498"/>
     <w:rsid w:val="00E93D97"/>
     <w:rsid w:val="00E944B8"/>
     <w:rsid w:val="00E96B0C"/>
     <w:rsid w:val="00EA3290"/>
     <w:rsid w:val="00EC0570"/>
     <w:rsid w:val="00EC667C"/>
-    <w:rsid w:val="00ED07BE"/>
     <w:rsid w:val="00ED1948"/>
+    <w:rsid w:val="00ED2975"/>
     <w:rsid w:val="00EE76F5"/>
+    <w:rsid w:val="00EF044B"/>
     <w:rsid w:val="00EF24FC"/>
     <w:rsid w:val="00EF291A"/>
     <w:rsid w:val="00F0221A"/>
     <w:rsid w:val="00F10E44"/>
     <w:rsid w:val="00F1269F"/>
     <w:rsid w:val="00F40B00"/>
     <w:rsid w:val="00F427BA"/>
     <w:rsid w:val="00F46605"/>
     <w:rsid w:val="00F5133B"/>
     <w:rsid w:val="00F57F53"/>
     <w:rsid w:val="00F71FEF"/>
     <w:rsid w:val="00F754FB"/>
     <w:rsid w:val="00F822DF"/>
     <w:rsid w:val="00F82911"/>
+    <w:rsid w:val="00F90453"/>
     <w:rsid w:val="00FA1E60"/>
+    <w:rsid w:val="00FA443B"/>
+    <w:rsid w:val="00FA5AA3"/>
     <w:rsid w:val="00FA6E8A"/>
     <w:rsid w:val="00FB078E"/>
     <w:rsid w:val="00FC3487"/>
     <w:rsid w:val="00FC39D9"/>
     <w:rsid w:val="00FC3EC5"/>
     <w:rsid w:val="00FC4132"/>
     <w:rsid w:val="00FC62B4"/>
     <w:rsid w:val="00FC7DE7"/>
     <w:rsid w:val="00FD23A5"/>
     <w:rsid w:val="00FE123F"/>
     <w:rsid w:val="00FE3350"/>
+    <w:rsid w:val="00FF2B1F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="61441"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6D23EDC2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8A3AF70D-792A-411F-A6C7-AEF79E8659C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
@@ -39731,50 +44402,62 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00547828"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
     <w:name w:val="markedcontent"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="00CA04A1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BA524D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BB63BD"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="580408046">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="658460674">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -39822,55 +44505,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2137799004">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efiling.madrid.wipo.int/application-assistant/home.xhtml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/madrid/en/fees/calculator.jsp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wipo.int/edocs/madrdocs/en/2020/madrid_2020_77.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wipo.int/edocs/madrdocs/en/2020/madrid_2020_77.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wipo.int/edocs/madrdocs/en/2015/madrid_2015_38.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/edocs/madrdocs/en/2011/madrid_2011_27.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/ldcs/en/country" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrid.wipo.int/e-madrid" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrid.wipo.int/feecalcapp/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wipo.int/edocs/madrdocs/en/2020/madrid_2020_77.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wipo.int/edocs/madrdocs/en/2020/madrid_2020_77.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wipo.int/edocs/madrdocs/en/2015/madrid_2015_38.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/edocs/madrdocs/en/2011/madrid_2011_27.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policy.desa.un.org/sites/default/files/2025-06/ldc_list.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/madrid/memberprofiles" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/mgs" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webaccess.wipo.int/mgs/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wipo.int/madrid/memberprofiles/selectmember" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webaccess.wipo.int/mgs/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webaccess.wipo.int/mgs/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -40118,92 +44801,391 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100A06403C9EF9F9A41BAB599FE2091A2E8" ma:contentTypeVersion="18" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e80483f1744bfffb4582886febaab434">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dedbf918-5459-4e67-a311-416d3d367d93" xmlns:ns3="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="74717120a759412fd64bd2e1ba4a7b04" ns2:_="" ns3:_="">
+    <xsd:import namespace="dedbf918-5459-4e67-a311-416d3d367d93"/>
+    <xsd:import namespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dedbf918-5459-4e67-a311-416d3d367d93" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f2b9b02f-9abf-4f74-b798-1ff310cbf216" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c0ee614a-4876-4e49-b0e0-572ea6053610}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f52a3cfe-5bd0-4921-94ab-c4df0b74d531">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="dedbf918-5459-4e67-a311-416d3d367d93">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFE20C2F-9527-4B91-85C1-C5423EB2D7F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80DD07B7-B78A-417B-B8C2-2E26C80B0726}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F088AEF-2C46-4A48-BEFB-D1F56FFCE564}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70C4D1D8-9D71-4F74-BA29-4A03B73285BC}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>19297</Characters>
+  <Pages>20</Pages>
+  <Words>14611</Words>
+  <Characters>8329</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>44</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>69</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form MM2 (E)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>World Intellectual Property Organization</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22283</CharactersWithSpaces>
+  <CharactersWithSpaces>22895</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Form MM2 (E)</dc:title>
   <dc:subject>Application for International Registration under the Madrid Protocol</dc:subject>
   <dc:creator>WIPO</dc:creator>
   <cp:keywords>PUBLIC</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TitusGUID">
     <vt:lpwstr>a519da4b-5f70-4abd-bed1-d937ed345f49</vt:lpwstr>
@@ -40222,27 +45204,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_20773ee6-353b-4fb9-a59d-0b94c8c67bea_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_20773ee6-353b-4fb9-a59d-0b94c8c67bea_SetDate">
     <vt:lpwstr>2023-06-29T07:49:13Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_20773ee6-353b-4fb9-a59d-0b94c8c67bea_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_20773ee6-353b-4fb9-a59d-0b94c8c67bea_Name">
     <vt:lpwstr>No markings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_20773ee6-353b-4fb9-a59d-0b94c8c67bea_SiteId">
     <vt:lpwstr>faa31b06-8ccc-48c9-867f-f7510dd11c02</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_20773ee6-353b-4fb9-a59d-0b94c8c67bea_ActionId">
     <vt:lpwstr>c3ab46b3-695a-49ab-b3dc-77ee3f80831a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_20773ee6-353b-4fb9-a59d-0b94c8c67bea_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="ContentTypeId">
+    <vt:lpwstr>0x010100A06403C9EF9F9A41BAB599FE2091A2E8</vt:lpwstr>
+  </property>
 </Properties>
 </file>