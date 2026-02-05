--- v0 (2025-10-03)
+++ v1 (2026-02-05)
@@ -1,216 +1,174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="295BC9DB" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
-[...46 lines deleted...]
-    </w:p>
     <w:p w14:paraId="415B93DA" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7143DBFF" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:right="100"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Patentu valdei</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="535BC29E" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02460058" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
-[...1 lines deleted...]
-        <w:pStyle w:val="Pamatteksts"/>
+    <w:p w14:paraId="02460058" w14:textId="55A57AFA" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00287A6F" w:rsidP="00287A6F">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="3FEB9815" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
+          <w:sz w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEB9815" w14:textId="37181161" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00287A6F" w:rsidP="00287A6F">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="147"/>
         <w:ind w:left="2078"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F06E88">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06E88" w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>(vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C363E5C" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="0056666F">
-[...19 lines deleted...]
-    <w:p w14:paraId="58033C5E" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
+    <w:p w14:paraId="1DD4B0E6" w14:textId="6B947BA6" w:rsidR="00287A6F" w:rsidRDefault="00287A6F" w:rsidP="00287A6F">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="2052"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F06E88">
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58033C5E" w14:textId="025C4A45" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00287A6F" w:rsidP="00287A6F">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="123"/>
+        <w:ind w:left="2052"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06E88" w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve">(personas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F06E88">
+      <w:r w:rsidR="00F06E88" w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kods)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2FC009" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35E6E399" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="005178D5" w:rsidRDefault="00F06E88">
       <w:pPr>
         <w:pStyle w:val="Virsraksts1"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056666F">
         <w:rPr>
@@ -253,900 +211,1329 @@
     <w:p w14:paraId="56FD0153" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A64106" w:rsidRPr="00F06E88">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16850"/>
           <w:pgMar w:top="300" w:right="1040" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4328A6FE" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="099B2FF3" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
+    <w:p w14:paraId="099B2FF3" w14:textId="51DCBAE4" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="113"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>X):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218B304E" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+    <w:p w14:paraId="218B304E" w14:textId="6344F8BA" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="007329FF">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="6"/>
-          <w:lang w:val="lv-LV"/>
-[...353 lines deleted...]
-          <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0063C114" wp14:editId="0DF2CEFF">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E2CC603" wp14:editId="2CBDA06B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:posOffset>737234</wp:posOffset>
+              <wp:posOffset>733425</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>176572</wp:posOffset>
+              <wp:posOffset>1209675</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="115793" cy="115157"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="152400" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:wrapTopAndBottom/>
-            <wp:docPr id="11" name="image1.png"/>
+            <wp:docPr id="1684798542" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
-                    <a:xfrm>
+                    <a:xfrm flipH="1" flipV="1">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="115793" cy="115157"/>
+                      <a:ext cx="152400" cy="151130"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="31115FE5" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
+      <w:r w:rsidR="00B778B1" w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60F3AA3C" wp14:editId="54A70EE0">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>733425</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>767715</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="152400" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1741722082" name="image1.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="12" name="image1.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1" flipV="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="151130"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00B778B1" w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EC7E5E4" wp14:editId="52EE6BB8">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>733425</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>586740</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="152400" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="765835365" name="image1.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="12" name="image1.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1" flipV="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="151130"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00B778B1" w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D9E53C6" wp14:editId="4C584634">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>733425</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>423545</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="152400" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1166370100" name="image1.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="12" name="image1.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1" flipV="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="151130"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00B778B1" w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5242D061" wp14:editId="6409B27E">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>733425</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>227330</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="152400" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1135944761" name="image1.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="12" name="image1.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1" flipV="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="151130"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C8EE8F" w14:textId="1B65FFF6" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00C567CA">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:line="181" w:lineRule="exact"/>
+        <w:ind w:left="142" w:right="-23"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CFF4C66" wp14:editId="79477AB6">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>733425</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-6350</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="152400" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1732403924" name="image1.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="12" name="image1.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1" flipV="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="151130"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E74D610" w14:textId="54087388" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6345163A" w14:textId="4B5E5C14" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:line="181" w:lineRule="exact"/>
+        <w:ind w:left="142" w:right="-23"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7296FE" w14:textId="252B2E18" w:rsidR="00A64106" w:rsidRDefault="00A64106">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="423CED01" w14:textId="77777777" w:rsidR="000379A9" w:rsidRDefault="000379A9">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26119973" w14:textId="77777777" w:rsidR="000379A9" w:rsidRPr="00F06E88" w:rsidRDefault="000379A9">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03178C02" w14:textId="6CCC94F0" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:line="181" w:lineRule="exact"/>
+        <w:ind w:left="142" w:right="-23"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3962D469" w14:textId="72436338" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F7B9604" w14:textId="6BA62D8F" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:line="181" w:lineRule="exact"/>
+        <w:ind w:left="142" w:right="-23"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6336E813" w14:textId="592F0BED" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C720BD3" w14:textId="4AE92EB8" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:line="181" w:lineRule="exact"/>
+        <w:ind w:left="142" w:right="-23"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31115FE5" w14:textId="76C04044" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88" w:rsidP="00997002">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="94"/>
-        <w:ind w:left="13"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="02989E13" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lūdzu iekļaut profesionālo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>patenptilnvarnieku</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sarakstā par mani šādas ziņas/grozījumus ziņās (vajadzīgo atzīmēt ar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5342A877" w14:textId="4BAF745C" w:rsidR="0001365D" w:rsidRPr="00F06E88" w:rsidRDefault="0001365D">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33F4F620" w14:textId="77777777" w:rsidR="002D2EF9" w:rsidRDefault="0056666F" w:rsidP="002D2EF9">
+    <w:p w14:paraId="33F4F620" w14:textId="47F387E5" w:rsidR="002D2EF9" w:rsidRDefault="00540A03" w:rsidP="002D2EF9">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:line="319" w:lineRule="auto"/>
         <w:ind w:left="54" w:right="2371"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...5 lines deleted...]
-        </w:pict>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251650048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36FBBEFE" wp14:editId="64B14A09">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2369820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>152400</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4458335" cy="0"/>
+                <wp:effectExtent l="7620" t="9525" r="10795" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="258421205" name="Line 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4458335" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="8917">
+                          <a:solidFill>
+                            <a:srgbClr val="414142"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="6E31CC48" id="Line 15" o:spid="_x0000_s1026" style="position:absolute;z-index:251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="186.6pt,12pt" to="537.65pt,12pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApH7H6tAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDujeNstk2tOHvIdnvZ&#10;tpF2+wETwDYqMIghsfP3BTbJrtpbVVlCDDPzeO8xXt9N1rCjCqTRtbyezTlTTqDUrm/5z+eHDyvO&#10;KIKTYNCplp8U8bvN+3fr0TdqgQMaqQJLII6a0bd8iNE3VUViUBZohl65lOwwWIgpDH0lA4wJ3Zpq&#10;MZ9/rEYM0gcUiiid3r8k+abgd50S8UfXkYrMtDxxi2UNZd3ntdqsoekD+EGLMw34BxYWtEuXXqHu&#10;IQI7BP0XlNUiIGEXZwJthV2nhSoakpp6/oeapwG8KlqSOeSvNtH/gxXfj1u3C5m6mNyTf0Txi5jD&#10;7QCuV4XA88mnh6uzVdXoqbm25ID8LrD9+A1lqoFDxOLC1AWbIZM+NhWzT1ez1RSZSIfL5e3q5uaW&#10;M3HJVdBcGn2g+FWhZXnTcqNd9gEaOD5SzESguZTkY4cP2pjylsaxseWrz/Wn0kBotMzJXEah329N&#10;YEdI07Cs07coqlLmbVnAg5MFbFAgv5z3EbR52afLjTubkfXnYaNmj/K0CxeT0nMVlufRyvPwNi7d&#10;rz/A5jcAAAD//wMAUEsDBBQABgAIAAAAIQBy5z+73wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwDIbvSHuHyJO4sXQtrFNpOk0gLgghUXbg6DVeW9Y4XZNthacnEwc42v70+/vz1Wg6caLB&#10;tZYVzGcRCOLK6pZrBZv3p5slCOeRNXaWScEXOVgVk6scM23P/Ean0tcihLDLUEHjfZ9J6aqGDLqZ&#10;7YnDbWcHgz6MQy31gOcQbjoZR9FCGmw5fGiwp4eGqn15NArK58X38uN1M+dHPBhvdi793L8odT0d&#10;1/cgPI3+D4aLflCHIjht7ZG1E52CJE3igCqIb0OnCxCldwmI7e9GFrn8X6H4AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACkfsfq0AQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAHLnP7vfAAAACgEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokecolor="#414142" strokeweight=".24769mm">
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...5 lines deleted...]
-        </w:pict>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72DADA83" wp14:editId="77280515">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2369820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>330835</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4458335" cy="0"/>
+                <wp:effectExtent l="7620" t="6985" r="10795" b="12065"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2111739808" name="Line 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4458335" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="8917">
+                          <a:solidFill>
+                            <a:srgbClr val="414142"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="15CA7C2D" id="Line 14" o:spid="_x0000_s1026" style="position:absolute;z-index:251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="186.6pt,26.05pt" to="537.65pt,26.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApH7H6tAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDujeNstk2tOHvIdnvZ&#10;tpF2+wETwDYqMIghsfP3BTbJrtpbVVlCDDPzeO8xXt9N1rCjCqTRtbyezTlTTqDUrm/5z+eHDyvO&#10;KIKTYNCplp8U8bvN+3fr0TdqgQMaqQJLII6a0bd8iNE3VUViUBZohl65lOwwWIgpDH0lA4wJ3Zpq&#10;MZ9/rEYM0gcUiiid3r8k+abgd50S8UfXkYrMtDxxi2UNZd3ntdqsoekD+EGLMw34BxYWtEuXXqHu&#10;IQI7BP0XlNUiIGEXZwJthV2nhSoakpp6/oeapwG8KlqSOeSvNtH/gxXfj1u3C5m6mNyTf0Txi5jD&#10;7QCuV4XA88mnh6uzVdXoqbm25ID8LrD9+A1lqoFDxOLC1AWbIZM+NhWzT1ez1RSZSIfL5e3q5uaW&#10;M3HJVdBcGn2g+FWhZXnTcqNd9gEaOD5SzESguZTkY4cP2pjylsaxseWrz/Wn0kBotMzJXEah329N&#10;YEdI07Cs07coqlLmbVnAg5MFbFAgv5z3EbR52afLjTubkfXnYaNmj/K0CxeT0nMVlufRyvPwNi7d&#10;rz/A5jcAAAD//wMAUEsDBBQABgAIAAAAIQBoX/eo3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9NT8MwDIbvk/gPkZG4bemHtk6l6YRAXBBCouzA0Wu8tqxxSpNthV9PJg5wtP3o9fMWm8n04kSj&#10;6ywriBcRCOLa6o4bBdu3x/kahPPIGnvLpOCLHGzKq1mBubZnfqVT5RsRQtjlqKD1fsildHVLBt3C&#10;DsThtrejQR/GsZF6xHMIN71MomglDXYcPrQ40H1L9aE6GgXV0+p7/f6yjfkBP403e5d9HJ6Vurme&#10;7m5BeJr8HwwX/aAOZXDa2SNrJ3oFaZYmAVWwTGIQFyDKlimI3e9GloX8X6H8AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACkfsfq0AQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAGhf96jfAAAACgEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokecolor="#414142" strokeweight=".24769mm">
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...5 lines deleted...]
-        </w:pict>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50FDC781" wp14:editId="1A85DCD6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2369820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>508635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4458335" cy="0"/>
+                <wp:effectExtent l="7620" t="13335" r="10795" b="5715"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2028372599" name="Line 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4458335" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="8917">
+                          <a:solidFill>
+                            <a:srgbClr val="414142"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="558FEA38" id="Line 13" o:spid="_x0000_s1026" style="position:absolute;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="186.6pt,40.05pt" to="537.65pt,40.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApH7H6tAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDujeNstk2tOHvIdnvZ&#10;tpF2+wETwDYqMIghsfP3BTbJrtpbVVlCDDPzeO8xXt9N1rCjCqTRtbyezTlTTqDUrm/5z+eHDyvO&#10;KIKTYNCplp8U8bvN+3fr0TdqgQMaqQJLII6a0bd8iNE3VUViUBZohl65lOwwWIgpDH0lA4wJ3Zpq&#10;MZ9/rEYM0gcUiiid3r8k+abgd50S8UfXkYrMtDxxi2UNZd3ntdqsoekD+EGLMw34BxYWtEuXXqHu&#10;IQI7BP0XlNUiIGEXZwJthV2nhSoakpp6/oeapwG8KlqSOeSvNtH/gxXfj1u3C5m6mNyTf0Txi5jD&#10;7QCuV4XA88mnh6uzVdXoqbm25ID8LrD9+A1lqoFDxOLC1AWbIZM+NhWzT1ez1RSZSIfL5e3q5uaW&#10;M3HJVdBcGn2g+FWhZXnTcqNd9gEaOD5SzESguZTkY4cP2pjylsaxseWrz/Wn0kBotMzJXEah329N&#10;YEdI07Cs07coqlLmbVnAg5MFbFAgv5z3EbR52afLjTubkfXnYaNmj/K0CxeT0nMVlufRyvPwNi7d&#10;rz/A5jcAAAD//wMAUEsDBBQABgAIAAAAIQD1Lo+83wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwDIbvSLxD5EncWNpVrFVpOiEQF4SQKDtw9Bqv7dY4pcm2wtOTaQc42v70+/uL1WR6caTR&#10;dZYVxPMIBHFtdceNgvXH820Gwnlkjb1lUvBNDlbl9VWBubYnfqdj5RsRQtjlqKD1fsildHVLBt3c&#10;DsThtrWjQR/GsZF6xFMIN71cRNFSGuw4fGhxoMeW6n11MAqql+VP9vm2jvkJv4w3W5fu9q9K3cym&#10;h3sQnib/B8NZP6hDGZw29sDaiV5BkiaLgCrIohjEGYjSuwTE5rKRZSH/Vyh/AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACkfsfq0AQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPUuj7zfAAAACgEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokecolor="#414142" strokeweight=".24769mm">
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F06E88" w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vārds, uzvārds </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5792FE72" w14:textId="77777777" w:rsidR="002D2EF9" w:rsidRDefault="00F06E88" w:rsidP="002D2EF9">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:line="319" w:lineRule="auto"/>
         <w:ind w:left="54" w:right="2371"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pilsonība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D383D92" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88" w:rsidP="002D2EF9">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:line="319" w:lineRule="auto"/>
         <w:ind w:left="54" w:right="2371"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>specializācija</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319EE1EE" w14:textId="77777777" w:rsidR="002D2EF9" w:rsidRDefault="0056666F" w:rsidP="002D2EF9">
+    <w:p w14:paraId="42D9BED7" w14:textId="77777777" w:rsidR="00B778B1" w:rsidRDefault="00540A03" w:rsidP="00B778B1">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="9" w:line="319" w:lineRule="auto"/>
         <w:ind w:left="54" w:right="2371"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...5 lines deleted...]
-        </w:pict>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32DB79B4" wp14:editId="5736C865">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2369820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>161290</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4458335" cy="0"/>
+                <wp:effectExtent l="7620" t="9525" r="10795" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="500641126" name="Line 12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4458335" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="8917">
+                          <a:solidFill>
+                            <a:srgbClr val="414142"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="6C88B3E4" id="Line 12" o:spid="_x0000_s1026" style="position:absolute;z-index:251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="186.6pt,12.7pt" to="537.65pt,12.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApH7H6tAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDujeNstk2tOHvIdnvZ&#10;tpF2+wETwDYqMIghsfP3BTbJrtpbVVlCDDPzeO8xXt9N1rCjCqTRtbyezTlTTqDUrm/5z+eHDyvO&#10;KIKTYNCplp8U8bvN+3fr0TdqgQMaqQJLII6a0bd8iNE3VUViUBZohl65lOwwWIgpDH0lA4wJ3Zpq&#10;MZ9/rEYM0gcUiiid3r8k+abgd50S8UfXkYrMtDxxi2UNZd3ntdqsoekD+EGLMw34BxYWtEuXXqHu&#10;IQI7BP0XlNUiIGEXZwJthV2nhSoakpp6/oeapwG8KlqSOeSvNtH/gxXfj1u3C5m6mNyTf0Txi5jD&#10;7QCuV4XA88mnh6uzVdXoqbm25ID8LrD9+A1lqoFDxOLC1AWbIZM+NhWzT1ez1RSZSIfL5e3q5uaW&#10;M3HJVdBcGn2g+FWhZXnTcqNd9gEaOD5SzESguZTkY4cP2pjylsaxseWrz/Wn0kBotMzJXEah329N&#10;YEdI07Cs07coqlLmbVnAg5MFbFAgv5z3EbR52afLjTubkfXnYaNmj/K0CxeT0nMVlufRyvPwNi7d&#10;rz/A5jcAAAD//wMAUEsDBBQABgAIAAAAIQCLeuvU3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwDIbvSLxDZCRuLF3L1qlrOiEQF4SQVnbY0Wu8tqxxSpNthacnEwc42v70+/vz1Wg6caLB&#10;tZYVTCcRCOLK6pZrBZv357sFCOeRNXaWScEXOVgV11c5ZtqeeU2n0tcihLDLUEHjfZ9J6aqGDLqJ&#10;7YnDbW8Hgz6MQy31gOcQbjoZR9FcGmw5fGiwp8eGqkN5NArKl/n3Yvu2mfITfhpv9i79OLwqdXsz&#10;PixBeBr9HwwX/aAORXDa2SNrJzoFSZrEAVUQz+5BXIAonSUgdr8bWeTyf4XiBwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACkfsfq0AQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAIt669TfAAAACgEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokecolor="#414142" strokeweight=".24769mm">
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F06E88" w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>svešvalodu zināšanas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374E43C6" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88" w:rsidP="002D2EF9">
+    <w:p w14:paraId="2E869C51" w14:textId="6AF4C60A" w:rsidR="00D30D0A" w:rsidRDefault="0005259A" w:rsidP="00D30D0A">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="9" w:line="319" w:lineRule="auto"/>
         <w:ind w:left="54" w:right="2371"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...31 lines deleted...]
-        </w:pict>
+          <w:noProof/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="652EDE47" wp14:editId="1258AB89">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>733425</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>243840</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="152400" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1651470839" name="image1.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="12" name="image1.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1" flipV="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="151130"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00F06E88" w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pasta adrese</w:t>
-[...86 lines deleted...]
-    <w:p w14:paraId="3C7A27C1" w14:textId="77777777" w:rsidR="002D2EF9" w:rsidRDefault="0056666F" w:rsidP="002D2EF9">
+        <w:t>prakses vieta</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0A79">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s adrese</w:t>
+      </w:r>
+      <w:r w:rsidR="00540A03">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63FA16A6" wp14:editId="54C09BD6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2369820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>335280</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4458335" cy="0"/>
+                <wp:effectExtent l="7620" t="5715" r="10795" b="13335"/>
+                <wp:wrapNone/>
+                <wp:docPr id="789299888" name="Line 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4458335" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="8917">
+                          <a:solidFill>
+                            <a:srgbClr val="414142"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="584F6FD9" id="Line 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="186.6pt,26.4pt" to="537.65pt,26.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApH7H6tAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDujeNstk2tOHvIdnvZ&#10;tpF2+wETwDYqMIghsfP3BTbJrtpbVVlCDDPzeO8xXt9N1rCjCqTRtbyezTlTTqDUrm/5z+eHDyvO&#10;KIKTYNCplp8U8bvN+3fr0TdqgQMaqQJLII6a0bd8iNE3VUViUBZohl65lOwwWIgpDH0lA4wJ3Zpq&#10;MZ9/rEYM0gcUiiid3r8k+abgd50S8UfXkYrMtDxxi2UNZd3ntdqsoekD+EGLMw34BxYWtEuXXqHu&#10;IQI7BP0XlNUiIGEXZwJthV2nhSoakpp6/oeapwG8KlqSOeSvNtH/gxXfj1u3C5m6mNyTf0Txi5jD&#10;7QCuV4XA88mnh6uzVdXoqbm25ID8LrD9+A1lqoFDxOLC1AWbIZM+NhWzT1ez1RSZSIfL5e3q5uaW&#10;M3HJVdBcGn2g+FWhZXnTcqNd9gEaOD5SzESguZTkY4cP2pjylsaxseWrz/Wn0kBotMzJXEah329N&#10;YEdI07Cs07coqlLmbVnAg5MFbFAgv5z3EbR52afLjTubkfXnYaNmj/K0CxeT0nMVlufRyvPwNi7d&#10;rz/A5jcAAAD//wMAUEsDBBQABgAIAAAAIQDUeOIq3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsJAEIbvJr7DZky4yZY2UFK7JUbDhRATKwePQ3doK93Z2l2g+vQu8aDHmfnyz/fnq9F04kyD&#10;ay0rmE0jEMSV1S3XCnZv6/slCOeRNXaWScEXOVgVtzc5Ztpe+JXOpa9FCGGXoYLG+z6T0lUNGXRT&#10;2xOH28EOBn0Yh1rqAS8h3HQyjqKFNNhy+NBgT08NVcfyZBSUm8X38v1lN+Nn/DTeHFz6cdwqNbkb&#10;Hx9AeBr9HwxX/aAORXDa2xNrJzoFSZrEAVUwj0OFKxCl8wTE/ncji1z+r1D8AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACkfsfq0AQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhANR44irfAAAACgEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokecolor="#414142" strokeweight=".24769mm">
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00421F24">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44CF518D" w14:textId="44EAEAF2" w:rsidR="002A3D91" w:rsidRDefault="002A3D91" w:rsidP="002D2EF9">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="56" w:right="2371" w:firstLine="14"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:pict w14:anchorId="0C43D0A6">
-[...3 lines deleted...]
-        </w:pict>
+        <w:t>kontaktinformācija</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669DBDAF" w14:textId="67B1C6E3" w:rsidR="0005259A" w:rsidRDefault="0005259A" w:rsidP="0005259A">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:right="2371"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C7A27C1" w14:textId="4C82BDC3" w:rsidR="002D2EF9" w:rsidRDefault="0005259A" w:rsidP="0005259A">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:right="2371"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F06E88" w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">civiltiesiskās atbildības </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3553E663" w14:textId="77777777" w:rsidR="002D2EF9" w:rsidRDefault="00F06E88" w:rsidP="002D2EF9">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="56" w:right="2371" w:firstLine="14"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apdrošināšanas līguma </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EBA448B" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88" w:rsidP="002D2EF9">
+    <w:p w14:paraId="6EBA448B" w14:textId="49210398" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88" w:rsidP="002D2EF9">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="56" w:right="2371" w:firstLine="14"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>termiņš</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE48DDD" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="0056666F">
+    <w:p w14:paraId="7AE48DDD" w14:textId="51F4D081" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00540A03">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="2314"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:noProof/>
           <w:sz w:val="2"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-      </w:r>
-[...25 lines deleted...]
-        <w:ind w:left="13"/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E7FB52B" wp14:editId="01310E0E">
+                <wp:extent cx="4458335" cy="9525"/>
+                <wp:effectExtent l="6350" t="3810" r="12065" b="5715"/>
+                <wp:docPr id="733987972" name="Group 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4458335" cy="9525"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="7021" cy="15"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="49731860" name="Line 6"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="7"/>
+                            <a:ext cx="7021" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="8917">
+                            <a:solidFill>
+                              <a:srgbClr val="414142"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="45EFA631" id="Group 5" o:spid="_x0000_s1026" style="width:351.05pt;height:.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="7021,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBE3C0aIQIAAJ0EAAAOAAAAZHJzL2Uyb0RvYy54bWyklM1u4yAQx+8r7Tsg7hvH+Y4Vp4e0zSW7&#10;G6ndByAY22gxg4DEydvvgN0kai9VV5YQMB/M/zfg1cO5UeQkrJOgc5oOhpQIzaGQusrpn9fnHwtK&#10;nGe6YAq0yOlFOPqw/v5t1ZpMjKAGVQhLMIl2WWtyWntvsiRxvBYNcwMwQqOxBNswj0tbJYVlLWZv&#10;VDIaDmdJC7YwFrhwDncfOyNdx/xlKbj/XZZOeKJyirX5ONo4HsKYrFcsqywzteR9GewLVTRMajz0&#10;muqReUaOVn5I1UhuwUHpBxyaBMpSchE1oJp0+E7N1sLRRC1V1lbmignRvuP05bT812lrzYvZ2656&#10;nO6A/3XIJWlNld3bw7rqnMmh/QkF9pMdPUTh59I2IQVKIufI93LlK86ecNycTKaL8XhKCUfbcjqa&#10;dvh5jT36EMTrpz5sPhylXUwaIxKWdafFCvuKQsfxCrkbJfd/lF5qZkSE7wKFvSWyQAnL+ThdzPAq&#10;adag/p3UgsyCjnA8+m10h5KfdY+SaNjUTFciZny9GAxLQwSWfxcSFg778Em0847dG9obo3inr4hY&#10;ZqzzWwENCZOcKiw4Noydds6HKm4uoX8anqVSuM8ypUmb08UynccAB0oWwRhszlaHjbLkxPBhTVL8&#10;RlESWu7d8ALrIiarBSue+rlnUnVzPFzpnkQQ32E8QHHZ2zdC2NP+MuIbiPX27zU8svt19Lr9Vdb/&#10;AAAA//8DAFBLAwQUAAYACAAAACEALFxCLdoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvD&#10;QBCF74L/YRnBm92kUpWYTSlFPRXBVhBv0+w0Cc3Ohuw2Sf+9oxd7eTC8x3vf5MvJtWqgPjSeDaSz&#10;BBRx6W3DlYHP3evdE6gQkS22nsnAmQIsi+urHDPrR/6gYRsrJSUcMjRQx9hlWoeyJodh5jti8Q6+&#10;dxjl7Cttexyl3LV6niQP2mHDslBjR+uayuP25Ay8jTiu7tOXYXM8rM/fu8X71yYlY25vptUzqEhT&#10;/A/DL76gQyFMe39iG1RrQB6JfyreYzJPQe0ltABd5PqSvfgBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEARNwtGiECAACdBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEALFxCLdoAAAADAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;">
+                <v:line id="Line 6" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,7" to="7021,7" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDeeBLCyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/JasMw&#10;EIbvhbyDmEBvjey02RwrIRRSegpZWtrjYI2XxBoJS02ct68OhR5//o0vX/emFVfqfGNZQTpKQBAX&#10;VjdcKfg4bZ/mIHxA1thaJgV38rBeDR5yzLS98YGux1CJOMI+QwV1CC6T0hc1GfQj64ijV9rOYIiy&#10;q6Tu8BbHTSvHSTKVBhuODzU6eq2puBx/jILgvidvn4d070hv9+Wu+Dq7Oyv1OOw3SxCB+vAf/mu/&#10;awUvi9lzOp9GhkgUaUCufgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDeeBLCyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="#414142" strokeweight=".24769mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71196D8E" w14:textId="77777777" w:rsidR="000379A9" w:rsidRDefault="000379A9" w:rsidP="000379A9">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72423B02" w14:textId="77777777" w:rsidR="000379A9" w:rsidRDefault="000379A9" w:rsidP="000379A9">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41B792F3" w14:textId="778CDE8A" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88" w:rsidP="000379A9">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pielikumā:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A8D3CF5" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5768642F" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7629"/>
         </w:tabs>
         <w:ind w:left="13"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Profesionālā </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">patentpilnvarnieka </w:t>
+        <w:t>patentpilnvarnieka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">civiltiesiskās </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atbildības  </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apdrošināšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1170,369 +1557,694 @@
           <w:spacing w:val="10"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>uz</w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F06E88">
-[...3 lines deleted...]
-        <w:t>lp.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>lp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD84F77" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A64106" w:rsidRPr="00F06E88">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16850"/>
           <w:pgMar w:top="300" w:right="1040" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="341" w:space="40"/>
             <w:col w:w="9459"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="376D73C1" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+    <w:p w14:paraId="12037014" w14:textId="17550ACA" w:rsidR="00F46738" w:rsidRDefault="00F46738" w:rsidP="00F46738">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="3"/>
         <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C19AC12" w14:textId="77777777" w:rsidR="00F46738" w:rsidRDefault="00F46738" w:rsidP="00F46738">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
           <w:sz w:val="9"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CFE7FB0" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7CFE7FB0" w14:textId="6EECEB15" w:rsidR="00A64106" w:rsidRPr="00F46738" w:rsidRDefault="00F06E88" w:rsidP="00F46738">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="9"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Apliecinu iesniegto ziņu patiesumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A757534" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
+    <w:p w14:paraId="4A757534" w14:textId="68820B27" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="171E25E2" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AA00858" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="0056666F">
+    <w:p w14:paraId="7AA00858" w14:textId="3EBDBD59" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00540A03">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="13"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...5 lines deleted...]
-        </w:pict>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34562EA1" wp14:editId="31CDC9A6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>720090</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>131445</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2024380" cy="0"/>
+                <wp:effectExtent l="5715" t="12065" r="8255" b="6985"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1877655988" name="Line 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2024380" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="8917">
+                          <a:solidFill>
+                            <a:srgbClr val="414142"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="6F25C64C" id="Line 4" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="56.7pt,10.35pt" to="216.1pt,10.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAefKD/swEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x3o0aF3Bcg7O45K2&#10;BpJ+wJqkJKIUl+DSlvz3JRnbDdpbEAggSO7ucGZ2tbqdR8MOypNG2/JqUXKmrECpbd/yXy8P10vO&#10;KICVYNCqlh8V8dv11afV5BpV44BGKs8iiKVmci0fQnBNUZAY1Ai0QKdsDHboRwjx6PtCepgi+miK&#10;uiy/FBN66TwKRRRv716DfJ3xu06J8LPrSAVmWh65hbz6vO7SWqxX0PQe3KDFiQa8g8UI2sZHL1B3&#10;EIDtvf4PatTCI2EXFgLHArtOC5U1RDVV+Y+a5wGcylqiOeQuNtHHwYofh43d+kRdzPbZPaH4Tczi&#10;ZgDbq0zg5ehi46pkVTE5ai4l6UBu69lu+o4y5sA+YHZh7vyYIKM+Nmezjxez1RyYiJd1Wd98Xsae&#10;iHOsgOZc6DyFR4UjS5uWG22TD9DA4YlCIgLNOSVdW3zQxuReGsumli+/VV9zAaHRMgVTGvl+tzGe&#10;HSBOw00VvzqripG3aR73VmawQYG8P+0DaPO6j48bezIj6U/DRs0O5XHrzybFdmWWp9FK8/D2nKv/&#10;/gDrPwAAAP//AwBQSwMEFAAGAAgAAAAhAIZ7C6HeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwkAQhu8mvsNmSLzJtoUAqd0So/FijImVg8ehHdpCd7Z2F6g+vWM46PGf+fLPN9l6tJ060eBb&#10;xwbiaQSKuHRVy7WBzfvT7QqUD8gVdo7JwBd5WOfXVxmmlTvzG52KUCspYZ+igSaEPtXalw1Z9FPX&#10;E8tu5waLQeJQ62rAs5TbTidRtNAWW5YLDfb00FB5KI7WQPG8+F59vG5ifsRPG+zOL/eHF2NuJuP9&#10;HahAY/iD4Vdf1CEXp607cuVVJzmezQU1kERLUALMZ0kCansZ6DzT/z/IfwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAefKD/swEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQCGewuh3gAAAAkBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="#414142" strokeweight=".24769mm">
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...5 lines deleted...]
-        </w:pict>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6947A1A4" wp14:editId="38ECA064">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2931795</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>131445</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1890395" cy="0"/>
+                <wp:effectExtent l="7620" t="12065" r="6985" b="6985"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1512683801" name="Line 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1890395" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="8917">
+                          <a:solidFill>
+                            <a:srgbClr val="414142"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="095A2FC9" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="230.85pt,10.35pt" to="379.7pt,10.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpQayLtAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815LcR2zBcg5O00ua&#10;GEjyAWuSkohSXIJLW/Lfl2RsJ2hvQSGA4HJ3hzPD1epmGgw7KE8abcOrWcmZsgKltl3DX57vPi84&#10;owBWgkGrGn5UxG/Wn65Wo6vVHHs0UnkWQSzVo2t4H4Kri4JErwagGTplY7JFP0CIoe8K6WGM6IMp&#10;5mX5vRjRS+dRKKJ4evua5OuM37ZKhMe2JRWYaXjkFvLq87pLa7FeQd15cL0WJxrwARYDaBsvvUDd&#10;QgC29/ofqEELj4RtmAkcCmxbLVTWENVU5V9qnnpwKmuJ5pC72ET/D1Y8HDZ26xN1Mdknd4/iNzGL&#10;mx5spzKB56OLD1clq4rRUX1pSQG5rWe78RfKWAP7gNmFqfVDgoz62JTNPl7MVlNgIh5Wi2X5ZfmN&#10;M3HOFVCfG52n8FPhwNKm4Ubb5APUcLinkIhAfS5JxxbvtDH5LY1lY8MXy+o6NxAaLVMylZHvdhvj&#10;2QHiNHyt4jfPqmLmfZnHvZUZrFcgf5z2AbR53cfLjT2ZkfSnYaN6h/K49WeT4nNllqfRSvPwPs7d&#10;bz/A+g8AAAD//wMAUEsDBBQABgAIAAAAIQB4xieW3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI+xTsNADIZ3JN7hZCQ2eklVkhJyqRCIBSGkhg6MbuImoTlfyF3bwNNjxACTZfvT78/5arK9OtLo&#10;O8cG4lkEirhydceNgc3r49USlA/INfaOycAneVgV52c5ZrU78ZqOZWiUhLDP0EAbwpBp7auWLPqZ&#10;G4hlt3OjxSDt2Oh6xJOE217PoyjRFjuWCy0OdN9StS8P1kD5lHwt3142MT/ghw1259P3/bMxlxfT&#10;3S2oQFP4g+FHX9ShEKetO3DtVW9gkcSpoAbmkVQB0uubBajt70AXuf7/QfENAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAaUGsi7QBAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAeMYnlt4AAAAJAQAADwAAAAAAAAAAAAAAAAAOBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" strokecolor="#414142" strokeweight=".24769mm">
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="686D0F7A" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C10F188" wp14:editId="3D701503">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4999990</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>131445</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1828165" cy="0"/>
+                <wp:effectExtent l="8890" t="12065" r="10795" b="6985"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1901283322" name="Line 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1828165" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="8917">
+                          <a:solidFill>
+                            <a:srgbClr val="414142"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="12C6C6F9" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="393.7pt,10.35pt" to="537.65pt,10.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhcIO1swEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DrcuMOD2k6y7d&#10;FqDdBzCSbAuTRYFU4uTvJ6lJVmy3ojAgiCL59N4Tvbo9jk4cDLFF38p6NpfCeIXa+r6Vv57uPyyl&#10;4Aheg0NvWnkyLG/X79+tptCYBQ7otCGRQDw3U2jlEGNoqorVYEbgGQbjU7JDGiGmkPpKE0wJfXTV&#10;Yj6/qSYkHQiVYU6nd89JuS74XWdU/Nl1bKJwrUzcYlmprLu8VusVND1BGKw604BXsBjB+nTpFeoO&#10;Iog92f+gRqsIGbs4UzhW2HVWmaIhqann/6h5HCCYoiWZw+FqE78drPpx2PgtZerq6B/DA6rfLDxu&#10;BvC9KQSeTiE9XJ2tqqbAzbUlBxy2JHbTd9SpBvYRiwvHjsYMmfSJYzH7dDXbHKNQ6bBeLpb1zScp&#10;1CVXQXNpDMTxm8FR5E0rnfXZB2jg8MAxE4HmUpKPPd5b58pbOi+mVi6/1J9LA6OzOidzGVO/2zgS&#10;B0jT8LFO36KoSpmXZYR7rwvYYEB/Pe8jWPe8T5c7fzYj68/Dxs0O9WlLF5PScxWW59HK8/AyLt1/&#10;f4D1HwAAAP//AwBQSwMEFAAGAAgAAAAhAHNUXEXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAMhu9IvENkJG4s2YC16ppOCMQFIaSVHXb0Gq8ta5zSZFvh6cnEAY62P/3+/nw52k4cafCt&#10;Yw3TiQJBXDnTcq1h/f58k4LwAdlg55g0fJGHZXF5kWNm3IlXdCxDLWII+ww1NCH0mZS+asiin7ie&#10;ON52brAY4jjU0gx4iuG2kzOl5tJiy/FDgz09NlTty4PVUL7Mv9PN23rKT/hpg9355GP/qvX11fiw&#10;ABFoDH8wnPWjOhTRaesObLzoNCRpchdRDTOVgDgDKrm/BbH93cgil/8rFD8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAIXCDtbMBAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAc1RcRd8AAAAKAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" strokecolor="#414142" strokeweight=".24769mm">
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686D0F7A" w14:textId="2D918917" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4692"/>
           <w:tab w:val="left" w:pos="7345"/>
         </w:tabs>
         <w:spacing w:before="147"/>
         <w:ind w:left="1462"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(vieta)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(datums*)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>(pretendenta</w:t>
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0A79">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atentpilnvarnieka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:spacing w:val="3"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>paraksts*)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AF7B0BC" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B43E7F9" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
+    <w:p w14:paraId="4B43E7F9" w14:textId="31A943CD" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00F06E88">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="113" w:right="837" w:firstLine="280"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06E88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Piezīme. * Dokumenta rekvizītus "datums" un "pretendenta paraksts" neaizpilda, ja dokuments ir sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
+        <w:t>Piezīme. * Dokumenta rekvizītus "datums" un "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0A79">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atentpilnvarnieka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F06E88">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paraksts" neaizpilda, ja dokuments ir sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072726D5" w14:textId="77777777" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04097806" w14:textId="2F365EBB" w:rsidR="00A64106" w:rsidRPr="00F06E88" w:rsidRDefault="00A64106">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:right="107"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A64106" w:rsidRPr="00F06E88">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16850"/>
       <w:pgMar w:top="300" w:right="1040" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4CCEE19C" w14:textId="77777777" w:rsidR="0080768C" w:rsidRDefault="0080768C" w:rsidP="00D80AB4">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="43C1539F" w14:textId="77777777" w:rsidR="0080768C" w:rsidRDefault="0080768C" w:rsidP="00D80AB4">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
-    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="25F2E01A" w14:textId="77777777" w:rsidR="0080768C" w:rsidRDefault="0080768C" w:rsidP="00D80AB4">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="25E9D898" w14:textId="77777777" w:rsidR="0080768C" w:rsidRDefault="0080768C" w:rsidP="00D80AB4">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="98"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A64106"/>
+    <w:rsid w:val="0001365D"/>
+    <w:rsid w:val="000379A9"/>
+    <w:rsid w:val="0005259A"/>
+    <w:rsid w:val="001179D8"/>
+    <w:rsid w:val="00181B4D"/>
+    <w:rsid w:val="00287A6F"/>
+    <w:rsid w:val="002A3D91"/>
     <w:rsid w:val="002D2EF9"/>
+    <w:rsid w:val="00421F24"/>
     <w:rsid w:val="005178D5"/>
+    <w:rsid w:val="00540A03"/>
     <w:rsid w:val="0056666F"/>
+    <w:rsid w:val="007329FF"/>
+    <w:rsid w:val="0080768C"/>
+    <w:rsid w:val="008A69B8"/>
     <w:rsid w:val="008B5274"/>
+    <w:rsid w:val="008B5CC6"/>
     <w:rsid w:val="00917E34"/>
+    <w:rsid w:val="009854F2"/>
+    <w:rsid w:val="00997002"/>
     <w:rsid w:val="00A64106"/>
     <w:rsid w:val="00A73785"/>
     <w:rsid w:val="00B57B1D"/>
+    <w:rsid w:val="00B778B1"/>
+    <w:rsid w:val="00BC0A79"/>
+    <w:rsid w:val="00C567CA"/>
+    <w:rsid w:val="00D30D0A"/>
+    <w:rsid w:val="00D80AB4"/>
     <w:rsid w:val="00E950C3"/>
     <w:rsid w:val="00F06E88"/>
+    <w:rsid w:val="00F46738"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1042"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2523E593"/>
-  <w15:docId w15:val="{E4EC4C28-853D-4E66-8C0E-9D99D236450B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1991,59 +2703,109 @@
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B57B1D"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Galvene">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D80AB4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D80AB4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kjene">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D80AB4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D80AB4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2285,63 +3047,362 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100A06403C9EF9F9A41BAB599FE2091A2E8" ma:contentTypeVersion="18" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e80483f1744bfffb4582886febaab434">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dedbf918-5459-4e67-a311-416d3d367d93" xmlns:ns3="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="74717120a759412fd64bd2e1ba4a7b04" ns2:_="" ns3:_="">
+    <xsd:import namespace="dedbf918-5459-4e67-a311-416d3d367d93"/>
+    <xsd:import namespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dedbf918-5459-4e67-a311-416d3d367d93" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f2b9b02f-9abf-4f74-b798-1ff310cbf216" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c0ee614a-4876-4e49-b0e0-572ea6053610}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f52a3cfe-5bd0-4921-94ab-c4df0b74d531">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f52a3cfe-5bd0-4921-94ab-c4df0b74d531" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="dedbf918-5459-4e67-a311-416d3d367d93">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{706FB5AE-95A7-4F55-B7EA-DCB953DF7285}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90E0C85C-3116-4F03-B10E-FD2FD90FB74A}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32504B52-2CDB-4508-ADC2-D844F6D82761}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>612</Words>
-  <Characters>350</Characters>
+  <Words>747</Words>
+  <Characters>426</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Latvijas Republikas Patentu valde</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>961</CharactersWithSpaces>
+  <CharactersWithSpaces>1171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Elīna Velpe</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="LastSaved">
-    <vt:filetime>2019-02-04T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100A06403C9EF9F9A41BAB599FE2091A2E8</vt:lpwstr>
   </property>
 </Properties>
 </file>