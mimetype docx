--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,150 +1,174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6487" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2518"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="283"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00547A00" w14:paraId="437BC171" w14:textId="77777777">
+      <w:tr w:rsidR="00547A00" w14:paraId="35C59202" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="3402" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4C285CC5" w14:textId="5AD0579F" w:rsidR="00547A00" w:rsidRDefault="00547A00" w:rsidP="00547A00">
+          <w:p w14:paraId="0F6F2405" w14:textId="77777777" w:rsidR="00547A00" w:rsidRDefault="00547A00" w:rsidP="00547A00">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PATENTU VALDEI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547A00" w14:paraId="37360613" w14:textId="77777777">
+      <w:tr w:rsidR="00547A00" w14:paraId="25AEA910" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="3402" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="213BE603" w14:textId="77777777" w:rsidR="00D5328A" w:rsidRDefault="00547A00" w:rsidP="00547A00">
+          <w:p w14:paraId="777F276C" w14:textId="546C89F8" w:rsidR="00D5328A" w:rsidRDefault="00EB5B0F" w:rsidP="00547A00">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B11B83">
-[...8 lines deleted...]
-          <w:p w14:paraId="19F1490C" w14:textId="11F3B864" w:rsidR="00547A00" w:rsidRDefault="00547A00" w:rsidP="00547A00">
+            <w:r w:rsidRPr="00EB5B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Citadeles iela 6A</w:t>
+            </w:r>
+            <w:r w:rsidR="00547A00" w:rsidRPr="00B11B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>, Rīga, LV-10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00547A00" w:rsidRPr="00B11B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64184C20" w14:textId="77777777" w:rsidR="00547A00" w:rsidRDefault="00547A00" w:rsidP="00547A00">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Latvija</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="788E46D5" w14:textId="77777777" w:rsidR="00547A00" w:rsidRDefault="00547A00" w:rsidP="00D416D4">
+          <w:p w14:paraId="132D4510" w14:textId="77777777" w:rsidR="00547A00" w:rsidRDefault="00547A00" w:rsidP="00D416D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">E-pasts: </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="00E930DD">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:noProof/>
@@ -158,252 +182,252 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Tālr.:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>+371 67099600</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DB8D7A6" w14:textId="77B3F063" w:rsidR="00D416D4" w:rsidRPr="00D416D4" w:rsidRDefault="00D416D4" w:rsidP="00D416D4">
+          <w:p w14:paraId="4ABF3DB2" w14:textId="77777777" w:rsidR="00D416D4" w:rsidRPr="00D416D4" w:rsidRDefault="00D416D4" w:rsidP="00D416D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="4BE6E1BB" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="23637FAF" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="3402" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E93C9AA" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="389884A8" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76AC5286" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="4E260390" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="73BAFE08" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="414AB17A" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="736E90EE" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="3B262448" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:ind w:left="2410"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br w:type="column"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>IESNIEGUMS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>PAR PREČU ZĪMES</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>REĢISTRĀCIJAS ATJAUNOŠANU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="77E97B81" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="0BA94A9B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6487" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="67B0779C" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="69876E8F" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="2410"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>REQUEST FOR RENEWAL OF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>TRADEMARK REGISTRATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="1B617C35" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="18053204" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5333E9EA" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="789FC9F0" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:ind w:left="2410"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEICĒJA ŠIFRS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09A19F23" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="2512EDC8" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="0" w:name="txtRef"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1862AF20" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="6238D337" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtRef"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Please use references"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -487,167 +511,167 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> IF Check1  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE514F3" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="390BE2B6" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05E6AD23" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+    <w:p w14:paraId="1A5C8B63" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D8CCDCF" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+    <w:p w14:paraId="6B5C16D3" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="001D192E">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:num="2" w:space="1134" w:equalWidth="0">
             <w:col w:w="3119" w:space="283"/>
             <w:col w:w="6237"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="976"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="183"/>
         <w:gridCol w:w="1359"/>
         <w:gridCol w:w="159"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="1483"/>
         <w:gridCol w:w="76"/>
         <w:gridCol w:w="1074"/>
         <w:gridCol w:w="1052"/>
         <w:gridCol w:w="1117"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001D192E" w14:paraId="7D92BD97" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="497105C1" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DC083F3" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="46E48FE4" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:pStyle w:val="Virsraksts2"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>LŪDZU ATJAUNOT PREČU ZĪMES REĢISTRĀCIJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="2F25FB20" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="53163D69" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="671"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01805287" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="0FF6947C" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(111)</w:instrText>
@@ -655,51 +679,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>REĢISTRĀCIJAS NUMURS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32EAC482" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="01AB0496" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="M"/>
                     <w:maxLength w:val="1"/>
                     <w:format w:val="Lielie burti"/>
                   </w:textInput>
                 </w:ffData>
@@ -891,51 +915,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7381834B" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="18DB9010" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="560"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(220)</w:instrText>
@@ -952,51 +976,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PIETEIKUMA DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A96D84F" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="3A3277AD" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1062,51 +1086,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3319" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17F51AE7" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="3D260BBA" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="535"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText>EQ \X(210)</w:instrText>
@@ -1131,51 +1155,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIETEIKUMA NUMURS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(NAV OBLIGĀTS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3115DF58" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="779CBD47" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="M"/>
                     <w:maxLength w:val="1"/>
                     <w:format w:val="Lielie burti"/>
                   </w:textInput>
                 </w:ffData>
@@ -1365,67 +1389,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="7A6A26B8" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="7168FBE8" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F1FD164" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="173EBF49" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -1503,108 +1527,108 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:sym w:font="Arial" w:char="2013"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62B0D034" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="5D3D1AB3" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="343043CB" w14:textId="77777777" w:rsidR="00115F7E" w:rsidRDefault="00252461" w:rsidP="00DD1580">
+          <w:p w14:paraId="0C36344D" w14:textId="77777777" w:rsidR="00115F7E" w:rsidRDefault="00252461" w:rsidP="00DD1580">
             <w:pPr>
               <w:spacing w:before="100"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C587B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ADRESE, VALSTS</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25F27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> (KODS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AA5819D" w14:textId="77777777" w:rsidR="001D192E" w:rsidRPr="00293F2A" w:rsidRDefault="00293F2A" w:rsidP="00F74894">
+          <w:p w14:paraId="16811756" w14:textId="77777777" w:rsidR="001D192E" w:rsidRPr="00293F2A" w:rsidRDefault="00293F2A" w:rsidP="00F74894">
             <w:pPr>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00293F2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t xml:space="preserve">(JURIDISKĀS PERSONAS NORĀDA SAVU JURIDISKO ADRESI, </w:t>
             </w:r>
             <w:r w:rsidR="00F74894">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
@@ -1619,255 +1643,232 @@
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t xml:space="preserve">LATVIJAS FIZISKĀS PERSONAS – DEKLARĒTĀS DZĪVESVIETAS ADRESI, </w:t>
             </w:r>
             <w:r w:rsidR="00F74894">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00293F2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t>ĀRVALSTU FIZISKĀS PERSONAS – PASTĀVĪGĀS DZĪVESVIETAS ADRESI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="6A186771" w14:textId="77777777" w:rsidTr="00293F2A">
+      <w:tr w:rsidR="001D192E" w14:paraId="2541EBE2" w14:textId="77777777" w:rsidTr="00293F2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="593"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="555C5402" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="6394DFED" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="520FB19C" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="615F6F9F" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F1D8231" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="254A0F83" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="2C39EA73" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="4F442CEE" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1162"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45454B7E" w14:textId="7A54715C" w:rsidR="001D192E" w:rsidRDefault="00D416D4">
+          <w:p w14:paraId="6D030807" w14:textId="7CCCB1A3" w:rsidR="001D192E" w:rsidRDefault="003501CD">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01B7D3C1" wp14:editId="2A4A2AB0">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FEC41A9" wp14:editId="69B917A3">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-267970</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>734060</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="342900" cy="2886075"/>
-                      <wp:effectExtent l="3175" t="2540" r="0" b="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="751896167" name="Text Box 10"/>
+                      <wp:docPr id="1554773218" name="Tekstlodziņš 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="342900" cy="2886075"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
-                              <a:extLst>
-[...17 lines deleted...]
-                              </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="00701C2D" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+                                <w:p w14:paraId="524F11F6" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="12"/>
                                     </w:rPr>
                                     <w:t>JA SARAKSTI NEIETILPST ATVĒLĒTAJĀ VIETĀ, TIE JĀPIEVIENO PIELIKUMĀ</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="01B7D3C1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:shapetype w14:anchorId="4FEC41A9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-21.1pt;margin-top:57.8pt;width:27pt;height:227.25pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyyFdV4QEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8tEmNOEXXosOA&#10;rhvQ9QNkWYqF2aJGKbHz96PkNM22W7ELIYry43vk8/p67Du2V+gN2IrPZzlnykpojN1W/PnH/YcV&#10;Zz4I24gOrKr4QXl+vXn/bj24UhXQQtcoZARifTm4irchuDLLvGxVL/wMnLJU1IC9CJTiNmtQDITe&#10;d1mR55fZANg4BKm8p9u7qcg3CV9rJcM3rb0KrKs4cQspYop1jNlmLcotCtcaeaQh3sCiF8ZS0xPU&#10;nQiC7dD8A9UbieBBh5mEPgOtjVRJA6mZ53+peWqFU0kLDce705j8/4OVj/sn9x1ZGD/BSAtMIrx7&#10;APnTMwu3rbBbdYMIQ6tEQ43ncWTZ4Hx5/DSO2pc+gtTDV2hoyWIXIAGNGvs4FdLJCJ0WcDgNXY2B&#10;Sbr8uCiucqpIKhWr1WW+vEgtRPnytUMfPivoWTxUHGmpCV3sH3yIbET58iQ2s3Bvui4ttrN/XNDD&#10;eJPYR8IT9TDWI72OKmpoDqQDYfIJ+ZoOMRZLYjiQTSruf+0EKs66L5bGcTVfLKKvUrK4WBaU4Hml&#10;Pq8IK1sg9wXOpuNtmLy4c2i2LTWbFmDhhkaoTVL3SuxInayQRB9tG712nqdXrz/X5jcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQAkWP3m4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcWjuBlirEqRCISlxQG+iBmxMvSYS9DrHbpH+PeyrH1TzNvsnXkzXsiIPvHElI5gIYUu10R42E&#10;z4/X2QqYD4q0Mo5Qwgk9rIvrq1xl2o20w2MZGhZLyGdKQhtCn3Hu6xat8nPXI8Xs2w1WhXgODdeD&#10;GmO5NTwVYsmt6ih+aFWPzy3WP+XBSthX7yez6+++RDe+bafN77Z82TRS3t5MT4/AAk7hAsNZP6pD&#10;EZ0qdyDtmZEwu0/TiMYgWSyBnYkkbqkkLB5EArzI+f8JxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAsshXVeEBAACkAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAJFj95uEAAAAKAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape id="Tekstlodziņš 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-21.1pt;margin-top:57.8pt;width:27pt;height:227.25pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyyFdV4QEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8tEmNOEXXosOA&#10;rhvQ9QNkWYqF2aJGKbHz96PkNM22W7ELIYry43vk8/p67Du2V+gN2IrPZzlnykpojN1W/PnH/YcV&#10;Zz4I24gOrKr4QXl+vXn/bj24UhXQQtcoZARifTm4irchuDLLvGxVL/wMnLJU1IC9CJTiNmtQDITe&#10;d1mR55fZANg4BKm8p9u7qcg3CV9rJcM3rb0KrKs4cQspYop1jNlmLcotCtcaeaQh3sCiF8ZS0xPU&#10;nQiC7dD8A9UbieBBh5mEPgOtjVRJA6mZ53+peWqFU0kLDce705j8/4OVj/sn9x1ZGD/BSAtMIrx7&#10;APnTMwu3rbBbdYMIQ6tEQ43ncWTZ4Hx5/DSO2pc+gtTDV2hoyWIXIAGNGvs4FdLJCJ0WcDgNXY2B&#10;Sbr8uCiucqpIKhWr1WW+vEgtRPnytUMfPivoWTxUHGmpCV3sH3yIbET58iQ2s3Bvui4ttrN/XNDD&#10;eJPYR8IT9TDWI72OKmpoDqQDYfIJ+ZoOMRZLYjiQTSruf+0EKs66L5bGcTVfLKKvUrK4WBaU4Hml&#10;Pq8IK1sg9wXOpuNtmLy4c2i2LTWbFmDhhkaoTVL3SuxInayQRB9tG712nqdXrz/X5jcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQAkWP3m4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcWjuBlirEqRCISlxQG+iBmxMvSYS9DrHbpH+PeyrH1TzNvsnXkzXsiIPvHElI5gIYUu10R42E&#10;z4/X2QqYD4q0Mo5Qwgk9rIvrq1xl2o20w2MZGhZLyGdKQhtCn3Hu6xat8nPXI8Xs2w1WhXgODdeD&#10;GmO5NTwVYsmt6ih+aFWPzy3WP+XBSthX7yez6+++RDe+bafN77Z82TRS3t5MT4/AAk7hAsNZP6pD&#10;EZ0qdyDtmZEwu0/TiMYgWSyBnYkkbqkkLB5EArzI+f8JxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAsshXVeEBAACkAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAJFj95uEAAAAKAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                         <w:txbxContent>
-                          <w:p w14:paraId="00701C2D" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+                          <w:p w14:paraId="524F11F6" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>JA SARAKSTI NEIETILPST ATVĒLĒTAJĀ VIETĀ, TIE JĀPIEVIENO PIELIKUMĀ</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1943,51 +1944,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E6DFAC4" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="2857E6F6" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -2042,115 +2043,115 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="0F54C29D" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="12AD7BF1" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44E40EED" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="057C7DD5" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C1D6912" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="13F3FFEA" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="2444F4F7" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="038E5AAC" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7720" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41BACA3E" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="24788E6A" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(511)</w:instrText>
@@ -2208,73 +2209,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(ATZĪMĒT TIKAI VIENU NO VARIANTIEM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35ED71C2" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="3FFC4562" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7131F305" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="4BFEA860" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(511)</w:instrText>
             </w:r>
             <w:r>
@@ -2282,271 +2283,271 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>KLASES Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="26CFED42" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="75968837" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7720" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04765BCF" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="07392C43" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1052" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BACD0E4" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="3763CD86" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FD6999D" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="0AD05697" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="60F5B95B" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="62B75D5C" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2755"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8772" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11CDD2EC" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="2AF48A03" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="80" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="584" w:hanging="584"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D5328A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00D5328A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ATJAUNOŠANA NEPIECIEŠAMA VISĀM PRECĒ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>M/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PAKALPOJUMIEM, KAS IETVERTI REĢISTRĀCIJĀ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20216853" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="025F5B74" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:ind w:left="584" w:hanging="584"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D5328A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00D5328A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2663,103 +2664,103 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CAC01A8" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="1F4413C3" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:ind w:left="584" w:hanging="584"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DC86B24" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="11B6D02D" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:ind w:left="584" w:hanging="584"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D5328A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00D5328A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2798,66 +2799,66 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(SAGRUPĒTI PA NICAS KLASIFIKĀCIJAS KLASĒM)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
             </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2888,82 +2889,82 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="2" w:name="Text9"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CC30723" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="2D5CF889" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2995,113 +2996,113 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="35165C29" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="4AF65F34" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8772" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DD4CAC6" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="2F85781A" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7773EB4A" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="2E5D4394" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="6CD6CB30" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="516EA331" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35DA687D" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="68AF30F2" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(740)</w:instrText>
@@ -3127,174 +3128,174 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">PĀRSTĀVIS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(VĀRDS, UZVĀRDS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16E743DA" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="23F592B3" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4122BDC3" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461" w:rsidP="007C587B">
+          <w:p w14:paraId="1F09AE40" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461" w:rsidP="007C587B">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="483B1906" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="5E993A49" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="073DD91E" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="1C7775C1" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6ABEFDEE" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="2DED369F" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C208FD8" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="00552C82" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:spacing w:before="90"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="3A8B5AAB" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="2B0CC276" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="890"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E3BE6EE" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="375DF22A" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3356,51 +3357,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B16F393" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="2A200FD9" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:pStyle w:val="Virsraksts4"/>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -3434,116 +3435,116 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="2EB7A270" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="6808332D" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="320"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3102" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F222D2A" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="238CFF69" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ĢENERĀLPILNVARAS REĢISTRĀCIJAS Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="3" w:name="Text12"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D2B4BF9" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="732F311D" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3582,79 +3583,79 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="710E4D45" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="747C1ACC" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3243" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CB74AA6" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="581CE84A" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3710,114 +3711,114 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="3549815B" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="4312B035" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55DF7E40" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="1DA02C74" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79FB35BD" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="24D60F38" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="78D424FB" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="3715EF46" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FF456E6" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="3EFECB6D" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="584"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> EQ \X(750)</w:instrText>
@@ -3859,174 +3860,174 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(ADRESĀTA VĀRDS, UZVĀRDS VAI NOSAUKUMS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BB6A366" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="4FCEFD32" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68A764D5" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="52D456E2" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ADRESE, PASTA INDEKSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="1D8FCC1D" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="6FEB2F9C" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D9B96B5" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="5F891BBB" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54F1A2C0" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="29F9C3D4" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54FD8979" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="6DDA6F42" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:spacing w:before="90"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="22C2AE34" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="7B3F4EAB" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="794"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30963041" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="2C8E5E99" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4088,51 +4089,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CC5FE8A" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="6CCFCED9" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:pStyle w:val="Virsraksts4"/>
               <w:spacing w:before="20"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -4166,91 +4167,91 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="69D6B031" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="0DA0B7CB" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="320"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21A1D1F7" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="46B9EF6E" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>E-PASTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5800B8BC" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="66232BCC" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4311,81 +4312,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EBBF37E" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="6E540CF8" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>TĀLRUNIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3243" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B78F187" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="29827A76" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4441,183 +4442,183 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="398F75D5" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="10FDA585" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C323438" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461" w:rsidP="002A305B">
+          <w:p w14:paraId="69B79FB0" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461" w:rsidP="002A305B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="312" w:hanging="312"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D5328A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D5328A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>TURPMĀKO INFORMĀCIJU UN DOKUMENTUS VĒLOS SAŅEMT ELEKTRONISKI UZ NORĀDĪTO E-PASTA ADRESI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D0A422D" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="447624F0" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>FAKSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3243" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D999FAC" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="0373EAA6" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4673,219 +4674,219 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="482A3A16" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="50973329" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FA83908" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="6DC3902B" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03A0BAC8" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="027EABF3" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="292348AE" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="43E3DC77" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1176"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17033703" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="53929A57" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PIELIKUMĀ:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71621978" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00293F2A">
+          <w:p w14:paraId="3A37E268" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00293F2A">
             <w:pPr>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
+            <w:bookmarkStart w:id="4" w:name="chk3"/>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="chk3"/>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D5328A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00D5328A">
+            <w:r w:rsidR="00252461">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PILNVARA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B781750" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00293F2A">
+          <w:p w14:paraId="0CF591B7" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00293F2A">
             <w:pPr>
               <w:spacing w:before="80" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
@@ -4893,58 +4894,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="chk9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D5328A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00D5328A">
+            <w:r w:rsidR="00252461">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CITI DOKUMENTI </w:t>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
@@ -5038,66 +5039,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00252461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="02DDEAC2" w14:textId="77777777">
+      <w:tr w:rsidR="001D192E" w14:paraId="36637E5C" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3102" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49A81546" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="178DA9E8" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>ĪPAŠNIEK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>A/</w:t>
             </w:r>
@@ -5107,131 +5108,131 @@
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PĀRSTĀVJA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
               <w:t>PARAKSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6787" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50450501" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="30BBF99B" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:br/>
               <w:t>VĀRDS, UZVĀRDS, AMATS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="7275DDC2" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="20A97C25" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="367"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3102" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1683BD77" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+          <w:p w14:paraId="21F35B1A" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="5" w:name="txtAttorneySignature"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6787" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57083F6B" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="0FFAB975" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtAttorneySignature"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="txtAttorneySignature"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5263,106 +5264,106 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D192E" w14:paraId="34A5B91D" w14:textId="77777777" w:rsidTr="00115F7E">
+      <w:tr w:rsidR="001D192E" w14:paraId="280C36B7" w14:textId="77777777" w:rsidTr="00115F7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="416"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3102" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC95F47" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="210C6B97" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">AIZPILDĪŠANAS DATUMS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(DD.MM.GGGG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="6" w:name="txtApplDate"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6787" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E58EDBF" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
+          <w:p w14:paraId="748832A7" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="00252461">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="txtApplDate"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -5420,381 +5421,392 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54BB69C5" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+    <w:p w14:paraId="779BE2AB" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34D59B69" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
+    <w:p w14:paraId="3253B24F" w14:textId="77777777" w:rsidR="001D192E" w:rsidRDefault="001D192E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001D192E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24FFF2C1" w14:textId="77777777" w:rsidR="00156562" w:rsidRDefault="00156562">
+    <w:p w14:paraId="0CA19148" w14:textId="77777777" w:rsidR="001B1702" w:rsidRDefault="001B1702">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B524B4C" w14:textId="77777777" w:rsidR="00156562" w:rsidRDefault="00156562">
+    <w:p w14:paraId="4F18320F" w14:textId="77777777" w:rsidR="001B1702" w:rsidRDefault="001B1702">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24063FE3" w14:textId="77777777" w:rsidR="00156562" w:rsidRDefault="00156562">
+    <w:p w14:paraId="619795A5" w14:textId="77777777" w:rsidR="001B1702" w:rsidRDefault="001B1702">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="510841E3" w14:textId="77777777" w:rsidR="00156562" w:rsidRDefault="00156562">
+    <w:p w14:paraId="3F888FC0" w14:textId="77777777" w:rsidR="001B1702" w:rsidRDefault="001B1702">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29986EEF"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64282A32"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E4869630"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FEC049A"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="751F6C4C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="BB460734"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F0779BC"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="0F3E095A"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="904143205">
+  <w:num w:numId="1" w16cid:durableId="173617028">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="457066445">
+  <w:num w:numId="2" w16cid:durableId="490099429">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="24643936">
+  <w:num w:numId="3" w16cid:durableId="1716267939">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="369962041">
+  <w:num w:numId="4" w16cid:durableId="1479107550">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1852527099">
+  <w:num w:numId="5" w16cid:durableId="178011348">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ELBbAP6LagzOoHHIfuawL1Cm3r+NufI2tPytBqjKDQlukmF7/RmWrBz3m2hpcXecs9TnMhJP03Y4fdTc38eSnA==" w:salt="TMJtZykGYH3UjdArMpgvpw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jyybUh4TIUFKdtOdPzH5VqixE2qHw17GxniBWihB/roED2PqP2SyIPwO/jIKfES/9nRV8GbEGIR6+wAqjPo0gQ==" w:salt="KS9/ItBj3oMdulQPyxWYzw=="/>
   <w:defaultTabStop w:val="340"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...3 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D192E"/>
     <w:rsid w:val="00016367"/>
     <w:rsid w:val="00070075"/>
     <w:rsid w:val="000830C1"/>
     <w:rsid w:val="00115F7E"/>
     <w:rsid w:val="0015093F"/>
     <w:rsid w:val="00156562"/>
+    <w:rsid w:val="00193D74"/>
+    <w:rsid w:val="001B1702"/>
     <w:rsid w:val="001D192E"/>
     <w:rsid w:val="00252461"/>
     <w:rsid w:val="00293F2A"/>
     <w:rsid w:val="002A305B"/>
+    <w:rsid w:val="003501CD"/>
     <w:rsid w:val="0044728F"/>
+    <w:rsid w:val="00504A50"/>
     <w:rsid w:val="005075DF"/>
     <w:rsid w:val="00547A00"/>
     <w:rsid w:val="007C587B"/>
     <w:rsid w:val="007C7E3C"/>
     <w:rsid w:val="008A485A"/>
     <w:rsid w:val="008B5E8E"/>
     <w:rsid w:val="008C709F"/>
+    <w:rsid w:val="008F06A7"/>
     <w:rsid w:val="00926A13"/>
     <w:rsid w:val="00A83CFD"/>
     <w:rsid w:val="00A969A2"/>
     <w:rsid w:val="00AB45EE"/>
+    <w:rsid w:val="00B11B83"/>
     <w:rsid w:val="00B25F27"/>
+    <w:rsid w:val="00BE7061"/>
     <w:rsid w:val="00D416D4"/>
     <w:rsid w:val="00D5328A"/>
     <w:rsid w:val="00DD1580"/>
+    <w:rsid w:val="00E930DD"/>
+    <w:rsid w:val="00EB5B0F"/>
     <w:rsid w:val="00EC4BE2"/>
     <w:rsid w:val="00F74894"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fillcolor="white">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="62DA7F75"/>
+  <w14:docId w14:val="20AA4C8C"/>
+  <w14:defaultImageDpi w14:val="0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6149,212 +6161,302 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80"/>
       <w:ind w:left="340"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
     <w:name w:val="Galvene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00547A00"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
+  <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lrpv.gov.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Iestāde">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -6621,77 +6723,72 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ControlsStorage xmlns="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage">
   <Controls>AAEAAAD/////AQAAAAAAAAAMAgAAAEVDaGVtNFdvcmQuQ29yZSwgVmVyc2lvbj0xLjAuMC4wLCBDdWx0dXJlPW5ldXRyYWwsIFB1YmxpY0tleVRva2VuPW51bGwHAQAAAAABAAAAAAAAAAQgQ2hlbTRXb3JkLkNvcmUuQ29udHJvbFByb3BlcnRpZXMCAAAACw==</Controls>
 </ControlsStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{310A8214-2642-4A43-B066-7BDE002D1184}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com.VSTO2008Demos.ControlsStorage"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1495</Words>
   <Characters>853</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2344</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>